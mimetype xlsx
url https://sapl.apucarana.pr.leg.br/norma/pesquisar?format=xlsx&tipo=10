--- v0 (2025-12-10)
+++ v1 (2026-02-24)
@@ -10,86 +10,737 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6209" uniqueCount="2965">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6587" uniqueCount="3131">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>10257</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>ATO</t>
+  </si>
+  <si>
+    <t>Atos da Presidência</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10257/ato_n_49_2026_licenca-premio_anivaldo.pdf</t>
+  </si>
+  <si>
+    <t>Conceder ao servidor ANIVALDO RODRIGUES DA SILVA FILHO, ocupante do cargo de provimento efetivo de advogado, LICENÇA-PRÊMIO, por ter completado quinquênio de exercício no cargo, considerando os pareceres jurídicos nº 6 e nº 8/2026, na forma do art. 108 da Lei Complementar 01/2011.</t>
+  </si>
+  <si>
+    <t>10256</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10256/ato_n_48_2026_ats_anivaldo.pdf</t>
+  </si>
+  <si>
+    <t>Conceder ao servidor ANIVALDO RODRIGUES DA SILVA FILHO, ocupante do cargo de provimento efetivo de advogado, adicional de tempo de serviço de 5% (cinco por cento) sobre seus vencimentos básicos, a partir de fevereiro do corrente ano.</t>
+  </si>
+  <si>
+    <t>10255</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10255/ato_n_47_2026_progressao_wilson_r_penharbel.pdf</t>
+  </si>
+  <si>
+    <t>Conceder, a partir de fevereiro do corrente ano, ao servidor WILSON ROBERTO PENHARBEL, ocupante do cargo de provimento efetivo de advogado, nível 66 da tabela de vencimentos do grupo ocupacional de nível superior – GS, progressão por antiguidade, correspondente a 1 (um) nível, e, mediante avaliação de desempenho, progressão por mérito, correspondente a 2 (dois) níveis, enquadrando o servidor no nível 69 da tabela GS.</t>
+  </si>
+  <si>
+    <t>10254</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10254/ato_n_46_2026_-_prorrogacao_da_sindicancia.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a prorrogação do prazo da Sindicância Investigativa de Natureza Preliminar instaurada pelo Ato da Presidência nº 23/2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>10253</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10253/ato_n_45_2026_exoneracao_denise.pdf</t>
+  </si>
+  <si>
+    <t>Fica exonerada, a pedido, a servidora DENISE CANESIN MOISES, a partir de 19 de fevereiro de 2026, do cargo de provimento em comissão de Assessor Administrativo (CCCM1), da Estrutura do Grupo de Apoio Parlamentar.</t>
+  </si>
+  <si>
+    <t>10252</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10252/ato_n_44_26_-_nomeacao_tayssa_1_1.pdf</t>
+  </si>
+  <si>
+    <t>Nomear, a partir de 19 de fevereiro de 2026, a Sra. TAYSSA FAGUNDES CANDREVA, para exercer o cargo de provimento em comissão de Secretário de Gabinete de Vereador (CC-CM5) da Estrutura do Grupo de Apoio Parlamentar da Câmara Municipal de Apucarana.</t>
+  </si>
+  <si>
+    <t>10251</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10251/ato_n_43_2026_alteracao_simbolo_fernando.pdf</t>
+  </si>
+  <si>
+    <t>Alterar, mediante solicitação da vereadora Eliana de Lourdes Lima Rocha, em conformidade com o art. 4º da Resolução nº 02/2025, a partir de fevereiro de 2026, para CCG-6, o símbolo do cargo do servidor FERNANDO DE SOUZA BRITO, o qual encontra-se no cargo de provimento em comissão de Assessor de Gabinete Parlamentar – CCG-7, conforme Ato da Presidência nº 39/2025.</t>
+  </si>
+  <si>
+    <t>10250</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10250/ato_n_42-2026_-_exoneracao_caroline.pdf</t>
+  </si>
+  <si>
+    <t>Fica exonerada, a partir de 19 de fevereiro de 2026, a Sra. CAROLINE STEFANI DE PAULA MACHADO, do cargo de provimento em comissão de Secretário de Gabinete de Vereador – CC-CM5, integrante da estrutura do Grupo de Apoio Parlamentar da Câmara Municipal de Apucarana, em cumprimento sequencial à decisão exarada nos Autos nº 0001347-41.2025.8.16.0044, em virtude do exaurimento do prazo previsto no art. 105_x000D_
+da Lei Complementar nº 01/2011.</t>
+  </si>
+  <si>
+    <t>10248</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Nomear, a partir de 12 fevereiro de 2026, o Sr. MAYCON VINICIUS FRANÇA, para exercer o cargo de provimento em comissão de Assessor de Gabinete Parlamentar (CCG6), mediante indicação do Vereador Danylo Fernando Acioli Machado, em conformidade com o art. 3º da Resolução nº 02/2025.</t>
+  </si>
+  <si>
+    <t>10247</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10247/ato_n_40_2026_teletrabalho_comissionados.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a autorização excepcional de regime de teletrabalho para servidores comissionados lotados na sede da Câmara Municipal de Apucarana, durante o período de obras e reorganização estrutural, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>10246</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10246/ato_n_39_2026_nomeacao_maria_clara.pdf</t>
+  </si>
+  <si>
+    <t>Fica nomeada a Sra. MARIA CLARA DA COSTA DA FONSECA, a partir de 5 de fevereiro de 2026, para o preenchimento do cargo de provimento em comissão de Secretário de Gabinete de Vereador (CC-CM5) da Estrutura do Grupo de Apoio Parlamentar da Câmara Municipal de Apucarana.</t>
+  </si>
+  <si>
+    <t>10245</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10245/ato_n_38_2026_nomeacao_silvano.pdf</t>
+  </si>
+  <si>
+    <t>Fica nomeado o Sr. SILVANO FERREIRA DA SILVA, a partir de 5 de fevereiro de 2026, para o preenchimento do cargo de provimento em comissão de Assessor de Gabinete da 1ª Secretaria (CC-CM4), da Estrutura do Grupo de Apoio Parlamentar da Câmara Municipal_x000D_
+de Apucarana.</t>
+  </si>
+  <si>
+    <t>10244</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10244/ato_n_37_2026_nomeacao_fabricio_bernardo.pdf</t>
+  </si>
+  <si>
+    <t>Fica nomeado o Sr. FABRÍCIO BERNARDO DA SILVA, a partir de 5 de fevereiro de 2026, para o preenchimento do cargo de provimento em comissão de Assessor Administrativo (CCCM1), da Estrutura do Grupo de Apoio Legislativo da Câmara Municipal de Apucarana.</t>
+  </si>
+  <si>
+    <t>10243</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10243/ato_n_36_2026_exoneracao_silvano.pdf</t>
+  </si>
+  <si>
+    <t>Fica determinada a exoneração, a partir de 4 de fevereiro de 2026, do Sr. SILVANO FERREIRA DA SILVA, do cargo de provimento em comissão de Assessor de Gabinete Parlamentar (CCG-5).</t>
+  </si>
+  <si>
+    <t>10242</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10242/ato_n_35_2026_exoneracao_fabricio_bernardo.pdf</t>
+  </si>
+  <si>
+    <t>Fica determinada a exoneração, a partir de 4 de fevereiro de 2026, do Sr. FABRÍCIO BERNARDO DA SILVA, do cargo de provimento em comissão de_x000D_
+Assessor de Gabinete da 1ª Secretaria (CC-CM4), da Estrutura do Grupo de Apoio Parlamentar da Câmara Municipal de Apucarana.</t>
+  </si>
+  <si>
+    <t>10241</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10241/ato_n_34_2026_nomeacao_thaila.pdf</t>
+  </si>
+  <si>
+    <t>Nomear, a partir de 4 de fevereiro de 2026, a Sra. THAILA KAUANA MEDEIROS DOS SANTOS, para exercer o cargo de provimento em comissão de Assessor de Gabinete Parlamentar (CCG-11).</t>
+  </si>
+  <si>
+    <t>10240</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10240/ato_n_33_2026_fg_contratos.pdf</t>
+  </si>
+  <si>
+    <t>Nomear, a partir de fevereiro do ano corrente, a servidora JESSICA FERNANDA DUBAS, ocupante do cargo de provimento efetivo de Escriturário Legislativo, como Gestora de Contratos -A1 , com Adicional de 25% (vinte e cinco por cento) sobre o seu vencimento base.</t>
+  </si>
+  <si>
+    <t>10239</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10239/ato_n_32_2026_fg_rh.pdf</t>
+  </si>
+  <si>
+    <t>Fica alterado, a partir de fevereiro do corrente ano, para 60% (sessenta por cento) o percentual da função gratificada de Chefe da Divisão de Recursos Humanos, concedida à servidora Elaine Silva de Miranda, ocupante do cargo de provimento efetivo de Adjunto Legislativo.</t>
+  </si>
+  <si>
+    <t>10238</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10238/ato_n_31_2026_fg_contratos_revogacao.pdf</t>
+  </si>
+  <si>
+    <t>Fica revogado, a partir de 31 de janeiro de 2025, o Ato da Presidência nº 13/2025, que nomeou a servidora ELAINE SILVA DE MIRANDA para exercer a função de Gestora de Contratos - A1, com gratificação de 50% (cinquenta por cento) sobre o seu vencimento base.</t>
+  </si>
+  <si>
+    <t>10237</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10237/ato_n_30_2026_alteracao_simbolo_emily.pdf</t>
+  </si>
+  <si>
+    <t>Alterar, em conformidade com o art. 4º da Resolução nº 02/2025, a partir de fevereiro de 2026, para CCG-9, o símbolo do cargo da servidora EMILY VITORIA CARDOSO, a qual encontra-se no cargo de provimento em comissão de Assessor de Gabinete Parlamentar - CCG-11.</t>
+  </si>
+  <si>
+    <t>10236</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10236/ato_n_29_2026_nomeacao_leandro.pdf</t>
+  </si>
+  <si>
+    <t>Considerando a indicação da vereadora Eliana de Lourdes Lima Rocha para o preenchimento do cargo de provimento em comissão de Assessor Comunitário (CCCM5) da Estrutura do Grupo de Apoio Legislativo da Câmara Municipal de Apucarana, e sua respectiva aceitação pelo Presidente Danylo Fernando Acioli Machado, fica nomeado o Sr. LEANDRO ELIAS DAMIN, a partir de 2 de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>10235</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10235/ato_n_28_2026_exoneracao_leandro.pdf</t>
+  </si>
+  <si>
+    <t>Fica determinada a exoneração, a partir de 1º de fevereiro de 2026, do Sr. LEANDRO ELIAS DAMIN, do cargo de provimento em comissão de Assessor de Gabinete Parlamentar – CCG-7, para o qual foi nomeado pelo Ato da Presidência nº 43/2025.</t>
+  </si>
+  <si>
+    <t>10234</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10234/ato_n_27_2026_nomeacao_any.pdf</t>
+  </si>
+  <si>
+    <t>Nomear, a partir de 2 fevereiro de 2026, a Sra. ANY HELLEN IPÓLITO DE OLIVEIRA, para exercer o cargo de provimento em comissão de Oficial de Gabinete Parlamentar (CCG-4).</t>
+  </si>
+  <si>
+    <t>10233</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10233/ato_n_26_2026_exoneracao_any.pdf</t>
+  </si>
+  <si>
+    <t>Fica determinada a exoneração, a partir de 1º de fevereiro de 2026, da Sra. ANY HELLEN IPÓLITO DE OLIVEIRA, do cargo de provimento em comissão de Assessor de Gabinete Parlamentar – CCG-6, para o qual foi nomeada pelo Ato da Presidência nº 249/2025.</t>
+  </si>
+  <si>
+    <t>10232</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10232/ato_n_25_2026_alteracao_simbolo_arianny.pdf</t>
+  </si>
+  <si>
+    <t>Alterar, mediante solicitação do vereador Pablo Aparecido Rocha Pereira, em conformidade com o art. 4º da Resolução nº 02/2025, a partir de fevereiro de 2026, para CCG-3, o símbolo do cargo da servidora ARIANNY ALVES MARTINS METTA, a qual encontra-se no cargo de provimento em comissão de Oficial de Gabinete Parlamentar – CCG-4.</t>
+  </si>
+  <si>
+    <t>10231</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10231/ato_n_24_2026_-_multas_1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o procedimento administrativo para pagamento excepcional de multas de trânsito relativas a veículos oficiais da Câmara Municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>10230</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10230/ato_n_23_2026_-_sindicancia_1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instauração de sindicância investigativa de natureza preliminar para apuração de falhas no trâmite administrativo e documental no âmbito da Câmara Municipal de Apucarana, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>10229</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10229/ato_n_22_2026_-_nomeacao_maria_gabriela_1.pdf</t>
+  </si>
+  <si>
+    <t>Nomear, a partir de 21 de janeiro de 2026, a Sra. MARIA GABRIELA DOS SANTOS LOPES, para exercer o cargo de provimento em comissão de Assessor de Gabinete Parlamentar - CCG-6.</t>
+  </si>
+  <si>
+    <t>10228</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10228/ato_n_21_2026_procuradoria_da_juventude_4.pdf</t>
+  </si>
+  <si>
+    <t>Determina a utilização de imóvel como anexo ao Poder Legislativo para funcionamento da Procuradoria Especial da Defesa dos Direitos da Juventude;</t>
+  </si>
+  <si>
+    <t>10227</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10227/ato_n_20_2026_-_quinquenio_petronio_2.pdf</t>
+  </si>
+  <si>
+    <t>Conceder, a partir de janeiro do corrente ano, ao servidor PETRONIO CARDOSO, ocupante do cargo de provimento efetivo de Advogado, Adicional de Tempo de Serviço.</t>
+  </si>
+  <si>
+    <t>10226</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10226/ato_n_19_2026_-_exoneracao_-_andrey_3.pdf</t>
+  </si>
+  <si>
+    <t>Fica exonerado, a partir de 5 de janeiro de 2026, o Sr. ANDREY GOUVEA DE OLIVEIRA, do cargo de provimento em comissão de Secretário de Gabinete de Vereador (CC-CM5).</t>
+  </si>
+  <si>
+    <t>10225</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10225/ato_n_18_2026_-_nomeacao_-_vitoria_3.pdf</t>
+  </si>
+  <si>
+    <t>Nomear, a partir de 15 de janeiro de 2026, a Sra. VITORIA RAYSSA LOPES para exercer o cargo de provimento em comissão de Assessor de Gabinete Parlamentar - CCG-12.</t>
+  </si>
+  <si>
+    <t>10224</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10224/ato_n_17_2026_-_nomeacao_paula.docx_1.pdf</t>
+  </si>
+  <si>
+    <t>Nomear, a partir de 13 janeiro de 2026, a Sra. PAULA CRISTINA MANZATO, para exercer o cargo de provimento em comissão de Assessor de Gabinete Parlamentar - CCG-6.</t>
+  </si>
+  <si>
+    <t>10223</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10223/ato_n_16_26_-_nomeacao_ludymille.docx_1.pdf</t>
+  </si>
+  <si>
+    <t>Nomear, a partir de 13 de janeiro de 2026, a Sra. LUDYMILLE THAYANE PAVOLAK, para exercer o cargo de provimento em comissão de Assessor Comunitário (CC-CM5) da Estrutura do Grupo de Apoio Legislativo da Câmara Municipal de Apucarana, nos termos da Lei Complementar nº 03/2012.</t>
+  </si>
+  <si>
+    <t>10222</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10222/ato_n_15_2026_-_nomeacao_-_leticia_2.pdf</t>
+  </si>
+  <si>
+    <t>Nomear, a partir de 8 janeiro de 2026, a Sra. LETÍCIA PATRÍCIA GARCIA, para exercer o cargo de provimento em comissão de Procurador Geral do Legislativo, da Estrutura do Grupo de Apoio e Assessoramento Superior.</t>
+  </si>
+  <si>
+    <t>10221</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10221/ato_n_14_2026_exoneracao_elisangela_2.pdf</t>
+  </si>
+  <si>
+    <t>Fica exonerada, a pedido, a servidora ELISANGELA BARROSO MEDINA, a partir de 6 de janeiro de 2026, do cargo de provimento em comissão de Assessor Comunitário (CC-CM5).</t>
+  </si>
+  <si>
+    <t>10220</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10220/ato_n_13_2026_exoneracao_maria_julia.pdf</t>
+  </si>
+  <si>
+    <t>A pedido da servidora Sra. MARIA JULIA PASCHOAL ROSSATI, e em conformidade com o art. 4º da Resolução nº 02/2025, fica determinada a sua exoneração, a partir de 5 de janeiro de 2026, do cargo de provimento em comissão de Assessor de Gabinete Parlamentar – CCG-6.</t>
+  </si>
+  <si>
+    <t>10219</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10219/ato_n_12_2026_-_nomeacao_-_licya_1.pdf</t>
+  </si>
+  <si>
+    <t>Nomear, a partir de 6 janeiro de 2026, a Sra. LÍCYA BEATRIZ CRISTINA DOS SANTOS DE CAMPOS, para exercer o cargo de provimento em comissão de Assessor de Gabinete Parlamentar - CCG-5.</t>
+  </si>
+  <si>
+    <t>10218</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10218/ato_n_11_2026_exoneracao_licya.pdf</t>
+  </si>
+  <si>
+    <t>Fica determinada a exoneração, a partir de 5 de janeiro de 2026, da Sra. LÍCYA BEATRIZ CRISTINA DOS SANTOS DE CAMPOS, do cargo de provimento em comissão de Oficial de Gabinete Parlamentar – CCG-3.</t>
+  </si>
+  <si>
+    <t>10217</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10217/ato_n_10_2026_-_nomeacao_oscavo.pdf</t>
+  </si>
+  <si>
+    <t>Nomear, a partir de 6 janeiro de 2026, o Sr. OSCAVO DE PAULA E SILVA JUNIOR, para exercer o cargo de provimento em comissão de Assessor de Gabinete Parlamentar (CCG-6).</t>
+  </si>
+  <si>
+    <t>10216</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10216/ato_n_09_2026_exoneracao_oscavo.pdf</t>
+  </si>
+  <si>
+    <t>Fica exonerado, a partir de 5 de janeiro de 2026, o Sr. OSCAVO DE PAULA E SILVA JUNIOR, do cargo de provimento em comissão de Assessor Comunitário (CC-CM5), da Estrutura do Grupo de Apoio Parlamentar.</t>
+  </si>
+  <si>
+    <t>10215</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10215/ato_n_08_2026_-_nomeacao_edineia.pdf</t>
+  </si>
+  <si>
+    <t>Nomear, a partir de 6 janeiro de 2026, a Sra. EDINEIA MARCONDES DE OLIVEIRA LIMA, para exercer o cargo de provimento em comissão de Assessor de Gabinete Parlamentar (CCG-6).</t>
+  </si>
+  <si>
+    <t>10214</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10214/ato_n_07_2026_exoneracao_edineia.pdf</t>
+  </si>
+  <si>
+    <t>Fica exonerada, a partir de 5 de janeiro de 2026, a Sra. EDINEIA MARCONDES DE OLIVEIRA LIMA, do cargo de provimento em comissão de Secretário de Gabinete de Vereador (CC-CM5), da Estrutura do Grupo de Apoio Parlamentar.</t>
+  </si>
+  <si>
+    <t>10213</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10213/ato_n_06_2026_-_nomeacao_-_silvio_1.pdf</t>
+  </si>
+  <si>
+    <t>Nomear, a partir de 6 janeiro de 2026, o Sr. SILVIO VIRMOND, para exercer o cargo de provimento em comissão de Assessor de Gabinete Parlamentar - CCG-5.</t>
+  </si>
+  <si>
+    <t>10212</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10212/ato_n_05_2026_exoneracao_silvio.pdf</t>
+  </si>
+  <si>
+    <t>Fica determinada a exoneração, a partir de 5 de janeiro de 2026, do Sr. SILVIO VIRMOND, do cargo de provimento em comissão de Oficial de Gabinete Parlamentar – CCG-2.</t>
+  </si>
+  <si>
+    <t>10211</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10211/ato_n_04_2026_-_nomeacao_-_juliana_1.pdf</t>
+  </si>
+  <si>
+    <t>Nomear, a partir de 6 janeiro de 2026, a Sra. JULIANA DE FATIMA BENEDITO DELBEN, para exercer o cargo de provimento em comissão de Assessor de Gabinete Parlamentar - CCG-6.</t>
+  </si>
+  <si>
+    <t>10210</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10210/ato_n_03_2026_exoneracao_juliana.pdf</t>
+  </si>
+  <si>
+    <t>Fica determinada a exoneração, a partir de 5 de janeiro de 2026, da Sra. JULIANA DE FATIMA BENEDITO DELBEN, do cargo de provimento em comissão de Oficial de Gabinete Parlamentar – CCG-2.</t>
+  </si>
+  <si>
+    <t>10209</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10209/ato_n_02_2026_-_nomeacao_-_antonio_1.pdf</t>
+  </si>
+  <si>
+    <t>Nomear, a partir de 6 janeiro de 2026, o Sr. ANTONIO BRAZ LUCIANO ALMEIDA, para exercer o cargo de provimento em comissão de Assessor de Gabinete Parlamentar - CCG-6.</t>
+  </si>
+  <si>
+    <t>10208</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Fica determinada a exoneração, a partir de 5 de janeiro de 2026, do Sr. ANTONIO BRAZ LUCIANO ALMEIDA, do cargo de provimento em comissão de Oficial de Gabinete Parlamentar – CCG-2.</t>
+  </si>
+  <si>
+    <t>10207</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10207/ato_n_301_2025_ats_giselia.pdf</t>
+  </si>
+  <si>
+    <t>Conceder à servidora GISELIA PEREIRA DOS SANTOS, nomeada em 11 de dezembro de 2020, no cargo de provimento efetivo de adjunto legislativo, 5% (cinco por cento) de Adicional por Tempo de Serviço, sobre o seu vencimento básico, por ter completado 5 (cinco) anos de efetivo exercício nesta Casa, nos termos do Inciso I, art. 84 da Lei Complementar nº 01/2011.</t>
+  </si>
+  <si>
+    <t>10206</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10206/ato_n_300_2025_regulamento_sistema_de_registro_de_precos_1.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Regulamento do Sistema de Registro de Preços no âmbito da Câmara Municipal de Apucarana, disciplina a gestão das Atas de Registro de Preços e dispõe sobre hipóteses de aditamento e renovação de quantitativos.</t>
+  </si>
+  <si>
+    <t>10205</t>
+  </si>
+  <si>
+    <t>299</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10205/ato_n_299_2025_nomeacao_edineia.pdf</t>
+  </si>
+  <si>
+    <t>Nomear, a partir de 02 de dezembro de 2025, a Sra. EDINEIA MARCONDES DE OLIVEIRA LIMA, para exercer o cargo de provimento em comissão de Secretário de Gabinete de Vereador (CC-CM5), da Estrutura do Grupo de Apoio Parlamentar, nos termos da Lei Complementar nº 03/2012.</t>
+  </si>
+  <si>
+    <t>10204</t>
+  </si>
+  <si>
+    <t>298</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10204/ato_n_298_2025_escola_do_legislativo_1.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a realização da Gincana Educacional da Escola do Legislativo da Câmara Municipal de Apucarana, estabelece diretrizes para sua execução, premiação e procedimentos administrativos, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>10203</t>
+  </si>
+  <si>
+    <t>297</t>
+  </si>
+  <si>
+    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10203/ato_n_297_2025_exoneracao_lorena_1.pdf</t>
+  </si>
+  <si>
+    <t>Fica exonerada, a partir de 1º de dezembro de 2025, a Sra. LORENA LARISSA LOPES, do cargo de provimento em comissão de Secretário de Gabinete de Vereador (CC-CM5), da Estrutura do Grupo de Apoio Parlamentar, para o qual foi nomeada pelo Ato da Presidência nº 241/2025.</t>
+  </si>
+  <si>
     <t>10198</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>296</t>
-  </si>
-[...4 lines deleted...]
-    <t>Atos da Presidência</t>
   </si>
   <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10198/ato_n_296_2025_licenca_premio_fabio_2.pdf</t>
   </si>
   <si>
     <t>Conceder ao servidor FÁBIO YUJI YOSHIDA HAYASHIDA, ocupante do cargo de provimento efetivo de advogado, nível 46 da tabela GS, LICENÇA PRÊMIO, por ter completado quinquênio de exercício no cargo, referente ao período aquisitivo 05/10/2020 – 04/10/2025, na forma do art. 108 da Lei Complementar 01/2011.</t>
   </si>
   <si>
     <t>10197</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10197/ato_n_295_2025_exoneracao_amanda_1.pdf</t>
   </si>
   <si>
     <t>Fica exonerada, a partir de 17 de novembro de 2025, a Sra. AMANDA DE OLIVEIRA, do cargo de provimento em comissão de Assessor Parlamentar (CC-CM4) da Estrutura do Grupo de Apoio Parlamentar da Câmara Municipal de Apucarana, para o qual foi nomeada pelo Ato da Presidência nº 109/2025.</t>
   </si>
   <si>
     <t>10196</t>
   </si>
   <si>
     <t>294</t>
   </si>
@@ -2192,53 +2843,50 @@
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9943/ato_no_120_25_-_horas.pdf</t>
   </si>
   <si>
     <t>Regulamentação do controle de frequência dos servidores ocupantes de cargos em comissão vinculados aos gabinetes dos vereadores.</t>
   </si>
   <si>
     <t>9935</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9935/119_2025_nomeaccao_dorival.pdf</t>
   </si>
   <si>
     <t>Nomear, a partir de 02 de junho de 2025, para exercer cargo de provimento em_x000D_
 comissão, mediante indicação do vereador Miguel Luiz Vilasboas, DORIVAL MIGUEL DA SILVA Oficial de Gab. Parlamentar CCG-4.</t>
   </si>
   <si>
     <t>9934</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>Determinar a exoneração, a partir de 1º de junho de 2025, do Sr. DORIVAL MIGUEL DA SILVA.</t>
   </si>
   <si>
     <t>9933</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9933/117_2025_nomeaccao_drielly.pdf</t>
   </si>
   <si>
     <t>Considerando a indicação da Vereadora Eliana de Lourdes Lima Rocha para preenchimento do cargo de provimento em comissão de Assessor Comunitário (CCCM5), faz-se a nomeação da Senhora DRIELLY FERNANDA RAFAEL LESSA.</t>
   </si>
   <si>
     <t>9928</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9928/116_ato_divulgacao_carta_de_serv_ao_cidadao.pdf</t>
   </si>
   <si>
     <t>Publicar a Carta de Serviços ao Cidadão da Câmara Municipal de Apucarana.</t>
@@ -3021,622 +3669,475 @@
     <t>51</t>
   </si>
   <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9759/ato_51-2025.pdf</t>
   </si>
   <si>
     <t>Nomear, a partir de 13 de fevereiro de 2025, mediante indicação do Vereador Gabriel Caldeira, a Sra. GABRIELA DE PAULA E_x000D_
 SILVA DE ARAUJO.</t>
   </si>
   <si>
     <t>9758</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9758/ato_50-2025.pdf</t>
   </si>
   <si>
     <t>Nomear, a partir de 12 de fevereiro de 2025, SUZIMEIRE FERNANDES.</t>
   </si>
   <si>
     <t>9757</t>
   </si>
   <si>
-    <t>49</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9757/ato_no_49_25_-exoneracaoemanuelly.pdf</t>
   </si>
   <si>
     <t>Em razão de solicitação do vereador Wellington José Antônio Francisco de Oliveira, em conformidade com o art. 4º da Resolução nº 02/2025, determinar a exoneração, a partir de 05 de fevereiro de 2025, da Sra. EMANUELLY DA SILVA DE ARAUJO, do cargo de provimento em comissão de Assessor de Gabinete Parlamentar –CCG-6.</t>
   </si>
   <si>
     <t>9756</t>
   </si>
   <si>
-    <t>48</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9756/ato_no_48_25_-nomeacoes_tiago3.pdf</t>
   </si>
   <si>
     <t>Nomeações para cargo em comissão por indicação do Vereador Tiago Cordeiro: Lucas Alves Beatriz; Reinaldo de Souza Zanon.</t>
   </si>
   <si>
     <t>9755</t>
   </si>
   <si>
-    <t>47</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9755/ato_no_47_25_-nomeacoes_danylo3.pdf</t>
   </si>
   <si>
     <t>Nomeação para cargo em comissão por indicação do Vereador Danylo Acioli: Emily Vitória Cardoso.</t>
   </si>
   <si>
     <t>9754</t>
   </si>
   <si>
-    <t>46</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9754/ato_no_46_25_-nomeacoes_vilas2.pdf</t>
   </si>
   <si>
     <t>Nomeação para cargo em comissão por indicação do Vereador Miguel Luiz Vilasboas: Maicon Bruno Battu.</t>
   </si>
   <si>
     <t>9753</t>
   </si>
   <si>
-    <t>45</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9753/ato_no_45_25_-nomeacao_juliana_d.pdf</t>
   </si>
   <si>
     <t>Nomear, a partir de 05 de fevereiro de 2025, SILVIA JULIANA DAMIN RAMOS para exercer o cargo de provimento em comissão de Assessor Administrativo (CC-CM1).</t>
   </si>
   <si>
     <t>9752</t>
   </si>
   <si>
-    <t>44</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9752/ato_no_44_25_-nomeacoes_sidnei2.pdf</t>
   </si>
   <si>
     <t>Nomeação para cargo em comissão por indicação do Vereador Sidnei José de Oliveira: Thalita Gonçalves Xavier.</t>
   </si>
   <si>
     <t>9751</t>
   </si>
   <si>
-    <t>43</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9751/ato_no_43_25_-nomeacoes_eliana3.pdf</t>
   </si>
   <si>
     <t>Nomeação para cargo em comissão por indicação da Vereadora Eliana Rocha: Leandro Elias Damin.</t>
   </si>
   <si>
     <t>9750</t>
   </si>
   <si>
-    <t>42</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9750/ato_no_42_25_-nomeacoes_guilherme2.pdf</t>
   </si>
   <si>
     <t>Nomeação para cargo em comissão por indicação do Vereador Guilherme Livoti: Hugo Matheus Gonçalves Minella.</t>
   </si>
   <si>
     <t>9749</t>
   </si>
   <si>
-    <t>41</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9749/ato_no_41_25_-nomeacoes_guilherme.pdf</t>
   </si>
   <si>
     <t>Nomeação para cargo em comissão por indicação do Vereador Guilherme Livoti: Felipe Silva Cruz.</t>
   </si>
   <si>
     <t>9748</t>
   </si>
   <si>
-    <t>40</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9748/ato_no_40_25_-nomeacoes_danylo2.pdf</t>
   </si>
   <si>
     <t>Nomeação para cargo em comissão por indicação do Vereador Danylo Acioli: Eder Domingos da Cruz.</t>
   </si>
   <si>
     <t>9747</t>
   </si>
   <si>
-    <t>39</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9747/ato_no_39_25_-nomeacoes_eliana2.pdf</t>
   </si>
   <si>
     <t>Nomeação para cargo em comissão por indicação da Vereadora Eliana Rocha: Fernando de Souza Brito.</t>
   </si>
   <si>
     <t>9746</t>
   </si>
   <si>
-    <t>38</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9746/ato_no_38_25_-nomeacoes_adan2.pdf</t>
   </si>
   <si>
     <t>Nomeações para cargos em comissão por indicação do Vereador Adan Lenharo: Isadora Gabrielly Bernardes; Jair dos Santos Duarte; José Gabriel de Santana; Yuri Francis Barbosa; Marcos Roberto de Camargo.</t>
   </si>
   <si>
     <t>9745</t>
   </si>
   <si>
-    <t>37</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9745/ato_no__37_2025.pdf</t>
   </si>
   <si>
     <t>Conceder-se pelo termo (prazo) legal, a partir de janeiro/2025, as funções gratificadas, indicadas no anexo.</t>
   </si>
   <si>
     <t>9741</t>
   </si>
   <si>
-    <t>36</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9741/ato_no_36_25_-nomeacao_hugo.pdf</t>
   </si>
   <si>
     <t>Nomear, a partir de 22 de janeiro de 2025, HUGO RAFAEL LEONEL PEDROSO para exercer o cargo de provimento em comissão de Assessor Parlamentar (CC-CM4).</t>
   </si>
   <si>
     <t>9740</t>
-  </si>
-[...1 lines deleted...]
-    <t>35</t>
   </si>
   <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9740/ato_no_35_25_-nomeacoes_gentil_-_refiticacao.pdf</t>
   </si>
   <si>
     <t>Retificar, a pedido do Vereador Wellington José Antônio Francisco de Oliveira, o Ato da Presidência nº 24/2025, tornando sem efeito a nomeação da Sra._x000D_
 Adryele de Faria dos Santos.</t>
   </si>
   <si>
     <t>9739</t>
   </si>
   <si>
-    <t>34</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9739/ato_no_34_25_-nomeacoes_tiago_-_2.pdf</t>
   </si>
   <si>
     <t>Nomeações para cargos de provimento em comissão mediante indicação do Vereador Valdeir Tiago Batista Cordeiro de Lima.</t>
   </si>
   <si>
     <t>9738</t>
   </si>
   <si>
-    <t>33</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9738/ato_no_33_2025__fg_rafael.pdf</t>
   </si>
   <si>
     <t>Conceder ao servidor efetivo Rafael Belan dos Santos, função gratificada A2 Adicional de Gestor de TI.</t>
   </si>
   <si>
     <t>9737</t>
   </si>
   <si>
-    <t>32</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9737/ato_no_32_2025__fg_fabio.pdf</t>
   </si>
   <si>
     <t>Nomear o servidor efetivo Fábio Yuji Yoshida Hayashida, na função de Chefe da Secretaria Técnica Legislativa – FG2.</t>
   </si>
   <si>
     <t>9736</t>
   </si>
   <si>
-    <t>31</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9736/ato_no_31_2025__fg_dubas.pdf</t>
   </si>
   <si>
     <t>Conceder a servidora efetiva Jessica Fernanda Dubas, Adicional de Tesouraria – A1.</t>
   </si>
   <si>
     <t>9735</t>
   </si>
   <si>
-    <t>30</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9735/ato_no_30_2025__fg_leila.pdf</t>
   </si>
   <si>
     <t>Nomear a servidora efetiva Leila Tiyomi Hirakuri, na função de Chefe da Divisão de Finanças, Orçamento e Contabilidade - FG1.</t>
   </si>
   <si>
     <t>9734</t>
   </si>
   <si>
-    <t>29</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9734/ato_no_29_2025__fg_anivaldo.pdf</t>
   </si>
   <si>
     <t>Conceder, a partir de janeiro de 2025, ao servidor efetivo Anivaldo Rodrigues da Silva Filho, ocupante do cargo de Advogado, Adicional A1 Adicional de Procuradoria da Mulher.</t>
   </si>
   <si>
     <t>9733</t>
   </si>
   <si>
-    <t>28</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9733/ato_no_28_2025__fg_giselia.pdf</t>
   </si>
   <si>
     <t>Nomear, a partir de janeiro de 2025, a servidora efetiva, pertencente ao grupo GM, Giselia Pereira dos Santos, na função de Chefe da Divisão de Recursos Humanos.</t>
   </si>
   <si>
     <t>9732</t>
   </si>
   <si>
-    <t>27</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9732/ato_no_27_25_-nomeacoes_tiago.pdf</t>
   </si>
   <si>
     <t>9731</t>
   </si>
   <si>
-    <t>26</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9731/ato_no_26_25_-nomeacoes_sidnei.pdf</t>
   </si>
   <si>
     <t>Nomeações para cargos de provimento em comissão mediante indicação do Vereador Sidnei José de Oliveira.</t>
   </si>
   <si>
     <t>9730</t>
   </si>
   <si>
-    <t>25</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9730/ato_no_25_25_-nomeacoes_caldeira.pdf</t>
   </si>
   <si>
     <t>Nomeações para cargos de provimento em comissão mediante indicação do Vereador Gabriel Caldeira.</t>
   </si>
   <si>
     <t>9729</t>
   </si>
   <si>
-    <t>24</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9729/ato_no_24_25_-nomeacoes_gentil.pdf</t>
   </si>
   <si>
     <t>Nomeações para cargos de provimento em comissão mediante indicação do Vereador Wellington José Antônio Francisco de Oliveira.</t>
   </si>
   <si>
     <t>9728</t>
   </si>
   <si>
-    <t>23</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9728/ato_no_23_25_-nomeacoes_eliana.pdf</t>
   </si>
   <si>
     <t>Nomeações para cargos de provimento em comissão mediante indicação da Vereadora Eliana de Lourdes Lima Rocha: Alessandro Machado Leal; Veviane Darodda.</t>
   </si>
   <si>
     <t>9727</t>
   </si>
   <si>
-    <t>22</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9727/ato_no_22_25_-nomeacoes_adan.pdf</t>
   </si>
   <si>
     <t>Nomeações para cargos de provimento em comissão mediante indicação do Vereador Adan Augusto Lenharo Fernandes.</t>
   </si>
   <si>
     <t>9726</t>
   </si>
   <si>
-    <t>21</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9726/ato_no_21_25_-nomeacoes_moises.pdf</t>
   </si>
   <si>
     <t>Nomeações para cargos de provimento em comissão mediante indicação do Vereador Moisés Tavares Domingos.</t>
   </si>
   <si>
     <t>9725</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9725/ato_no_20_25_-nomeacoes_danylo.pdf</t>
   </si>
   <si>
     <t>Nomeações para cargos de provimento em comissão mediante indicação do Vereador Danylo Acioli.</t>
   </si>
   <si>
     <t>9724</t>
   </si>
   <si>
-    <t>19</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9724/ato_no_19_25_-nomeacoes_vilas.pdf</t>
   </si>
   <si>
     <t>Nomeações para cargos de provimento em comissão mediante indicação do Vereador Miguel Luiz Vilasboas.</t>
   </si>
   <si>
     <t>9723</t>
   </si>
   <si>
-    <t>18</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9723/ato_no_18_25.pdf</t>
   </si>
   <si>
     <t>Nomeações para cargos de provimento em comissão mediante indicação do Vereador Antonio Luciano Facchiano.</t>
   </si>
   <si>
     <t>9722</t>
   </si>
   <si>
-    <t>17</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9722/ato_no_17_25_controle_interno.pdf</t>
   </si>
   <si>
     <t>Nomear TELMA ELIZABETH LEMOS REIS e JESSICA DAIANE ANGOTTI como Auxiliares de Controle Interno, nos termos da Lei 32/2020.</t>
   </si>
   <si>
     <t>9710</t>
   </si>
   <si>
-    <t>16</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9710/ato_no_16_25.pdf</t>
   </si>
   <si>
     <t>Nomear o servidor IVAN LUCIO GARCIA como Agente de Planejamento.</t>
   </si>
   <si>
     <t>9709</t>
   </si>
   <si>
-    <t>15</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9709/ato_no_15_25.pdf</t>
   </si>
   <si>
     <t>Nomear o servidor ANIVALDO RODRIGUES DA SILVA FILHO como Agente de Contratação- FG1, também fica nomeado na função de pregoeiro, sem ônus adicional.</t>
   </si>
   <si>
     <t>9708</t>
   </si>
   <si>
-    <t>14</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9708/ato_no_14_25.pdf</t>
   </si>
   <si>
     <t>Nomear o servidor JOSE MARCELO SOUZA DA SILVA como Fiscal de Contratos- A1.</t>
   </si>
   <si>
     <t>9707</t>
   </si>
   <si>
-    <t>13</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9707/ato_no_13_25.pdf</t>
   </si>
   <si>
     <t>Nomear a servidora ELAINE SILVA DE MIRANDA como Gestora de Contratos -A1.</t>
   </si>
   <si>
     <t>9706</t>
   </si>
   <si>
-    <t>12</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9706/ato_no_12_25.pdf</t>
   </si>
   <si>
     <t>Exonerações cargos em comissão.</t>
   </si>
   <si>
     <t>9705</t>
   </si>
   <si>
-    <t>11</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9705/11_2025.pdf</t>
   </si>
   <si>
     <t>Nomeação de cargo em comissão de Assessor de Imprensa.</t>
   </si>
   <si>
     <t>9704</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9704/10_2025.pdf</t>
   </si>
   <si>
     <t>Revogação de nomeação de membro do controle interno.</t>
   </si>
   <si>
     <t>9698</t>
   </si>
   <si>
-    <t>9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9698/ato_no_09_25.pdf</t>
   </si>
   <si>
     <t>Nomear, a partir de 13 de janeiro de 2025, HARIANA ANDRADE ALVES DA SILVA para exercer o cargo de provimento em comissão de Secretário de Gabinete de Vereador.</t>
   </si>
   <si>
     <t>9697</t>
   </si>
   <si>
-    <t>8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9697/ato_no_8_25.pdf</t>
   </si>
   <si>
     <t>Designar a vereadora ELIANA DE LOURDES LIMA ROCHA como Procuradora e as servidoras TELMA ELIZABETH LEMOS REIS e VEVIANE DARODDA como procuradoras adjuntas da Procuradoria da Mulher do Legislativo Municipal.</t>
   </si>
   <si>
     <t>9696</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9696/ato_no_7_25.pdf</t>
   </si>
   <si>
     <t>Veda a realização de horas extraordinárias sem a prévia autorização da chefia imediata.</t>
   </si>
   <si>
     <t>9695</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9695/ato_no_06.25.pdf</t>
   </si>
   <si>
     <t>Nomeação cargos em comissão.</t>
   </si>
   <si>
     <t>9694</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9694/ato_no_05.25.pdf</t>
   </si>
   <si>
     <t>Nomeações cargo em comissão.</t>
   </si>
   <si>
     <t>9693</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9693/ato_4-2025_nomeacao.pdf</t>
   </si>
   <si>
     <t>Nomeações cargos em comissão.</t>
   </si>
   <si>
     <t>9692</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9692/ato_03-2025.pdf</t>
   </si>
   <si>
     <t>9691</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9691/ato_02-2025.pdf</t>
   </si>
   <si>
     <t>Nomear, a partir de 03 de janeiro de 2025, o Sr. PAULO FABRICIO MAGRI DOS REIS para exercer o cargo de provimento em comissão de Oficial de Gabinete da Presidência.</t>
   </si>
   <si>
     <t>9690</t>
-  </si>
-[...1 lines deleted...]
-    <t>1</t>
   </si>
   <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9690/ato_01-2025.pdf</t>
   </si>
   <si>
     <t>Nomear, a partir de 03 de janeiro de 2025, o Sr. DANIEL RODRIGO DE SOUZA para exercer o cargo de provimento em comissão de Diretor Administrativo.</t>
   </si>
   <si>
     <t>9683</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9683/ato_93-2024.pdf</t>
   </si>
   <si>
     <t>Determinar o cumprimento do resultado da votação da 31ª Sessão Extraordinária do dia 20/12/2024.</t>
   </si>
   <si>
     <t>9682</t>
   </si>
   <si>
     <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9682/ato_92-2024.pdf</t>
   </si>
@@ -9300,56 +9801,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10198/ato_n_296_2025_licenca_premio_fabio_2.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10197/ato_n_295_2025_exoneracao_amanda_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10196/ato_n_294_2025_bens_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10195/ato_n_293_2025_nomeacao_hugo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10194/ato_n_292_2025_exoneracao_hugo_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10193/ato_n_291_2025_nomeacao_jean_marcos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10192/ato_n_290_2025_comissao_cargos_extintos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10191/ato_n_289_2025_nomeacao_decio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10190/ato_n_288_2025_nomeacao_jeferson.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10189/ato_n_287_2025_nomeacao_alex_julio.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10188/ato_n_286_2025_nomeacao_adan.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10187/ato_n_285_2025_exoneracao_daniel.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10186/ato_n_284_2025_atualizacao_sapl_e_tce.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10185/ato_n_283_2025_teletrabalho_novembro.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10139/ato_no_245_25_-_nomeacao_oscavo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10176/ato_no_282_2025_nomeacao_leonardo_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10175/ato_no_281_2025_exoneracao_leonardo__1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10174/ato_no_280_2025_nomeacao_adriana_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10173/ato_no_279_2025_exoneracao_adriana_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10172/ato_no_278_2025_nomeacao_mariana_gregorio_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10171/ato_no_277_2025_exoneracao_mariana_gregorio_1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10170/ato_no_276_2025_exoneracao_silvia_juliana_2.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10169/ato_no_275_2025_alteracao_simbolo_maria_julia_paschoal__1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10168/ato_no_274_2025_nomeacao_cecilia_rita_1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10167/ato_no_273_2025_exoneracao_cecilia_rita_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10166/ato_no_272_2025_nomeacao_valter_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10165/ato_no_271_2025_nomeacao_karen_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10164/ato_no_270_2025_adicional_petronio_2.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10163/ato_no_269_2025_adicional_anivaldo_1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10162/ato_no_268_2025_licenca_fabio_y_y_hayashida_1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10161/ato_no_267_2025_comissao_concurso_1.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10160/ato_no_266_2025_progressao_fabio_y_y_hayashida_1.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10159/ato_no_265_2025_ats_neide__1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10158/ato_no_264_2025_ats_fabio_y_y_hayashida_1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10157/ato_no_263-2025_nomeacao_etervina.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10156/ato_no_262-2025_nomeacao_lorieferson.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10155/ato_no_261-2025_exoneracao_abner.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10154/ato_no_260_25_-_licenca_deco.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10153/ato_no_259_25_-_estacionamento_oficial.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10152/ato_no_258_25_-_nomeacao_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10151/ato_no_257_25_-_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10150/ato_no_256_25_-_nomeacao_-_abdon.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10149/ato_no_255_25_-_nomeacao_-_juliana_delben.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10148/ato_no_254_25_-_nomeacao_-_silvio_virmond.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10147/ato_no_253_25_-_nomeacao_-_antonio_braz.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10146/ato_no_252_25_-_nomeacao_-_licya.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10145/ato_no_251_25-_nomeacao_-_claudia_verona.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10144/ato_no_250_25_-_nomeacao_-_isabela_mendes.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10143/ato_no_249_25_-_nomeacao_-_anny.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10142/ato_no_248_25_-_nomeacao_arianny.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10141/ato_no_247_25_-_nomeacao_mariana.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10140/ato_no_246_25_-_nomeacao_ademir_andrade.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10138/ato_no_244_25_-_exoneracao_juliana_delben.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10184/ato_no_243_25_-_exoneracao_alexander.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10183/ato_no_242_-_prorroga_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10182/ato_no_241-2025_nomeacao_lorena.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10181/ato_no_240-2025_nomeacao_joao_c_morais.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10180/ato_no_239-2025_nomeacao_florisvaldo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10179/ato_no_238-2025_nomeacao_paola.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10178/ato_no_237-2025_nomeacao_diego_myamura.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10177/ato_no_236-2025_nomeacao_djovana.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10132/ato_no_235_-2025_licenca_leila.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10131/ato_no_234-2025_exoneracao_djovana.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10130/ato_no_233-2025_exoneracao_isadora.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10129/ato_no_232_-2025_adicional_wilson.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10128/ato_no_231_-2025_fg_petronio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10127/ato_no_230_-2025_fg_rh_elaine.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10126/ato_no_229_-2025_exoneracao_lorena.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10125/ato_no_228_-2025_exoneracao_kennya.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10124/ato_no_227_-2025_exoneracao_alexandre.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10123/ato_no_226_25_-_exoneracao_ronaldo_dias.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10122/ato_no_225_25_-_exoneracao_luiz_claudio.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10121/ato_no_224_25_-_exoneracao_cleberson.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10120/ato_no_223_25_-_exoneracao_lorieferson.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10119/ato_no_222_25_-_exoneracao_etervina.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10118/ato_no_221_25_-_exoneracao_decio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10117/ato_no_220_25_-_exoneracao_yuri_francis_barbosa.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10116/ato_no_219_25_-_exoneracao_jose_gabriel.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10115/ato_no_218_25_-_exoneracao_jose_augusto.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10114/ato_no_217_25_-_exoneracao_jair_duarte.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10113/ato_no_216_25_-_nomeacao_maria_julia.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10112/ato_no_215_25_-_maria_julia.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10111/ato_no_214_25_-_ilton.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10110/ato_no_213_25_-_nomeacao_ademir_fernandes.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10109/ato_no_212_25_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10108/ato_no_211_25_-_nomeacao_maria_antonia.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10107/ato_no_210_25_-_nomeacao_alexander.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10106/ato_209_25_regulamentador_estagio_revisado_completo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10104/ato_no_208_25_ponto_gabinete.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10103/ato_no_207_25_raer.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10102/ato_no_206_25_frotas.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10100/ato_no_205-2025_banco_de_servicos.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10098/ato_no_204-2025_procedimento.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10097/ato_no_203-2025_sistema_processo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10096/ato_no_202-2025_sos.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10095/ato_no_201-2025_custeio_despesas.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10094/ato_no_200-2025_comprasgiselia.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10093/ato_no_199-2025_alteracao_almox.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10092/ato_no_198-2025_regovacaorh.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10091/ato_no_197-2025_regovacaocompras.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10090/ato_no_196_25_-_nomeacao_luciane.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10072/ato_no_195_25_-_nomeacao_solon.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10071/ato_no_194-2025_exoneracao_esiquiel.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10064/ato_no_193-2025_frotas_e_portal.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10063/ato_no_192-2025_comissao_almoxarifado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10062/ato_no_191-2025_comissao_de_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10061/ato_no_190-2025_recomendacao_no_02_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10060/ato_no_189-2025_exoneracao_suellen.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10059/ato_188_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10057/ato_no_187_25_-_contas-ajustado.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10058/ato_186_nomeaca_djovana.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10056/ato_no_185_25_-_nomeacao_guilherme_feitoza.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10055/184_alt_nivel_jose_gabriel.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10054/183_alt_nivel_yuri.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10053/ato_no_182-2025_exoneracao_vitor.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10051/ato_no_181_25_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10048/ato_no_180_25_-_nomeacao_adriana_silva.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10049/179_alt._nivel_maria_julia.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10050/178_alt._nivel.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10045/ato_no_177_25_-_nomeacao_braynton.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10044/ato_no_176_25_-_exoneracao_braynton.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10046/175_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10043/174_25_-_nomeacao_antonio_borges.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10035/ato_no_173_25_-_alteracao_ccg_lucas.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10034/172_nomeacao_thaila.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10033/171_exoneracao_thaila.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10032/ato_170_-_substituicao_comissoes_permanentes_-_odarlone-1.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10031/ato_no_169_25_-_nomeacao_paulo_pesce.docx.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10030/ato_no_168_25_-_nomeacao_mariane_sanches.docx.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10028/ato_no_167_25_-_nomeacao_leonardo.docx.pdf_1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10027/ato_no_166_25_-_nomeacao_julianadelben.docx.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10026/ato_no_165_25_-_nomeacao_alessandrof.docx.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10025/164_2025_nomeacao_ilton.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10024/163_2025_nomeacao_jose_augusto.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10023/162_2025_nomeacao_eduardo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10022/161_2025_nomeacao_roque.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10012/ato_no_160_25_-_materiais.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10011/ato_no_159_25_-_nomeacao_juliana_martins.docx.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10010/ato_no_158_25_-_exoneracao_reinaldo_zanon.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10009/157_2025_nomeacao_thaila.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10008/ato_no_156_25_-_nomeacao_alessandro_leal.docx.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10007/ato_no_155_25_-_exoneracao_alessandro_leal.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10006/ato_no_154_25_-_rescisao_mayara_coutinho.docx.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10005/ato_no_153_25_-_2o_secretario.docx.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10004/ato_no_152_25_-_vilas_boas.docx.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10003/ato_no_151_25_-_rescisao_dorival.docx.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10002/ato_no_150_25_-_nomeacao_lorena.docx.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10001/ato_no_149_25_-_alteracao_ccg_giorgia.docx.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10000/ato_no_148_25_-_exoneracao_aluizio.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9999/ato_no_147_25_-_exoneracao_anselmo.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9998/ato_no_146_25_-_exoneracao_alvino.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9994/ato_no_145_25_-_exoneracao_battu.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9993/ato_no_144_25_-_exoneracao_juliana.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9992/ato_no_143_25_-_exoneracao_shirley.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9991/142_exoneracao_helio.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9996/141_nomeacao_rafael.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9986/ato_no_140_25_-_deslocamento_de_bens.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9989/139_nomeacao_helio.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9988/138_exoneracao_helio.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9987/137_readequacao_isadora.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9985/ato_136_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9978/135_exonereacao_suzimeire.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9977/134_nomeacao_andrey.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9964/ato_133_25_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9963/ato_132_25_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9956/ato_131_-_nomeacao_decio_alves.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9955/ato_130_-_nomecao_vitor_izabel.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9954/129_ato_nomeacao_fabricio_-_sidnei.docx.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9953/128_ato_nomeacao_abner.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9952/127_ato_nomeacao_ana_paula.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9951/126_ato_nomeacao_dorival.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9950/125_ato_alteracao_batu.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9949/124_exon_dorival.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9940/123_2025_ats_leila.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9939/122_2025_ats_matheus.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9937/121_2025_nomeacao_elisangela.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9943/ato_no_120_25_-_horas.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9935/119_2025_nomeaccao_dorival.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9933/117_2025_nomeaccao_drielly.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9928/116_ato_divulgacao_carta_de_serv_ao_cidadao.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9927/ato_no_115_25_-_alteracao_fg_marcelo.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9926/ato_no_114_25_-_ats_marcelo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9925/ato_no_113_25_-_exoneracao_marcos.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9924/ato_no_112_25_-_dialogo_competitivo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9923/ato_no_111_25_-_modalidade_concurso.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9919/ato_no_110_25_-_grupo_de_estudo2.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9918/ato_no_109_25_-_nomeacaoamanda.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9917/ato_no_108_25_-_nomeacaoanajulia.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9916/ato_no_107_25_-_rogerio_almeida.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9912/ato_no_106_25_-_nomeaccaodenise.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9911/ato_no_105_25_-_rescisao_denise.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9910/ato_no_104_25_-_nomeacao_alexandre.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9909/ato_no_103_25_-_nomeacao_maria_julia.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9908/ato_no_102_25_-_alteracao_cc_isadora.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9903/ato_no_101_25_-_exoneracao_ketlyn.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9902/ato_no_100_25_-_grupo_de_estudo.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9895/ato_no_99_25_-_procuradoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9890/ato_no_98_25_-_nomeacao_daime.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9888/ato_no_97_25_-_nomeacao_mbovetto.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9887/ato_no_96_25_-_exoneracao_veviane.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9876/ato_no_95_25_-_nomeacao_giorgia.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9875/ato_no_94_25_-_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9874/ato_no_93_25_-_nomeacao_jader.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9873/ato_no_92_25_-_nomeacao_ketllyn.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9871/ato_91-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9870/ato_90_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9869/ato_89_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9868/ato_88_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9867/ato_87_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9866/ato_86_2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9865/ato_85_2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9841/ato_84-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9840/ato_83-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9839/ato_82-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9838/ato_81-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9833/ato_80_2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9822/ato_79_2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9798/78_2025_nomeacao.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9797/77_2025_transferencia.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9796/76_2025_nomeacao.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9795/75_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9794/74_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9793/73_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9791/ato_no_72_25_rescisao_hariana.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9790/ato_no_71_25_-fg.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9784/ato_70_2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9783/ato_69_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9782/ato_68-2025_ats.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9781/ato_no_67_25_-_reintegracao_carol.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9780/ato_no_66_25_-_alteracao_ccg.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9779/ato_no_65_25_-_exoneracaoeder.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9778/ato_no_64_25_-nomeacoes_danylo4.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9777/ato_no_63_25_-nomeacoes_sidnei3.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9776/ato_no_62_25_-_nomeacoes_vilas3.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9775/ato_no_61_25_-tabela_de_vencimentos.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9774/ato_no_60_25_-_regulamento_de_estagio.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9773/ato_59-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9769/ato_no_58_25.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9765/ato_no_57_25_-_ponto_comissionado.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9764/ato_56-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9763/ato_55-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9761/ato_54-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9762/ato_53-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9760/ato_52_2025_-_nomeacao.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9759/ato_51-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9758/ato_50-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9757/ato_no_49_25_-exoneracaoemanuelly.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9756/ato_no_48_25_-nomeacoes_tiago3.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9755/ato_no_47_25_-nomeacoes_danylo3.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9754/ato_no_46_25_-nomeacoes_vilas2.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9753/ato_no_45_25_-nomeacao_juliana_d.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9752/ato_no_44_25_-nomeacoes_sidnei2.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9751/ato_no_43_25_-nomeacoes_eliana3.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9750/ato_no_42_25_-nomeacoes_guilherme2.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9749/ato_no_41_25_-nomeacoes_guilherme.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9748/ato_no_40_25_-nomeacoes_danylo2.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9747/ato_no_39_25_-nomeacoes_eliana2.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9746/ato_no_38_25_-nomeacoes_adan2.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9745/ato_no__37_2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9741/ato_no_36_25_-nomeacao_hugo.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9740/ato_no_35_25_-nomeacoes_gentil_-_refiticacao.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9739/ato_no_34_25_-nomeacoes_tiago_-_2.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9738/ato_no_33_2025__fg_rafael.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9737/ato_no_32_2025__fg_fabio.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9736/ato_no_31_2025__fg_dubas.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9735/ato_no_30_2025__fg_leila.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9734/ato_no_29_2025__fg_anivaldo.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9733/ato_no_28_2025__fg_giselia.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9732/ato_no_27_25_-nomeacoes_tiago.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9731/ato_no_26_25_-nomeacoes_sidnei.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9730/ato_no_25_25_-nomeacoes_caldeira.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9729/ato_no_24_25_-nomeacoes_gentil.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9728/ato_no_23_25_-nomeacoes_eliana.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9727/ato_no_22_25_-nomeacoes_adan.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9726/ato_no_21_25_-nomeacoes_moises.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9725/ato_no_20_25_-nomeacoes_danylo.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9724/ato_no_19_25_-nomeacoes_vilas.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9723/ato_no_18_25.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9722/ato_no_17_25_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9710/ato_no_16_25.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9709/ato_no_15_25.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9708/ato_no_14_25.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9707/ato_no_13_25.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9706/ato_no_12_25.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9705/11_2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9704/10_2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9698/ato_no_09_25.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9697/ato_no_8_25.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9696/ato_no_7_25.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9695/ato_no_06.25.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9694/ato_no_05.25.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9693/ato_4-2025_nomeacao.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9692/ato_03-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9691/ato_02-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9690/ato_01-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9683/ato_93-2024.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9682/ato_92-2024.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9669/exoneracoes_dez_2024.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9681/ato_no_91_24_progressoes_elaine.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9680/ato_no_90_24_progressoes_giselia.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9651/ato_no_88_24_-designacao_jc_1.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9650/ato_no_87_24_-progressao_petronio.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9649/ato_no_86_24_-progressao_marcelo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9648/ato_no_85_24_-nomeacao_juliana.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9647/ato_84_2024.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9639/ato_no_83_24_modelos_padronizados.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9638/ato_no_82_24_-nomeacao_alessandro.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9637/ato_no_81_24_-exoneracao_alessandro.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9635/ato_80_2024.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9636/ato_no_79_24_mpc.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9634/ato_no_78_24_-nomeacao_dulce.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9633/ato_no_77_24_-nomeacao_emerson.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9632/ato_no_76_24.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9631/ato_no_75_24.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9630/ato_no_74_24.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9609/ato_no_73_24_-progressao.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9608/ato_no_72_24_ats.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9607/ato_no_71_24_-nomeacao.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9606/ato_no_70_24_-exoneracao.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9605/ato_no_69_24_-nomeacao_caroline.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9603/68-2024.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9582/67-24.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9581/66-24.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9580/ato_65-24.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9579/ato_64.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9578/ato_63.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9577/ato_62.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9576/ato_61_24.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9575/ato_60-24.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9574/ato_59_24.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9573/ato_no_58_24.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9572/ato_no_57_24_exoneracao_luiz_pereira.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9571/ato_56-24.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9554/ato_no_55_24_nomeacao.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9553/ato_no_54_24.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9552/ato_no_53_24_-progressao_matheus.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9551/ato_no_52_24_-progressao_leila.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9527/ato_da_presidencia_51_24.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9526/ato_no_50_24_nomeacao_antonio_pedro.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9525/ato_49_24.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9524/ato_48_24.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9523/ato_47_24.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9522/ato_46_24.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9521/ato_45_24.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9520/ato_44_2024.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9519/ato_43_2024.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9513/ato_42_bruna.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9512/ato_no_41_controle_telma.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9511/ato_no_40_ats_jose_marcelo.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9510/ato_no_39_procuradora_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9507/ato_38_2024.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9504/ato_37_24.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9503/ato_da_presidencia_36-2024.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9502/ato_da_presidencia_35-2024.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9479/ato_34-2024.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9477/ato_no_33-24.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9460/ato_32_24.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9449/ato_no_31_24_ajuste.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9448/ato_no_30_24_-_sim-am.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9447/ato_no_29_24_-_comissao_de_patrimonio_jessica.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9446/ato_no_28_24_ajuste_leila.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9445/ato_no_27_24_limpeza.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9444/ato_no_26_24_-_comissao_de_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9443/ato_no_25_24_adicionais.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9442/ato_no_24_24_copa.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9441/ato_23_24_pregoeiro.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9440/ato_no_22_24_adicionais.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9439/ato_no_21_24_rh.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9438/ato_no_20_24_comissoes.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9437/ato_no_19_24_tecnica.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9436/ato_no_18_24_recepcao.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9435/ato_no_17_24_controle.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9434/ato_16_24.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9432/ato_no_15_24.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9431/ato_no_14_24.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9430/ato_13_24.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9425/ato_12_24.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9421/ato_11_2024.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9420/ato_no_10_24.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9419/ato_no_9_24.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9418/ato_no_8_24.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9417/ato_07_24.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9416/ato_06_24.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9415/ato_05_24.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9414/ato_04_24.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9413/ato_03_24.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9412/ato_no_2_24.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9411/ato_1_24.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9376/ato_no_132_23.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9375/ato_no_131_23.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9374/ato_no_130_23.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9373/ato_no_129_23.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9372/ato_no_128_23_terceirizacao.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9371/ato_no_127_23_ato_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9370/ato_no_126_23.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9369/ato_no_125_23.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9340/ato_no_124_23_reequilibrio.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9339/ato_no_123_23.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9338/ato_no_122_23.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9337/ato_no_121_23.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9336/ato_no_120_23.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9284/119_23.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9283/118_23.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9282/ato_no_117_23.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9270/ato_no_116_23.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9232/ato_no_115_23.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9216/ato_no_114_23.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9213/ato_no_113_23.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9212/ato_no_112_23.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9211/ato_no_111_23.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9210/ato_no_110_23.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9209/ato-pre-109-23.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9208/ato-pre-108-23.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9207/ato-pre-107-23.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9198/ato_no_106_23.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9194/ato_no_105_23.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9193/ato_no_104_23.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9190/ato_no_103_23.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9180/ato_no_102_23.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9179/ato_no_101_23.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9178/ato_no_100_23.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9177/ato_no_99_23.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9172/ato_no_98_23.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9170/ato_no_97_23_nomeacao_joao.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9169/ato_no_96_-_nomeacao_roque.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9168/ato_no_95_-_estabilidade__matheus.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9167/ato_no_94_-_estabilidade__leila.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9163/ato_no_93.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9162/ato_no_92.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9161/ato_no_91.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9160/ato_no_90.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9159/ato_no_89.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9157/ato_88_23.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9156/ato_87_23.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9154/ato_86_23.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9155/ato_85_23.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9152/ato_no_84_2023.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9151/ato_no_83_23.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9108/ato82_23.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9107/ato81_23.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9011/ato_no_80_23.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9010/ato_no_79_23.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9009/ato_no_78_23.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9008/ato_no_77_23.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9007/ato_no_76_23.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9006/ato_no_75_23.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9002/ato_74.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9001/ato_73.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9000/ato_72.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8974/ato_no_71_23.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8973/ato_no_70_23.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8972/ato_no_69_23.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8971/ato_no_68_23.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8970/ato_no_67_23.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8969/ato_no_66_23.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8968/ato_no_65_23.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8967/ato_no_64_23.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8965/ato_no_63_23.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8964/ato_no_62_23.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8963/ato_no_61_23.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8962/ato_no_60_23.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8961/ato_no_59_23.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8960/ato_no_58_23.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8959/ato_no_57_23.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8958/ato_no_56_23.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8957/ato_no_55_23.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8955/ato_no_54_23.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8954/ato_no_53_23.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8953/ato_no_52_23.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8952/ato_no_51_23.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8950/ato_no_50_23.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8949/ato_no_49_23.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8948/ato_no_48_23.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8937/ato_no_47_23.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8935/ato_no_46_23.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8931/ato_no_45_23.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8930/ato_no_44_23.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8925/ato_no_43_23.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8924/ato_no_42_23.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8923/ato_no_41_23.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8922/ato_no_40_23.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8921/ato_no_39_23.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8920/ato_no_38_23.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8919/ato_no_37_23.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8918/ato_no_36_23.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8917/ato_no_35_23.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8916/ato_no_34_23.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8915/ato_no_33_23_errata.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8914/ato_no_32_23.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8913/ato_no_31_23.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8912/ato_no_30_23.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8911/ato_no_29_23.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8910/ato_no_28_23.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8909/ato_no_27_23.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8908/ato_no_26_23.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8907/ato_no_25_23.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8906/ato_no_24_23.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8905/ato_no_23_23.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8904/ato_no_22_23.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8903/ato_no_21_23.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8902/ato_no_20_23.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8901/ato_no_19.23.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8900/ato_no_18.23.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8899/ato_no_17.23.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8898/ato_no_16.23.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8897/ato_no_15.23.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8896/ato_no_14.23.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8895/ato_no_13.23.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8894/ato_no_12.23.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8893/ato_no_11.23.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8892/ato_no_10.23.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8891/ato_no_09.23.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8890/ato_no_08.23.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8889/ato_no_07.23.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8888/ato_no_06.23.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8887/ato_no_05.23.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8886/ato_no_04.23.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8885/ato_no_03.23.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8884/ato_no_02.23.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8883/ato_no_01.23.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8862/44_22.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8861/43_22.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8860/42_22.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8850/41_22.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8849/40_22.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8848/39_22.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8847/38_22.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8846/37_22.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8845/36_22.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8834/carta_de_servicos_ao_cidadao_-_camara_municipal_de_apucarana.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8837/34_22.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8836/33_22.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8835/32_22.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8829/31_22.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8828/30_22.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8827/29_22.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8826/28_22.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8811/26_22.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8810/25_22.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8809/24_22.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8808/23_22.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8807/22_22.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8806/21_22.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8805/20_22.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8804/19_22.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8803/18_22.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8802/17_22.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8777/16_22.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8768/15_22.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8767/14_22.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8766/13_22.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8765/12_22.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8764/11_22.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8763/10_22.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8762/09_22.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8723/08_22.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8720/07_22.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8719/06_22.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8718/05_22.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8709/04_22_errata.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8708/03_22_errata.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8707/02_22.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8706/01_22.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8704/44_21.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8592/43_21.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8591/42_21_publicidade_diferida_2.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8590/41_21_publicidade_diferida_2.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8589/40_21_publicidade_diferida.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8556/39_21.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8555/38_21.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8521/37_21.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8505/36_21.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8504/35_21.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8503/34_21.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8502/33_21.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8478/32_21.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8477/31_21.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8475/29_21.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8476/30_21.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8474/28_21.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8432/27_21.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8431/26_21.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8430/25_21.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8429/24_21.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8428/23_21.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8427/22_21.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8426/21_21.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8425/20_21.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8424/19_21.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8423/18_21.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8422/17_21.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8421/16_21.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8420/15_21.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8419/14_21.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8388/13_21.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8387/12_21.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8386/11_21.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8385/10_21.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8384/09_21.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8383/08_21.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8382/07_21.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8378/06_21.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8377/05_21.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8376/04_21.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8371/02_21.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8375/03_21_errata.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8370/01_21.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8355/57_2020.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8354/56_2020.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8353/55_2020.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8352/54_2020.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8351/53_2020.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8340/52_2020.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8339/51_2020.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8337/49_2020.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8338/50_2020.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8336/48_2020.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8335/47_2020.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8334/46_2020.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8311/45_2020.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8296/44_2020.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8295/43_2020.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8291/42_2020.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8290/41_2020.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8289/40_2020.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8288/39_2020.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8287/38_2020.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8286/37_2020.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8285/36_2020.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8284/35_2020_portal.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8283/34_2020.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8246/33_2020.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8245/32_2020.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8244/31_2020.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8235/30_2020.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8234/29_2020.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8243/28_2020.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8242/27_2020.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8241/26_2020.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8240/25_2020.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8239/24_2020.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8238/23_2020.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8237/22_2020.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8207/21_2020.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8206/20_2020.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8213/19_2020.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8212/18_2020.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8211/17_2020.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8202/16_2020.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8201/15_2020.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8200/14_2020.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8199/13_2020.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8198/12_2020.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8197/11_2020.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8140/10_2020.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8139/09_2020.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8138/08_2020.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8137/07_2020.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8136/06_2020.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8135/05_2020.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8134/04_2020.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8133/03_2020.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8131/02_2020.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8130/01_2020.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8129/ato93_19.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8128/ato92_19.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8052/ato91_19.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8051/ato90_19.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8050/ato89_19.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8049/ato88_19.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8048/ato87_19com_justificativa_de_republicacao_de_2020.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8047/ato86_19.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8046/ato85_19.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8045/ato84_19.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8044/ato83_19.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8032/ato82_19.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8031/ato81_19.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8030/ato80_19.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8020/ato79_19.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8018/ato78_19.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8017/ato77_19.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8016/ato76_19.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8015/ato75_19.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8014/ato74_19.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8001/ato73_19.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8000/ato72_19.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7999/ato71_19.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7998/ato70_19.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7997/ato69_19.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7981/ato68_19.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7980/ato67_19.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7979/ato66_19.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7978/ato65_19.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7977/ato64_19.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7976/ato63_19.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7975/ato62_19.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7974/ato61_19.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7973/ato60_19.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7972/ato59_19.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7971/ato58_19.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7970/ato57_19.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7969/ato56_19.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7959/ato55_19.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7941/ato54_19.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7940/ato53_19.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7939/ato52_19.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7933/ato51_19.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7932/ato50_19.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7931/ato49_19.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7918/ato48_19.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7917/ato47_19.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7916/ato46_19.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7915/ato45_19.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7905/ato44_19.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7904/ato43_19.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7903/ato42_19.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7902/ato41_19.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7901/ato40_19.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7899/ato39_19.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7898/ato38_19.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7897/ato37_19_errata.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7896/ato36_19.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7895/ato35_19.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7894/ato34_19.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7893/ato33_19.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7892/ato32_19.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7891/ato31_19.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7858/ato30_19.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7857/ato29_19.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7856/ato28_19.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7855/ato27_19.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7854/ato26_19.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7846/ato25_19.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7845/ato24_19.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7844/ato23_19.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7837/ato22_19.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7836/ato21_19.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7835/ato20_19.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7834/ato19_19.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7833/ato18_19.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7832/ato17_19.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7831/ato16_19.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7830/ato15_19.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7829/ato14_19.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7812/ato13_19.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7811/ato12_19.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7810/ato11_19.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7809/ato10_19.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7808/ato09_19.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7800/ato08_19.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7799/ato07_19.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7798/ato06_19.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7797/ato05_19.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7796/ato04_19.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7795/ato03_19.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7794/ato02_19.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7793/ato01_19.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2018/9962/ato_49_2018.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2018/7765/ato48_18.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7728/7728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7727/7727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7726/7726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7725/7725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2018/9961/ato_43_2018.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2018/7764/ato42_18.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2018/7763/ato41_18.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2018/7762/ato40_18.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7699/7699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7698/7698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7666/7666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7665/7665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7664/7664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7655/7655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7654/7654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7653/7653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7652/7652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7651/7651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7639/7639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7638/7638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7637/7637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2018/9960/ato_26_2018.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7622/7622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7621/7621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7603/7603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7602/7602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7614/7614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7601/7601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7600/7600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7599/7599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7598/7598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7597/7597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7587/7587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7586/7586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7585/7585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7584/7584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7583/7583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7582/7582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7568/7568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7581/7581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7580/7580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7551/7551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7550/7550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7549/7549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7548/7548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7547/7547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7546/7546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7498/7498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7497/7497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7494/7494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7496/7496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7495/7495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7397/7397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7396/7396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7395/7395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7394/7394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7384/7384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7383/7383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7367/7367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7366/7366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7365/7365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7364/7364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7363/7363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7362/7362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7361/7361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7360/7360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7359/7359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7358/7358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7357/7357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7356/7356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7355/7355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7350/7350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7354/7354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7349/7349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7348/7348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7353/7353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7347/7347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7346/7346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7345/7345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7344/7344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7343/7343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7306/7306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7305/7305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7304/7304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7298/7298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7297/7297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7296/7296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7295/7295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7294/7294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7293/7293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7292/7292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7291/7291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7264/7264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7263/7263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7257/7257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7256/7256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7255/7255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7254/7254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7253/7253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7252/7252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7251/7251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7250/7250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7249/7249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7248/7248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7247/7247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7246/7246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7245/7245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7244/7244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7243/7243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7242/7242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7241/7241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7240/7240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7239/7239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7238/7238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7237/7237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7236/7236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7235/7235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7234/7234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7233/7233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7232/7232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7231/7231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7230/7230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7229/7229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7228/7228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7227/7227_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10257/ato_n_49_2026_licenca-premio_anivaldo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10256/ato_n_48_2026_ats_anivaldo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10255/ato_n_47_2026_progressao_wilson_r_penharbel.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10254/ato_n_46_2026_-_prorrogacao_da_sindicancia.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10253/ato_n_45_2026_exoneracao_denise.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10252/ato_n_44_26_-_nomeacao_tayssa_1_1.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10251/ato_n_43_2026_alteracao_simbolo_fernando.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10250/ato_n_42-2026_-_exoneracao_caroline.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10247/ato_n_40_2026_teletrabalho_comissionados.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10246/ato_n_39_2026_nomeacao_maria_clara.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10245/ato_n_38_2026_nomeacao_silvano.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10244/ato_n_37_2026_nomeacao_fabricio_bernardo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10243/ato_n_36_2026_exoneracao_silvano.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10242/ato_n_35_2026_exoneracao_fabricio_bernardo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10241/ato_n_34_2026_nomeacao_thaila.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10240/ato_n_33_2026_fg_contratos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10239/ato_n_32_2026_fg_rh.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10238/ato_n_31_2026_fg_contratos_revogacao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10237/ato_n_30_2026_alteracao_simbolo_emily.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10236/ato_n_29_2026_nomeacao_leandro.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10235/ato_n_28_2026_exoneracao_leandro.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10234/ato_n_27_2026_nomeacao_any.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10233/ato_n_26_2026_exoneracao_any.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10232/ato_n_25_2026_alteracao_simbolo_arianny.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10231/ato_n_24_2026_-_multas_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10230/ato_n_23_2026_-_sindicancia_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10229/ato_n_22_2026_-_nomeacao_maria_gabriela_1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10228/ato_n_21_2026_procuradoria_da_juventude_4.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10227/ato_n_20_2026_-_quinquenio_petronio_2.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10226/ato_n_19_2026_-_exoneracao_-_andrey_3.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10225/ato_n_18_2026_-_nomeacao_-_vitoria_3.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10224/ato_n_17_2026_-_nomeacao_paula.docx_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10223/ato_n_16_26_-_nomeacao_ludymille.docx_1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10222/ato_n_15_2026_-_nomeacao_-_leticia_2.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10221/ato_n_14_2026_exoneracao_elisangela_2.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10220/ato_n_13_2026_exoneracao_maria_julia.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10219/ato_n_12_2026_-_nomeacao_-_licya_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10218/ato_n_11_2026_exoneracao_licya.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10217/ato_n_10_2026_-_nomeacao_oscavo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10216/ato_n_09_2026_exoneracao_oscavo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10215/ato_n_08_2026_-_nomeacao_edineia.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10214/ato_n_07_2026_exoneracao_edineia.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10213/ato_n_06_2026_-_nomeacao_-_silvio_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10212/ato_n_05_2026_exoneracao_silvio.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10211/ato_n_04_2026_-_nomeacao_-_juliana_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10210/ato_n_03_2026_exoneracao_juliana.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2026/10209/ato_n_02_2026_-_nomeacao_-_antonio_1.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10207/ato_n_301_2025_ats_giselia.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10206/ato_n_300_2025_regulamento_sistema_de_registro_de_precos_1.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10205/ato_n_299_2025_nomeacao_edineia.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10204/ato_n_298_2025_escola_do_legislativo_1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10203/ato_n_297_2025_exoneracao_lorena_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10198/ato_n_296_2025_licenca_premio_fabio_2.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10197/ato_n_295_2025_exoneracao_amanda_1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10196/ato_n_294_2025_bens_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10195/ato_n_293_2025_nomeacao_hugo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10194/ato_n_292_2025_exoneracao_hugo_.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10193/ato_n_291_2025_nomeacao_jean_marcos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10192/ato_n_290_2025_comissao_cargos_extintos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10191/ato_n_289_2025_nomeacao_decio.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10190/ato_n_288_2025_nomeacao_jeferson.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10189/ato_n_287_2025_nomeacao_alex_julio.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10188/ato_n_286_2025_nomeacao_adan.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10187/ato_n_285_2025_exoneracao_daniel.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10186/ato_n_284_2025_atualizacao_sapl_e_tce.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10185/ato_n_283_2025_teletrabalho_novembro.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10139/ato_no_245_25_-_nomeacao_oscavo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10176/ato_no_282_2025_nomeacao_leonardo_1.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10175/ato_no_281_2025_exoneracao_leonardo__1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10174/ato_no_280_2025_nomeacao_adriana_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10173/ato_no_279_2025_exoneracao_adriana_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10172/ato_no_278_2025_nomeacao_mariana_gregorio_1.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10171/ato_no_277_2025_exoneracao_mariana_gregorio_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10170/ato_no_276_2025_exoneracao_silvia_juliana_2.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10169/ato_no_275_2025_alteracao_simbolo_maria_julia_paschoal__1.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10168/ato_no_274_2025_nomeacao_cecilia_rita_1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10167/ato_no_273_2025_exoneracao_cecilia_rita_1.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10166/ato_no_272_2025_nomeacao_valter_1.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10165/ato_no_271_2025_nomeacao_karen_1.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10164/ato_no_270_2025_adicional_petronio_2.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10163/ato_no_269_2025_adicional_anivaldo_1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10162/ato_no_268_2025_licenca_fabio_y_y_hayashida_1.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10161/ato_no_267_2025_comissao_concurso_1.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10160/ato_no_266_2025_progressao_fabio_y_y_hayashida_1.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10159/ato_no_265_2025_ats_neide__1.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10158/ato_no_264_2025_ats_fabio_y_y_hayashida_1.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10157/ato_no_263-2025_nomeacao_etervina.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10156/ato_no_262-2025_nomeacao_lorieferson.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10155/ato_no_261-2025_exoneracao_abner.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10154/ato_no_260_25_-_licenca_deco.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10153/ato_no_259_25_-_estacionamento_oficial.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10152/ato_no_258_25_-_nomeacao_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10151/ato_no_257_25_-_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10150/ato_no_256_25_-_nomeacao_-_abdon.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10149/ato_no_255_25_-_nomeacao_-_juliana_delben.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10148/ato_no_254_25_-_nomeacao_-_silvio_virmond.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10147/ato_no_253_25_-_nomeacao_-_antonio_braz.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10146/ato_no_252_25_-_nomeacao_-_licya.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10145/ato_no_251_25-_nomeacao_-_claudia_verona.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10144/ato_no_250_25_-_nomeacao_-_isabela_mendes.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10143/ato_no_249_25_-_nomeacao_-_anny.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10142/ato_no_248_25_-_nomeacao_arianny.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10141/ato_no_247_25_-_nomeacao_mariana.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10140/ato_no_246_25_-_nomeacao_ademir_andrade.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10138/ato_no_244_25_-_exoneracao_juliana_delben.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10184/ato_no_243_25_-_exoneracao_alexander.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10183/ato_no_242_-_prorroga_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10182/ato_no_241-2025_nomeacao_lorena.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10181/ato_no_240-2025_nomeacao_joao_c_morais.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10180/ato_no_239-2025_nomeacao_florisvaldo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10179/ato_no_238-2025_nomeacao_paola.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10178/ato_no_237-2025_nomeacao_diego_myamura.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10177/ato_no_236-2025_nomeacao_djovana.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10132/ato_no_235_-2025_licenca_leila.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10131/ato_no_234-2025_exoneracao_djovana.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10130/ato_no_233-2025_exoneracao_isadora.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10129/ato_no_232_-2025_adicional_wilson.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10128/ato_no_231_-2025_fg_petronio.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10127/ato_no_230_-2025_fg_rh_elaine.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10126/ato_no_229_-2025_exoneracao_lorena.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10125/ato_no_228_-2025_exoneracao_kennya.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10124/ato_no_227_-2025_exoneracao_alexandre.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10123/ato_no_226_25_-_exoneracao_ronaldo_dias.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10122/ato_no_225_25_-_exoneracao_luiz_claudio.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10121/ato_no_224_25_-_exoneracao_cleberson.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10120/ato_no_223_25_-_exoneracao_lorieferson.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10119/ato_no_222_25_-_exoneracao_etervina.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10118/ato_no_221_25_-_exoneracao_decio.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10117/ato_no_220_25_-_exoneracao_yuri_francis_barbosa.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10116/ato_no_219_25_-_exoneracao_jose_gabriel.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10115/ato_no_218_25_-_exoneracao_jose_augusto.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10114/ato_no_217_25_-_exoneracao_jair_duarte.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10113/ato_no_216_25_-_nomeacao_maria_julia.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10112/ato_no_215_25_-_maria_julia.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10111/ato_no_214_25_-_ilton.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10110/ato_no_213_25_-_nomeacao_ademir_fernandes.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10109/ato_no_212_25_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10108/ato_no_211_25_-_nomeacao_maria_antonia.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10107/ato_no_210_25_-_nomeacao_alexander.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10106/ato_209_25_regulamentador_estagio_revisado_completo.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10104/ato_no_208_25_ponto_gabinete.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10103/ato_no_207_25_raer.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10102/ato_no_206_25_frotas.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10100/ato_no_205-2025_banco_de_servicos.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10098/ato_no_204-2025_procedimento.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10097/ato_no_203-2025_sistema_processo.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10096/ato_no_202-2025_sos.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10095/ato_no_201-2025_custeio_despesas.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10094/ato_no_200-2025_comprasgiselia.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10093/ato_no_199-2025_alteracao_almox.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10092/ato_no_198-2025_regovacaorh.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10091/ato_no_197-2025_regovacaocompras.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10090/ato_no_196_25_-_nomeacao_luciane.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10072/ato_no_195_25_-_nomeacao_solon.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10071/ato_no_194-2025_exoneracao_esiquiel.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10064/ato_no_193-2025_frotas_e_portal.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10063/ato_no_192-2025_comissao_almoxarifado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10062/ato_no_191-2025_comissao_de_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10061/ato_no_190-2025_recomendacao_no_02_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10060/ato_no_189-2025_exoneracao_suellen.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10059/ato_188_2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10057/ato_no_187_25_-_contas-ajustado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10058/ato_186_nomeaca_djovana.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10056/ato_no_185_25_-_nomeacao_guilherme_feitoza.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10055/184_alt_nivel_jose_gabriel.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10054/183_alt_nivel_yuri.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10053/ato_no_182-2025_exoneracao_vitor.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10051/ato_no_181_25_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10048/ato_no_180_25_-_nomeacao_adriana_silva.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10049/179_alt._nivel_maria_julia.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10050/178_alt._nivel.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10045/ato_no_177_25_-_nomeacao_braynton.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10044/ato_no_176_25_-_exoneracao_braynton.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10046/175_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10043/174_25_-_nomeacao_antonio_borges.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10035/ato_no_173_25_-_alteracao_ccg_lucas.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10034/172_nomeacao_thaila.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10033/171_exoneracao_thaila.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10032/ato_170_-_substituicao_comissoes_permanentes_-_odarlone-1.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10031/ato_no_169_25_-_nomeacao_paulo_pesce.docx.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10030/ato_no_168_25_-_nomeacao_mariane_sanches.docx.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10028/ato_no_167_25_-_nomeacao_leonardo.docx.pdf_1.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10027/ato_no_166_25_-_nomeacao_julianadelben.docx.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10026/ato_no_165_25_-_nomeacao_alessandrof.docx.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10025/164_2025_nomeacao_ilton.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10024/163_2025_nomeacao_jose_augusto.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10023/162_2025_nomeacao_eduardo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10022/161_2025_nomeacao_roque.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10012/ato_no_160_25_-_materiais.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10011/ato_no_159_25_-_nomeacao_juliana_martins.docx.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10010/ato_no_158_25_-_exoneracao_reinaldo_zanon.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10009/157_2025_nomeacao_thaila.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10008/ato_no_156_25_-_nomeacao_alessandro_leal.docx.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10007/ato_no_155_25_-_exoneracao_alessandro_leal.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10006/ato_no_154_25_-_rescisao_mayara_coutinho.docx.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10005/ato_no_153_25_-_2o_secretario.docx.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10004/ato_no_152_25_-_vilas_boas.docx.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10003/ato_no_151_25_-_rescisao_dorival.docx.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10002/ato_no_150_25_-_nomeacao_lorena.docx.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10001/ato_no_149_25_-_alteracao_ccg_giorgia.docx.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/10000/ato_no_148_25_-_exoneracao_aluizio.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9999/ato_no_147_25_-_exoneracao_anselmo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9998/ato_no_146_25_-_exoneracao_alvino.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9994/ato_no_145_25_-_exoneracao_battu.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9993/ato_no_144_25_-_exoneracao_juliana.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9992/ato_no_143_25_-_exoneracao_shirley.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9991/142_exoneracao_helio.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9996/141_nomeacao_rafael.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9986/ato_no_140_25_-_deslocamento_de_bens.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9989/139_nomeacao_helio.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9988/138_exoneracao_helio.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9987/137_readequacao_isadora.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9985/ato_136_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9978/135_exonereacao_suzimeire.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9977/134_nomeacao_andrey.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9964/ato_133_25_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9963/ato_132_25_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9956/ato_131_-_nomeacao_decio_alves.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9955/ato_130_-_nomecao_vitor_izabel.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9954/129_ato_nomeacao_fabricio_-_sidnei.docx.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9953/128_ato_nomeacao_abner.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9952/127_ato_nomeacao_ana_paula.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9951/126_ato_nomeacao_dorival.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9950/125_ato_alteracao_batu.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9949/124_exon_dorival.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9940/123_2025_ats_leila.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9939/122_2025_ats_matheus.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9937/121_2025_nomeacao_elisangela.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9943/ato_no_120_25_-_horas.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9935/119_2025_nomeaccao_dorival.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9933/117_2025_nomeaccao_drielly.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9928/116_ato_divulgacao_carta_de_serv_ao_cidadao.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9927/ato_no_115_25_-_alteracao_fg_marcelo.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9926/ato_no_114_25_-_ats_marcelo.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9925/ato_no_113_25_-_exoneracao_marcos.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9924/ato_no_112_25_-_dialogo_competitivo.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9923/ato_no_111_25_-_modalidade_concurso.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9919/ato_no_110_25_-_grupo_de_estudo2.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9918/ato_no_109_25_-_nomeacaoamanda.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9917/ato_no_108_25_-_nomeacaoanajulia.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9916/ato_no_107_25_-_rogerio_almeida.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9912/ato_no_106_25_-_nomeaccaodenise.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9911/ato_no_105_25_-_rescisao_denise.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9910/ato_no_104_25_-_nomeacao_alexandre.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9909/ato_no_103_25_-_nomeacao_maria_julia.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9908/ato_no_102_25_-_alteracao_cc_isadora.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9903/ato_no_101_25_-_exoneracao_ketlyn.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9902/ato_no_100_25_-_grupo_de_estudo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9895/ato_no_99_25_-_procuradoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9890/ato_no_98_25_-_nomeacao_daime.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9888/ato_no_97_25_-_nomeacao_mbovetto.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9887/ato_no_96_25_-_exoneracao_veviane.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9876/ato_no_95_25_-_nomeacao_giorgia.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9875/ato_no_94_25_-_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9874/ato_no_93_25_-_nomeacao_jader.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9873/ato_no_92_25_-_nomeacao_ketllyn.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9871/ato_91-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9870/ato_90_2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9869/ato_89_2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9868/ato_88_2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9867/ato_87_2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9866/ato_86_2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9865/ato_85_2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9841/ato_84-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9840/ato_83-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9839/ato_82-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9838/ato_81-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9833/ato_80_2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9822/ato_79_2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9798/78_2025_nomeacao.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9797/77_2025_transferencia.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9796/76_2025_nomeacao.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9795/75_2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9794/74_2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9793/73_2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9791/ato_no_72_25_rescisao_hariana.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9790/ato_no_71_25_-fg.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9784/ato_70_2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9783/ato_69_2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9782/ato_68-2025_ats.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9781/ato_no_67_25_-_reintegracao_carol.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9780/ato_no_66_25_-_alteracao_ccg.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9779/ato_no_65_25_-_exoneracaoeder.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9778/ato_no_64_25_-nomeacoes_danylo4.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9777/ato_no_63_25_-nomeacoes_sidnei3.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9776/ato_no_62_25_-_nomeacoes_vilas3.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9775/ato_no_61_25_-tabela_de_vencimentos.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9774/ato_no_60_25_-_regulamento_de_estagio.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9773/ato_59-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9769/ato_no_58_25.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9765/ato_no_57_25_-_ponto_comissionado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9764/ato_56-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9763/ato_55-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9761/ato_54-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9762/ato_53-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9760/ato_52_2025_-_nomeacao.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9759/ato_51-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9758/ato_50-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9757/ato_no_49_25_-exoneracaoemanuelly.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9756/ato_no_48_25_-nomeacoes_tiago3.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9755/ato_no_47_25_-nomeacoes_danylo3.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9754/ato_no_46_25_-nomeacoes_vilas2.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9753/ato_no_45_25_-nomeacao_juliana_d.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9752/ato_no_44_25_-nomeacoes_sidnei2.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9751/ato_no_43_25_-nomeacoes_eliana3.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9750/ato_no_42_25_-nomeacoes_guilherme2.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9749/ato_no_41_25_-nomeacoes_guilherme.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9748/ato_no_40_25_-nomeacoes_danylo2.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9747/ato_no_39_25_-nomeacoes_eliana2.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9746/ato_no_38_25_-nomeacoes_adan2.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9745/ato_no__37_2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9741/ato_no_36_25_-nomeacao_hugo.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9740/ato_no_35_25_-nomeacoes_gentil_-_refiticacao.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9739/ato_no_34_25_-nomeacoes_tiago_-_2.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9738/ato_no_33_2025__fg_rafael.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9737/ato_no_32_2025__fg_fabio.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9736/ato_no_31_2025__fg_dubas.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9735/ato_no_30_2025__fg_leila.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9734/ato_no_29_2025__fg_anivaldo.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9733/ato_no_28_2025__fg_giselia.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9732/ato_no_27_25_-nomeacoes_tiago.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9731/ato_no_26_25_-nomeacoes_sidnei.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9730/ato_no_25_25_-nomeacoes_caldeira.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9729/ato_no_24_25_-nomeacoes_gentil.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9728/ato_no_23_25_-nomeacoes_eliana.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9727/ato_no_22_25_-nomeacoes_adan.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9726/ato_no_21_25_-nomeacoes_moises.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9725/ato_no_20_25_-nomeacoes_danylo.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9724/ato_no_19_25_-nomeacoes_vilas.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9723/ato_no_18_25.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9722/ato_no_17_25_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9710/ato_no_16_25.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9709/ato_no_15_25.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9708/ato_no_14_25.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9707/ato_no_13_25.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9706/ato_no_12_25.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9705/11_2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9704/10_2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9698/ato_no_09_25.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9697/ato_no_8_25.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9696/ato_no_7_25.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9695/ato_no_06.25.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9694/ato_no_05.25.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9693/ato_4-2025_nomeacao.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9692/ato_03-2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9691/ato_02-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2025/9690/ato_01-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9683/ato_93-2024.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9682/ato_92-2024.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9669/exoneracoes_dez_2024.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9681/ato_no_91_24_progressoes_elaine.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9680/ato_no_90_24_progressoes_giselia.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9651/ato_no_88_24_-designacao_jc_1.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9650/ato_no_87_24_-progressao_petronio.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9649/ato_no_86_24_-progressao_marcelo.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9648/ato_no_85_24_-nomeacao_juliana.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9647/ato_84_2024.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9639/ato_no_83_24_modelos_padronizados.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9638/ato_no_82_24_-nomeacao_alessandro.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9637/ato_no_81_24_-exoneracao_alessandro.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9635/ato_80_2024.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9636/ato_no_79_24_mpc.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9634/ato_no_78_24_-nomeacao_dulce.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9633/ato_no_77_24_-nomeacao_emerson.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9632/ato_no_76_24.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9631/ato_no_75_24.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9630/ato_no_74_24.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9609/ato_no_73_24_-progressao.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9608/ato_no_72_24_ats.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9607/ato_no_71_24_-nomeacao.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9606/ato_no_70_24_-exoneracao.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9605/ato_no_69_24_-nomeacao_caroline.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9603/68-2024.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9582/67-24.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9581/66-24.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9580/ato_65-24.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9579/ato_64.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9578/ato_63.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9577/ato_62.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9576/ato_61_24.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9575/ato_60-24.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9574/ato_59_24.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9573/ato_no_58_24.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9572/ato_no_57_24_exoneracao_luiz_pereira.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9571/ato_56-24.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9554/ato_no_55_24_nomeacao.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9553/ato_no_54_24.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9552/ato_no_53_24_-progressao_matheus.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9551/ato_no_52_24_-progressao_leila.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9527/ato_da_presidencia_51_24.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9526/ato_no_50_24_nomeacao_antonio_pedro.doc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9525/ato_49_24.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9524/ato_48_24.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9523/ato_47_24.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9522/ato_46_24.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9521/ato_45_24.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9520/ato_44_2024.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9519/ato_43_2024.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9513/ato_42_bruna.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9512/ato_no_41_controle_telma.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9511/ato_no_40_ats_jose_marcelo.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9510/ato_no_39_procuradora_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9507/ato_38_2024.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9504/ato_37_24.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9503/ato_da_presidencia_36-2024.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9502/ato_da_presidencia_35-2024.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9479/ato_34-2024.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9477/ato_no_33-24.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9460/ato_32_24.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9449/ato_no_31_24_ajuste.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9448/ato_no_30_24_-_sim-am.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9447/ato_no_29_24_-_comissao_de_patrimonio_jessica.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9446/ato_no_28_24_ajuste_leila.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9445/ato_no_27_24_limpeza.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9444/ato_no_26_24_-_comissao_de_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9443/ato_no_25_24_adicionais.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9442/ato_no_24_24_copa.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9441/ato_23_24_pregoeiro.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9440/ato_no_22_24_adicionais.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9439/ato_no_21_24_rh.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9438/ato_no_20_24_comissoes.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9437/ato_no_19_24_tecnica.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9436/ato_no_18_24_recepcao.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9435/ato_no_17_24_controle.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9434/ato_16_24.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9432/ato_no_15_24.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9431/ato_no_14_24.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9430/ato_13_24.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9425/ato_12_24.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9421/ato_11_2024.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9420/ato_no_10_24.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9419/ato_no_9_24.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9418/ato_no_8_24.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9417/ato_07_24.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9416/ato_06_24.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9415/ato_05_24.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9414/ato_04_24.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9413/ato_03_24.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9412/ato_no_2_24.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2024/9411/ato_1_24.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9376/ato_no_132_23.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9375/ato_no_131_23.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9374/ato_no_130_23.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9373/ato_no_129_23.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9372/ato_no_128_23_terceirizacao.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9371/ato_no_127_23_ato_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9370/ato_no_126_23.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9369/ato_no_125_23.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9340/ato_no_124_23_reequilibrio.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9339/ato_no_123_23.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9338/ato_no_122_23.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9337/ato_no_121_23.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9336/ato_no_120_23.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9284/119_23.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9283/118_23.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9282/ato_no_117_23.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9270/ato_no_116_23.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9232/ato_no_115_23.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9216/ato_no_114_23.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9213/ato_no_113_23.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9212/ato_no_112_23.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9211/ato_no_111_23.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9210/ato_no_110_23.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9209/ato-pre-109-23.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9208/ato-pre-108-23.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9207/ato-pre-107-23.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9198/ato_no_106_23.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9194/ato_no_105_23.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9193/ato_no_104_23.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9190/ato_no_103_23.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9180/ato_no_102_23.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9179/ato_no_101_23.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9178/ato_no_100_23.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9177/ato_no_99_23.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9172/ato_no_98_23.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9170/ato_no_97_23_nomeacao_joao.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9169/ato_no_96_-_nomeacao_roque.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9168/ato_no_95_-_estabilidade__matheus.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9167/ato_no_94_-_estabilidade__leila.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9163/ato_no_93.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9162/ato_no_92.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9161/ato_no_91.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9160/ato_no_90.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9159/ato_no_89.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9157/ato_88_23.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9156/ato_87_23.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9154/ato_86_23.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9155/ato_85_23.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9152/ato_no_84_2023.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9151/ato_no_83_23.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9108/ato82_23.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9107/ato81_23.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9011/ato_no_80_23.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9010/ato_no_79_23.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9009/ato_no_78_23.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9008/ato_no_77_23.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9007/ato_no_76_23.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9006/ato_no_75_23.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9002/ato_74.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9001/ato_73.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/9000/ato_72.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8974/ato_no_71_23.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8973/ato_no_70_23.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8972/ato_no_69_23.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8971/ato_no_68_23.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8970/ato_no_67_23.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8969/ato_no_66_23.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8968/ato_no_65_23.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8967/ato_no_64_23.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8965/ato_no_63_23.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8964/ato_no_62_23.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8963/ato_no_61_23.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8962/ato_no_60_23.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8961/ato_no_59_23.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8960/ato_no_58_23.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8959/ato_no_57_23.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8958/ato_no_56_23.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8957/ato_no_55_23.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8955/ato_no_54_23.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8954/ato_no_53_23.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8953/ato_no_52_23.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8952/ato_no_51_23.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8950/ato_no_50_23.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8949/ato_no_49_23.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8948/ato_no_48_23.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8937/ato_no_47_23.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8935/ato_no_46_23.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8931/ato_no_45_23.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8930/ato_no_44_23.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8925/ato_no_43_23.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8924/ato_no_42_23.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8923/ato_no_41_23.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8922/ato_no_40_23.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8921/ato_no_39_23.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8920/ato_no_38_23.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8919/ato_no_37_23.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8918/ato_no_36_23.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8917/ato_no_35_23.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8916/ato_no_34_23.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8915/ato_no_33_23_errata.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8914/ato_no_32_23.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8913/ato_no_31_23.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8912/ato_no_30_23.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8911/ato_no_29_23.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8910/ato_no_28_23.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8909/ato_no_27_23.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8908/ato_no_26_23.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8907/ato_no_25_23.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8906/ato_no_24_23.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8905/ato_no_23_23.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8904/ato_no_22_23.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8903/ato_no_21_23.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8902/ato_no_20_23.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8901/ato_no_19.23.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8900/ato_no_18.23.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8899/ato_no_17.23.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8898/ato_no_16.23.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8897/ato_no_15.23.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8896/ato_no_14.23.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8895/ato_no_13.23.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8894/ato_no_12.23.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8893/ato_no_11.23.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8892/ato_no_10.23.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8891/ato_no_09.23.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8890/ato_no_08.23.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8889/ato_no_07.23.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8888/ato_no_06.23.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8887/ato_no_05.23.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8886/ato_no_04.23.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8885/ato_no_03.23.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8884/ato_no_02.23.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2023/8883/ato_no_01.23.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8862/44_22.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8861/43_22.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8860/42_22.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8850/41_22.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8849/40_22.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8848/39_22.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8847/38_22.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8846/37_22.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8845/36_22.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8834/carta_de_servicos_ao_cidadao_-_camara_municipal_de_apucarana.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8837/34_22.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8836/33_22.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8835/32_22.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8829/31_22.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8828/30_22.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8827/29_22.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8826/28_22.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8811/26_22.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8810/25_22.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8809/24_22.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8808/23_22.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8807/22_22.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8806/21_22.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8805/20_22.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8804/19_22.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8803/18_22.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8802/17_22.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8777/16_22.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8768/15_22.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8767/14_22.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8766/13_22.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8765/12_22.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8764/11_22.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8763/10_22.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8762/09_22.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8723/08_22.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8720/07_22.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8719/06_22.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8718/05_22.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8709/04_22_errata.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8708/03_22_errata.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8707/02_22.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2022/8706/01_22.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8704/44_21.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8592/43_21.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8591/42_21_publicidade_diferida_2.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8590/41_21_publicidade_diferida_2.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8589/40_21_publicidade_diferida.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8556/39_21.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8555/38_21.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8521/37_21.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8505/36_21.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8504/35_21.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8503/34_21.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8502/33_21.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8478/32_21.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8477/31_21.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8475/29_21.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8476/30_21.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8474/28_21.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8432/27_21.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8431/26_21.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8430/25_21.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8429/24_21.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8428/23_21.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8427/22_21.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8426/21_21.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8425/20_21.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8424/19_21.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8423/18_21.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8422/17_21.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8421/16_21.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8420/15_21.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8419/14_21.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8388/13_21.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8387/12_21.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8386/11_21.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8385/10_21.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8384/09_21.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8383/08_21.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8382/07_21.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8378/06_21.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8377/05_21.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8376/04_21.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8371/02_21.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8375/03_21_errata.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2021/8370/01_21.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8355/57_2020.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8354/56_2020.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8353/55_2020.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8352/54_2020.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8351/53_2020.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8340/52_2020.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8339/51_2020.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8337/49_2020.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8338/50_2020.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8336/48_2020.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8335/47_2020.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8334/46_2020.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8311/45_2020.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8296/44_2020.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8295/43_2020.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8291/42_2020.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8290/41_2020.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8289/40_2020.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8288/39_2020.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8287/38_2020.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8286/37_2020.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8285/36_2020.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8284/35_2020_portal.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8283/34_2020.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8246/33_2020.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8245/32_2020.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8244/31_2020.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8235/30_2020.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8234/29_2020.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8243/28_2020.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8242/27_2020.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8241/26_2020.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8240/25_2020.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8239/24_2020.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8238/23_2020.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8237/22_2020.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8207/21_2020.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8206/20_2020.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8213/19_2020.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8212/18_2020.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8211/17_2020.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8202/16_2020.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8201/15_2020.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8200/14_2020.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8199/13_2020.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8198/12_2020.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8197/11_2020.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8140/10_2020.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8139/09_2020.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8138/08_2020.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8137/07_2020.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8136/06_2020.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8135/05_2020.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8134/04_2020.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8133/03_2020.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8131/02_2020.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2020/8130/01_2020.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8129/ato93_19.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8128/ato92_19.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8052/ato91_19.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8051/ato90_19.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8050/ato89_19.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8049/ato88_19.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8048/ato87_19com_justificativa_de_republicacao_de_2020.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8047/ato86_19.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8046/ato85_19.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8045/ato84_19.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8044/ato83_19.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8032/ato82_19.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8031/ato81_19.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8030/ato80_19.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8020/ato79_19.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8018/ato78_19.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8017/ato77_19.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8016/ato76_19.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8015/ato75_19.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8014/ato74_19.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8001/ato73_19.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/8000/ato72_19.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7999/ato71_19.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7998/ato70_19.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7997/ato69_19.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7981/ato68_19.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7980/ato67_19.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7979/ato66_19.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7978/ato65_19.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7977/ato64_19.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7976/ato63_19.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7975/ato62_19.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7974/ato61_19.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7973/ato60_19.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7972/ato59_19.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7971/ato58_19.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7970/ato57_19.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7969/ato56_19.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7959/ato55_19.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7941/ato54_19.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7940/ato53_19.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7939/ato52_19.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7933/ato51_19.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7932/ato50_19.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7931/ato49_19.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7918/ato48_19.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7917/ato47_19.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7916/ato46_19.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7915/ato45_19.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7905/ato44_19.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7904/ato43_19.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7903/ato42_19.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7902/ato41_19.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7901/ato40_19.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7899/ato39_19.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7898/ato38_19.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7897/ato37_19_errata.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7896/ato36_19.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7895/ato35_19.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7894/ato34_19.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7893/ato33_19.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7892/ato32_19.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7891/ato31_19.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7858/ato30_19.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7857/ato29_19.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7856/ato28_19.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7855/ato27_19.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7854/ato26_19.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7846/ato25_19.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7845/ato24_19.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7844/ato23_19.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7837/ato22_19.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7836/ato21_19.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7835/ato20_19.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7834/ato19_19.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7833/ato18_19.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7832/ato17_19.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7831/ato16_19.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7830/ato15_19.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7829/ato14_19.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7812/ato13_19.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7811/ato12_19.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7810/ato11_19.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7809/ato10_19.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7808/ato09_19.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7800/ato08_19.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7799/ato07_19.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7798/ato06_19.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7797/ato05_19.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7796/ato04_19.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7795/ato03_19.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7794/ato02_19.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2019/7793/ato01_19.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2018/9962/ato_49_2018.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2018/7765/ato48_18.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7728/7728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7727/7727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7726/7726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7725/7725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2018/9961/ato_43_2018.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2018/7764/ato42_18.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2018/7763/ato41_18.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2018/7762/ato40_18.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7699/7699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7698/7698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7666/7666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7665/7665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7664/7664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7655/7655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7654/7654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7653/7653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7652/7652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7651/7651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7639/7639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7638/7638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7637/7637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/normajuridica/2018/9960/ato_26_2018.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7622/7622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7621/7621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7603/7603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7602/7602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7614/7614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7601/7601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7600/7600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7599/7599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7598/7598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7597/7597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7587/7587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7586/7586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7585/7585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7584/7584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7583/7583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7582/7582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7568/7568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7581/7581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7580/7580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7551/7551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7550/7550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7549/7549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7548/7548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7547/7547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2018/7546/7546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7498/7498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7497/7497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7494/7494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7496/7496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7495/7495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7397/7397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7396/7396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7395/7395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7394/7394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7384/7384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7383/7383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7367/7367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7366/7366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7365/7365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7364/7364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7363/7363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7362/7362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7361/7361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7360/7360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7359/7359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7358/7358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7357/7357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7356/7356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7355/7355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7350/7350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7354/7354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7349/7349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7348/7348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7353/7353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7347/7347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7346/7346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7345/7345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7344/7344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7343/7343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7306/7306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7305/7305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7304/7304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7298/7298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7297/7297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7296/7296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7295/7295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7294/7294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7293/7293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7292/7292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7291/7291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7264/7264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7263/7263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7257/7257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7256/7256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7255/7255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7254/7254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7253/7253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7252/7252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7251/7251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7250/7250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7249/7249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7248/7248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7247/7247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7246/7246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7245/7245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7244/7244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7243/7243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7242/7242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7241/7241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7240/7240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7239/7239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7238/7238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7237/7237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7236/7236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7235/7235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7234/7234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7233/7233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7232/7232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7231/7231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7230/7230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7229/7229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7228/7228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/normajuridica/2017/7227/7227_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G887"/>
+  <dimension ref="A1:G941"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="132.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -10464,19305 +10965,20547 @@
       </c>
       <c r="F49" s="1" t="s">
         <v>200</v>
       </c>
       <c r="G49" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>202</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
         <v>203</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="G50" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
+        <v>205</v>
+      </c>
+      <c r="B51" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="C51" t="s">
         <v>207</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>208</v>
       </c>
       <c r="G51" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>210</v>
       </c>
       <c r="B52" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C52" t="s">
         <v>211</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>212</v>
       </c>
       <c r="G52" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>214</v>
       </c>
       <c r="B53" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C53" t="s">
         <v>215</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>216</v>
       </c>
       <c r="G53" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>218</v>
       </c>
       <c r="B54" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C54" t="s">
         <v>219</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>220</v>
       </c>
       <c r="G54" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>222</v>
       </c>
       <c r="B55" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C55" t="s">
         <v>223</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G55" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>226</v>
       </c>
       <c r="B56" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C56" t="s">
         <v>227</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>228</v>
       </c>
       <c r="G56" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>230</v>
       </c>
       <c r="B57" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C57" t="s">
         <v>231</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>232</v>
       </c>
       <c r="G57" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>234</v>
       </c>
       <c r="B58" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C58" t="s">
         <v>235</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>236</v>
       </c>
       <c r="G58" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>238</v>
       </c>
       <c r="B59" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C59" t="s">
         <v>239</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>240</v>
       </c>
       <c r="G59" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>242</v>
       </c>
       <c r="B60" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C60" t="s">
         <v>243</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>244</v>
       </c>
       <c r="G60" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>246</v>
       </c>
       <c r="B61" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C61" t="s">
         <v>247</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>248</v>
       </c>
       <c r="G61" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>250</v>
       </c>
       <c r="B62" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C62" t="s">
         <v>251</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>252</v>
       </c>
       <c r="G62" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>254</v>
       </c>
       <c r="B63" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C63" t="s">
         <v>255</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>256</v>
       </c>
       <c r="G63" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>258</v>
       </c>
       <c r="B64" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C64" t="s">
         <v>259</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>260</v>
       </c>
       <c r="G64" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>262</v>
       </c>
       <c r="B65" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C65" t="s">
         <v>263</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>264</v>
       </c>
       <c r="G65" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>266</v>
       </c>
       <c r="B66" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C66" t="s">
         <v>267</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>268</v>
       </c>
       <c r="G66" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>270</v>
       </c>
       <c r="B67" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C67" t="s">
         <v>271</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>272</v>
       </c>
       <c r="G67" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>274</v>
       </c>
       <c r="B68" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C68" t="s">
         <v>275</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>276</v>
       </c>
       <c r="G68" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>278</v>
       </c>
       <c r="B69" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C69" t="s">
         <v>279</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>280</v>
       </c>
       <c r="G69" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>282</v>
       </c>
       <c r="B70" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C70" t="s">
         <v>283</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>284</v>
       </c>
       <c r="G70" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>286</v>
       </c>
       <c r="B71" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C71" t="s">
         <v>287</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>288</v>
       </c>
       <c r="G71" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>290</v>
       </c>
       <c r="B72" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C72" t="s">
         <v>291</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>292</v>
       </c>
       <c r="G72" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>294</v>
       </c>
       <c r="B73" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C73" t="s">
         <v>295</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>296</v>
       </c>
       <c r="G73" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>298</v>
       </c>
       <c r="B74" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C74" t="s">
         <v>299</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>300</v>
       </c>
       <c r="G74" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>302</v>
       </c>
       <c r="B75" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C75" t="s">
         <v>303</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>304</v>
       </c>
       <c r="G75" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>306</v>
       </c>
       <c r="B76" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C76" t="s">
         <v>307</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>308</v>
       </c>
       <c r="G76" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>310</v>
       </c>
       <c r="B77" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C77" t="s">
         <v>311</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>312</v>
       </c>
       <c r="G77" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>314</v>
       </c>
       <c r="B78" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C78" t="s">
         <v>315</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>316</v>
       </c>
       <c r="G78" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>318</v>
       </c>
       <c r="B79" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C79" t="s">
         <v>319</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>320</v>
       </c>
       <c r="G79" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>322</v>
       </c>
       <c r="B80" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C80" t="s">
         <v>323</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>324</v>
       </c>
       <c r="G80" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>326</v>
       </c>
       <c r="B81" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C81" t="s">
         <v>327</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>328</v>
       </c>
       <c r="G81" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>330</v>
       </c>
       <c r="B82" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C82" t="s">
         <v>331</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>332</v>
       </c>
       <c r="G82" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>334</v>
       </c>
       <c r="B83" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C83" t="s">
         <v>335</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>336</v>
       </c>
       <c r="G83" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>338</v>
       </c>
       <c r="B84" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C84" t="s">
         <v>339</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>340</v>
       </c>
       <c r="G84" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>342</v>
       </c>
       <c r="B85" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C85" t="s">
         <v>343</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>344</v>
       </c>
       <c r="G85" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>346</v>
       </c>
       <c r="B86" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C86" t="s">
         <v>347</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>348</v>
       </c>
       <c r="G86" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
         <v>350</v>
       </c>
       <c r="B87" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C87" t="s">
         <v>351</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G87" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
         <v>354</v>
       </c>
       <c r="B88" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C88" t="s">
         <v>355</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>356</v>
       </c>
       <c r="G88" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>358</v>
       </c>
       <c r="B89" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C89" t="s">
         <v>359</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>360</v>
       </c>
       <c r="G89" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>362</v>
       </c>
       <c r="B90" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C90" t="s">
         <v>363</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>364</v>
       </c>
       <c r="G90" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>366</v>
       </c>
       <c r="B91" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C91" t="s">
         <v>367</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>368</v>
       </c>
       <c r="G91" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>370</v>
       </c>
       <c r="B92" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C92" t="s">
         <v>371</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>372</v>
       </c>
       <c r="G92" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>374</v>
       </c>
       <c r="B93" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C93" t="s">
         <v>375</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>376</v>
       </c>
       <c r="G93" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>378</v>
       </c>
       <c r="B94" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C94" t="s">
         <v>379</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>380</v>
       </c>
       <c r="G94" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>382</v>
       </c>
       <c r="B95" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C95" t="s">
         <v>383</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>384</v>
       </c>
       <c r="G95" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>386</v>
       </c>
       <c r="B96" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C96" t="s">
         <v>387</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>388</v>
       </c>
       <c r="G96" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>390</v>
       </c>
       <c r="B97" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C97" t="s">
         <v>391</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>392</v>
       </c>
       <c r="G97" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>394</v>
       </c>
       <c r="B98" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C98" t="s">
         <v>395</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>396</v>
       </c>
       <c r="G98" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>398</v>
       </c>
       <c r="B99" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C99" t="s">
         <v>399</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>400</v>
       </c>
       <c r="G99" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>402</v>
       </c>
       <c r="B100" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C100" t="s">
         <v>403</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>404</v>
       </c>
       <c r="G100" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>406</v>
       </c>
       <c r="B101" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C101" t="s">
         <v>407</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>408</v>
       </c>
       <c r="G101" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>410</v>
       </c>
       <c r="B102" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C102" t="s">
         <v>411</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>412</v>
       </c>
       <c r="G102" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>414</v>
       </c>
       <c r="B103" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C103" t="s">
         <v>415</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>416</v>
       </c>
       <c r="G103" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>418</v>
       </c>
       <c r="B104" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C104" t="s">
         <v>419</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>420</v>
       </c>
       <c r="G104" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>422</v>
       </c>
       <c r="B105" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C105" t="s">
         <v>423</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
         <v>11</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>424</v>
       </c>
       <c r="G105" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>426</v>
       </c>
       <c r="B106" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C106" t="s">
         <v>427</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>428</v>
       </c>
       <c r="G106" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>430</v>
       </c>
       <c r="B107" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C107" t="s">
         <v>431</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>432</v>
       </c>
       <c r="G107" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>434</v>
       </c>
       <c r="B108" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C108" t="s">
         <v>435</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>436</v>
       </c>
       <c r="G108" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>438</v>
       </c>
       <c r="B109" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C109" t="s">
         <v>439</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>440</v>
       </c>
       <c r="G109" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>442</v>
       </c>
       <c r="B110" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C110" t="s">
         <v>443</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>444</v>
       </c>
       <c r="G110" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>446</v>
       </c>
       <c r="B111" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C111" t="s">
         <v>447</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>448</v>
       </c>
       <c r="G111" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>450</v>
       </c>
       <c r="B112" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C112" t="s">
         <v>451</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>452</v>
       </c>
       <c r="G112" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
         <v>454</v>
       </c>
       <c r="B113" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C113" t="s">
         <v>455</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>456</v>
       </c>
       <c r="G113" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>458</v>
       </c>
       <c r="B114" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C114" t="s">
         <v>459</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>460</v>
       </c>
       <c r="G114" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>462</v>
       </c>
       <c r="B115" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C115" t="s">
         <v>463</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>464</v>
       </c>
       <c r="G115" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>466</v>
       </c>
       <c r="B116" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C116" t="s">
         <v>467</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>468</v>
       </c>
       <c r="G116" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>470</v>
       </c>
       <c r="B117" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C117" t="s">
         <v>471</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>472</v>
       </c>
       <c r="G117" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>474</v>
       </c>
       <c r="B118" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C118" t="s">
         <v>475</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>476</v>
       </c>
       <c r="G118" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
         <v>478</v>
       </c>
       <c r="B119" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C119" t="s">
         <v>479</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>480</v>
       </c>
       <c r="G119" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
         <v>482</v>
       </c>
       <c r="B120" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C120" t="s">
         <v>483</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>484</v>
       </c>
       <c r="G120" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
         <v>486</v>
       </c>
       <c r="B121" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C121" t="s">
         <v>487</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>488</v>
       </c>
       <c r="G121" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
         <v>490</v>
       </c>
       <c r="B122" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C122" t="s">
         <v>491</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>492</v>
       </c>
       <c r="G122" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
         <v>494</v>
       </c>
       <c r="B123" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C123" t="s">
         <v>495</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>496</v>
       </c>
       <c r="G123" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
         <v>498</v>
       </c>
       <c r="B124" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C124" t="s">
         <v>499</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>500</v>
       </c>
       <c r="G124" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
         <v>502</v>
       </c>
       <c r="B125" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C125" t="s">
         <v>503</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>504</v>
       </c>
       <c r="G125" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
         <v>506</v>
       </c>
       <c r="B126" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C126" t="s">
         <v>507</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>508</v>
       </c>
       <c r="G126" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
         <v>510</v>
       </c>
       <c r="B127" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C127" t="s">
         <v>511</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>512</v>
       </c>
       <c r="G127" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
         <v>514</v>
       </c>
       <c r="B128" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C128" t="s">
         <v>515</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>516</v>
       </c>
       <c r="G128" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>518</v>
       </c>
       <c r="B129" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C129" t="s">
         <v>519</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>520</v>
       </c>
       <c r="G129" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
         <v>522</v>
       </c>
       <c r="B130" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C130" t="s">
         <v>523</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>524</v>
       </c>
       <c r="G130" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
         <v>526</v>
       </c>
       <c r="B131" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C131" t="s">
         <v>527</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>528</v>
       </c>
       <c r="G131" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>530</v>
       </c>
       <c r="B132" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C132" t="s">
         <v>531</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>532</v>
       </c>
       <c r="G132" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
         <v>534</v>
       </c>
       <c r="B133" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C133" t="s">
         <v>535</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>536</v>
       </c>
       <c r="G133" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>538</v>
       </c>
       <c r="B134" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C134" t="s">
         <v>539</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>540</v>
       </c>
       <c r="G134" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
         <v>542</v>
       </c>
       <c r="B135" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C135" t="s">
         <v>543</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>544</v>
       </c>
       <c r="G135" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>546</v>
       </c>
       <c r="B136" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C136" t="s">
         <v>547</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
         <v>11</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>548</v>
       </c>
       <c r="G136" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
         <v>550</v>
       </c>
       <c r="B137" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C137" t="s">
         <v>551</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
         <v>11</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>552</v>
       </c>
       <c r="G137" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
         <v>554</v>
       </c>
       <c r="B138" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C138" t="s">
         <v>555</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
         <v>11</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>556</v>
       </c>
       <c r="G138" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
         <v>558</v>
       </c>
       <c r="B139" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C139" t="s">
         <v>559</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>560</v>
       </c>
       <c r="G139" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>562</v>
       </c>
       <c r="B140" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C140" t="s">
         <v>563</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>564</v>
       </c>
       <c r="G140" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>566</v>
       </c>
       <c r="B141" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C141" t="s">
         <v>567</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>568</v>
       </c>
       <c r="G141" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
         <v>570</v>
       </c>
       <c r="B142" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C142" t="s">
         <v>571</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>572</v>
       </c>
       <c r="G142" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
         <v>574</v>
       </c>
       <c r="B143" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C143" t="s">
         <v>575</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
         <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>576</v>
       </c>
       <c r="G143" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
         <v>578</v>
       </c>
       <c r="B144" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C144" t="s">
         <v>579</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
         <v>11</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>580</v>
       </c>
       <c r="G144" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>582</v>
       </c>
       <c r="B145" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C145" t="s">
         <v>583</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>584</v>
       </c>
       <c r="G145" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
         <v>586</v>
       </c>
       <c r="B146" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C146" t="s">
         <v>587</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>11</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>588</v>
       </c>
       <c r="G146" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
         <v>590</v>
       </c>
       <c r="B147" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C147" t="s">
         <v>591</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>592</v>
       </c>
       <c r="G147" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
         <v>594</v>
       </c>
       <c r="B148" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C148" t="s">
         <v>595</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>596</v>
       </c>
       <c r="G148" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
         <v>598</v>
       </c>
       <c r="B149" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C149" t="s">
         <v>599</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
         <v>11</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>600</v>
       </c>
       <c r="G149" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
         <v>602</v>
       </c>
       <c r="B150" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C150" t="s">
         <v>603</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
         <v>11</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>604</v>
       </c>
       <c r="G150" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
         <v>606</v>
       </c>
       <c r="B151" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C151" t="s">
         <v>607</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>608</v>
       </c>
       <c r="G151" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
         <v>610</v>
       </c>
       <c r="B152" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C152" t="s">
         <v>611</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>612</v>
       </c>
       <c r="G152" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
         <v>614</v>
       </c>
       <c r="B153" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C153" t="s">
         <v>615</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>616</v>
       </c>
       <c r="G153" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
         <v>618</v>
       </c>
       <c r="B154" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C154" t="s">
         <v>619</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>620</v>
       </c>
       <c r="G154" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
         <v>622</v>
       </c>
       <c r="B155" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C155" t="s">
         <v>623</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
         <v>11</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>624</v>
       </c>
       <c r="G155" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
         <v>626</v>
       </c>
       <c r="B156" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C156" t="s">
         <v>627</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
         <v>11</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>628</v>
       </c>
       <c r="G156" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
         <v>630</v>
       </c>
       <c r="B157" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C157" t="s">
         <v>631</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>11</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>632</v>
       </c>
       <c r="G157" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
         <v>634</v>
       </c>
       <c r="B158" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C158" t="s">
         <v>635</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
         <v>11</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>636</v>
       </c>
       <c r="G158" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>638</v>
       </c>
       <c r="B159" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C159" t="s">
         <v>639</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>640</v>
       </c>
       <c r="G159" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
         <v>642</v>
       </c>
       <c r="B160" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C160" t="s">
         <v>643</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
         <v>11</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>644</v>
       </c>
       <c r="G160" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
         <v>646</v>
       </c>
       <c r="B161" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C161" t="s">
         <v>647</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>648</v>
       </c>
       <c r="G161" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
         <v>650</v>
       </c>
       <c r="B162" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C162" t="s">
         <v>651</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
         <v>11</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>652</v>
       </c>
       <c r="G162" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
         <v>654</v>
       </c>
       <c r="B163" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C163" t="s">
         <v>655</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
         <v>11</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>656</v>
       </c>
       <c r="G163" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
         <v>658</v>
       </c>
       <c r="B164" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C164" t="s">
         <v>659</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
         <v>11</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>660</v>
       </c>
       <c r="G164" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
         <v>662</v>
       </c>
       <c r="B165" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C165" t="s">
         <v>663</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
         <v>11</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>664</v>
       </c>
       <c r="G165" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
         <v>666</v>
       </c>
       <c r="B166" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C166" t="s">
         <v>667</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>668</v>
       </c>
       <c r="G166" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
         <v>670</v>
       </c>
       <c r="B167" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C167" t="s">
         <v>671</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
         <v>11</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>672</v>
       </c>
       <c r="G167" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
         <v>674</v>
       </c>
       <c r="B168" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C168" t="s">
         <v>675</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
         <v>11</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>676</v>
       </c>
       <c r="G168" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
         <v>678</v>
       </c>
       <c r="B169" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C169" t="s">
         <v>679</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
         <v>11</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>680</v>
       </c>
       <c r="G169" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
         <v>682</v>
       </c>
       <c r="B170" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C170" t="s">
         <v>683</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
         <v>11</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>684</v>
       </c>
       <c r="G170" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
         <v>686</v>
       </c>
       <c r="B171" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C171" t="s">
         <v>687</v>
       </c>
       <c r="D171" t="s">
         <v>10</v>
       </c>
       <c r="E171" t="s">
         <v>11</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>688</v>
       </c>
       <c r="G171" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
         <v>690</v>
       </c>
       <c r="B172" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C172" t="s">
         <v>691</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172" t="s">
         <v>11</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>692</v>
       </c>
       <c r="G172" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
         <v>694</v>
       </c>
       <c r="B173" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C173" t="s">
         <v>695</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
         <v>11</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>696</v>
       </c>
       <c r="G173" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
         <v>698</v>
       </c>
       <c r="B174" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C174" t="s">
         <v>699</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
         <v>11</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>700</v>
       </c>
       <c r="G174" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
         <v>702</v>
       </c>
       <c r="B175" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C175" t="s">
         <v>703</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>11</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>704</v>
       </c>
       <c r="G175" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
         <v>706</v>
       </c>
       <c r="B176" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C176" t="s">
         <v>707</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
         <v>11</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>708</v>
       </c>
       <c r="G176" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
         <v>710</v>
       </c>
       <c r="B177" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C177" t="s">
         <v>711</v>
       </c>
       <c r="D177" t="s">
         <v>10</v>
       </c>
       <c r="E177" t="s">
         <v>11</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>712</v>
       </c>
       <c r="G177" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
         <v>714</v>
       </c>
       <c r="B178" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C178" t="s">
         <v>715</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
         <v>11</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>716</v>
       </c>
       <c r="G178" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
         <v>718</v>
       </c>
       <c r="B179" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C179" t="s">
         <v>719</v>
       </c>
       <c r="D179" t="s">
         <v>10</v>
       </c>
       <c r="E179" t="s">
         <v>11</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>720</v>
       </c>
       <c r="G179" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
         <v>722</v>
       </c>
       <c r="B180" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C180" t="s">
         <v>723</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
         <v>11</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>724</v>
       </c>
       <c r="G180" t="s">
         <v>725</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
         <v>726</v>
       </c>
       <c r="B181" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C181" t="s">
         <v>727</v>
       </c>
       <c r="D181" t="s">
         <v>10</v>
       </c>
       <c r="E181" t="s">
         <v>11</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>728</v>
       </c>
       <c r="G181" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
         <v>730</v>
       </c>
       <c r="B182" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C182" t="s">
         <v>731</v>
       </c>
       <c r="D182" t="s">
         <v>10</v>
       </c>
       <c r="E182" t="s">
         <v>11</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>732</v>
       </c>
       <c r="G182" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
         <v>734</v>
       </c>
       <c r="B183" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C183" t="s">
         <v>735</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
         <v>11</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>736</v>
       </c>
       <c r="G183" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
         <v>738</v>
       </c>
       <c r="B184" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C184" t="s">
         <v>739</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184" t="s">
         <v>11</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>740</v>
       </c>
       <c r="G184" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
         <v>742</v>
       </c>
       <c r="B185" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C185" t="s">
         <v>743</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
         <v>11</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>744</v>
       </c>
       <c r="G185" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
         <v>746</v>
       </c>
       <c r="B186" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C186" t="s">
         <v>747</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
         <v>11</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>748</v>
       </c>
       <c r="G186" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
         <v>750</v>
       </c>
       <c r="B187" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C187" t="s">
         <v>751</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
         <v>11</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>752</v>
       </c>
       <c r="G187" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
         <v>754</v>
       </c>
       <c r="B188" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C188" t="s">
         <v>755</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
         <v>11</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>756</v>
       </c>
       <c r="G188" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
         <v>758</v>
       </c>
       <c r="B189" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C189" t="s">
         <v>759</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>11</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>760</v>
       </c>
       <c r="G189" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
         <v>762</v>
       </c>
       <c r="B190" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C190" t="s">
         <v>763</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
         <v>11</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>764</v>
       </c>
       <c r="G190" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
         <v>766</v>
       </c>
       <c r="B191" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C191" t="s">
         <v>767</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>11</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>768</v>
       </c>
       <c r="G191" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
         <v>770</v>
       </c>
       <c r="B192" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C192" t="s">
         <v>771</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
         <v>11</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>772</v>
       </c>
       <c r="G192" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
         <v>774</v>
       </c>
       <c r="B193" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C193" t="s">
         <v>775</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>11</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>776</v>
       </c>
       <c r="G193" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
         <v>778</v>
       </c>
       <c r="B194" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C194" t="s">
         <v>779</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
         <v>11</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>780</v>
       </c>
       <c r="G194" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
         <v>782</v>
       </c>
       <c r="B195" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C195" t="s">
         <v>783</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
         <v>11</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>784</v>
       </c>
       <c r="G195" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
         <v>786</v>
       </c>
       <c r="B196" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C196" t="s">
         <v>787</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196" t="s">
         <v>11</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>788</v>
       </c>
       <c r="G196" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
         <v>790</v>
       </c>
       <c r="B197" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C197" t="s">
         <v>791</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
         <v>11</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>792</v>
       </c>
       <c r="G197" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
         <v>794</v>
       </c>
       <c r="B198" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C198" t="s">
         <v>795</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>796</v>
       </c>
       <c r="G198" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
         <v>798</v>
       </c>
       <c r="B199" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C199" t="s">
         <v>799</v>
       </c>
       <c r="D199" t="s">
         <v>10</v>
       </c>
       <c r="E199" t="s">
         <v>11</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>800</v>
       </c>
       <c r="G199" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
         <v>802</v>
       </c>
       <c r="B200" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C200" t="s">
         <v>803</v>
       </c>
       <c r="D200" t="s">
         <v>10</v>
       </c>
       <c r="E200" t="s">
         <v>11</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>804</v>
       </c>
       <c r="G200" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
         <v>806</v>
       </c>
       <c r="B201" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C201" t="s">
         <v>807</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201" t="s">
         <v>11</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>808</v>
       </c>
       <c r="G201" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
         <v>810</v>
       </c>
       <c r="B202" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C202" t="s">
         <v>811</v>
       </c>
       <c r="D202" t="s">
         <v>10</v>
       </c>
       <c r="E202" t="s">
         <v>11</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>812</v>
       </c>
       <c r="G202" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
         <v>814</v>
       </c>
       <c r="B203" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C203" t="s">
         <v>815</v>
       </c>
       <c r="D203" t="s">
         <v>10</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>816</v>
       </c>
       <c r="G203" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
         <v>818</v>
       </c>
       <c r="B204" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C204" t="s">
         <v>819</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
         <v>11</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>820</v>
       </c>
       <c r="G204" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
         <v>822</v>
       </c>
       <c r="B205" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C205" t="s">
         <v>823</v>
       </c>
       <c r="D205" t="s">
         <v>10</v>
       </c>
       <c r="E205" t="s">
         <v>11</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>824</v>
       </c>
       <c r="G205" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
         <v>826</v>
       </c>
       <c r="B206" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C206" t="s">
         <v>827</v>
       </c>
       <c r="D206" t="s">
         <v>10</v>
       </c>
       <c r="E206" t="s">
         <v>11</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>828</v>
       </c>
       <c r="G206" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
         <v>830</v>
       </c>
       <c r="B207" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C207" t="s">
         <v>831</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
         <v>11</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>832</v>
       </c>
       <c r="G207" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
         <v>834</v>
       </c>
       <c r="B208" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C208" t="s">
         <v>835</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208" t="s">
         <v>11</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>836</v>
       </c>
       <c r="G208" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
         <v>838</v>
       </c>
       <c r="B209" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C209" t="s">
         <v>839</v>
       </c>
       <c r="D209" t="s">
         <v>10</v>
       </c>
       <c r="E209" t="s">
         <v>11</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>840</v>
       </c>
       <c r="G209" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
         <v>842</v>
       </c>
       <c r="B210" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C210" t="s">
         <v>843</v>
       </c>
       <c r="D210" t="s">
         <v>10</v>
       </c>
       <c r="E210" t="s">
         <v>11</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>844</v>
       </c>
       <c r="G210" t="s">
         <v>845</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
         <v>846</v>
       </c>
       <c r="B211" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C211" t="s">
         <v>847</v>
       </c>
       <c r="D211" t="s">
         <v>10</v>
       </c>
       <c r="E211" t="s">
         <v>11</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>848</v>
       </c>
       <c r="G211" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
         <v>850</v>
       </c>
       <c r="B212" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C212" t="s">
         <v>851</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>852</v>
       </c>
       <c r="G212" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
         <v>854</v>
       </c>
       <c r="B213" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C213" t="s">
         <v>855</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>856</v>
       </c>
       <c r="G213" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
         <v>858</v>
       </c>
       <c r="B214" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C214" t="s">
         <v>859</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
         <v>11</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>860</v>
       </c>
       <c r="G214" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
         <v>862</v>
       </c>
       <c r="B215" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C215" t="s">
         <v>863</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
         <v>11</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>864</v>
       </c>
       <c r="G215" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
         <v>866</v>
       </c>
       <c r="B216" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C216" t="s">
         <v>867</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
         <v>11</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>868</v>
       </c>
       <c r="G216" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
         <v>870</v>
       </c>
       <c r="B217" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C217" t="s">
         <v>871</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
         <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>872</v>
       </c>
       <c r="G217" t="s">
         <v>873</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
         <v>874</v>
       </c>
       <c r="B218" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C218" t="s">
         <v>875</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
         <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>876</v>
       </c>
       <c r="G218" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
         <v>878</v>
       </c>
       <c r="B219" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C219" t="s">
         <v>879</v>
       </c>
       <c r="D219" t="s">
         <v>10</v>
       </c>
       <c r="E219" t="s">
         <v>11</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>880</v>
       </c>
       <c r="G219" t="s">
         <v>881</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
         <v>882</v>
       </c>
       <c r="B220" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C220" t="s">
         <v>883</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220" t="s">
         <v>11</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>884</v>
       </c>
       <c r="G220" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
         <v>886</v>
       </c>
       <c r="B221" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C221" t="s">
         <v>887</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
         <v>11</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>888</v>
       </c>
       <c r="G221" t="s">
         <v>889</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
         <v>890</v>
       </c>
       <c r="B222" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C222" t="s">
         <v>891</v>
       </c>
       <c r="D222" t="s">
         <v>10</v>
       </c>
       <c r="E222" t="s">
         <v>11</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>892</v>
       </c>
       <c r="G222" t="s">
         <v>893</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
         <v>894</v>
       </c>
       <c r="B223" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C223" t="s">
         <v>895</v>
       </c>
       <c r="D223" t="s">
         <v>10</v>
       </c>
       <c r="E223" t="s">
         <v>11</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>896</v>
       </c>
       <c r="G223" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
         <v>898</v>
       </c>
       <c r="B224" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C224" t="s">
         <v>899</v>
       </c>
       <c r="D224" t="s">
         <v>10</v>
       </c>
       <c r="E224" t="s">
         <v>11</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>900</v>
       </c>
       <c r="G224" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
         <v>902</v>
       </c>
       <c r="B225" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C225" t="s">
         <v>903</v>
       </c>
       <c r="D225" t="s">
         <v>10</v>
       </c>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>904</v>
       </c>
       <c r="G225" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
         <v>906</v>
       </c>
       <c r="B226" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C226" t="s">
         <v>907</v>
       </c>
       <c r="D226" t="s">
         <v>10</v>
       </c>
       <c r="E226" t="s">
         <v>11</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>908</v>
       </c>
       <c r="G226" t="s">
         <v>909</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
         <v>910</v>
       </c>
       <c r="B227" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C227" t="s">
         <v>911</v>
       </c>
       <c r="D227" t="s">
         <v>10</v>
       </c>
       <c r="E227" t="s">
         <v>11</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>912</v>
       </c>
       <c r="G227" t="s">
         <v>913</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
         <v>914</v>
       </c>
       <c r="B228" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C228" t="s">
         <v>915</v>
       </c>
       <c r="D228" t="s">
         <v>10</v>
       </c>
       <c r="E228" t="s">
         <v>11</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>916</v>
       </c>
       <c r="G228" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
         <v>918</v>
       </c>
       <c r="B229" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C229" t="s">
         <v>919</v>
       </c>
       <c r="D229" t="s">
         <v>10</v>
       </c>
       <c r="E229" t="s">
         <v>11</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>920</v>
       </c>
       <c r="G229" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
         <v>922</v>
       </c>
       <c r="B230" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C230" t="s">
         <v>923</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
         <v>11</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>924</v>
       </c>
       <c r="G230" t="s">
         <v>925</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
         <v>926</v>
       </c>
       <c r="B231" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C231" t="s">
         <v>927</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231" t="s">
         <v>11</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>928</v>
       </c>
       <c r="G231" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
         <v>930</v>
       </c>
       <c r="B232" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C232" t="s">
         <v>931</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
         <v>11</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>932</v>
       </c>
       <c r="G232" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
         <v>934</v>
       </c>
       <c r="B233" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C233" t="s">
         <v>935</v>
       </c>
       <c r="D233" t="s">
         <v>10</v>
       </c>
       <c r="E233" t="s">
         <v>11</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>936</v>
       </c>
       <c r="G233" t="s">
         <v>937</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
         <v>938</v>
       </c>
       <c r="B234" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C234" t="s">
         <v>939</v>
       </c>
       <c r="D234" t="s">
         <v>10</v>
       </c>
       <c r="E234" t="s">
         <v>11</v>
       </c>
       <c r="F234" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="G234" t="s">
         <v>940</v>
-      </c>
-[...1 lines deleted...]
-        <v>941</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
+        <v>941</v>
+      </c>
+      <c r="B235" t="s">
+        <v>206</v>
+      </c>
+      <c r="C235" t="s">
         <v>942</v>
       </c>
-      <c r="B235" t="s">
-[...2 lines deleted...]
-      <c r="C235" t="s">
+      <c r="D235" t="s">
+        <v>10</v>
+      </c>
+      <c r="E235" t="s">
+        <v>11</v>
+      </c>
+      <c r="F235" s="1" t="s">
         <v>943</v>
       </c>
-      <c r="D235" t="s">
-[...5 lines deleted...]
-      <c r="F235" s="1" t="s">
+      <c r="G235" t="s">
         <v>944</v>
-      </c>
-[...1 lines deleted...]
-        <v>945</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
+        <v>945</v>
+      </c>
+      <c r="B236" t="s">
+        <v>206</v>
+      </c>
+      <c r="C236" t="s">
         <v>946</v>
       </c>
-      <c r="B236" t="s">
-[...2 lines deleted...]
-      <c r="C236" t="s">
+      <c r="D236" t="s">
+        <v>10</v>
+      </c>
+      <c r="E236" t="s">
+        <v>11</v>
+      </c>
+      <c r="F236" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="D236" t="s">
-[...5 lines deleted...]
-      <c r="F236" s="1" t="s">
+      <c r="G236" t="s">
         <v>948</v>
-      </c>
-[...1 lines deleted...]
-        <v>949</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
+        <v>949</v>
+      </c>
+      <c r="B237" t="s">
+        <v>206</v>
+      </c>
+      <c r="C237" t="s">
         <v>950</v>
       </c>
-      <c r="B237" t="s">
-[...2 lines deleted...]
-      <c r="C237" t="s">
+      <c r="D237" t="s">
+        <v>10</v>
+      </c>
+      <c r="E237" t="s">
+        <v>11</v>
+      </c>
+      <c r="F237" s="1" t="s">
         <v>951</v>
       </c>
-      <c r="D237" t="s">
-[...5 lines deleted...]
-      <c r="F237" s="1" t="s">
+      <c r="G237" t="s">
         <v>952</v>
-      </c>
-[...1 lines deleted...]
-        <v>953</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
+        <v>953</v>
+      </c>
+      <c r="B238" t="s">
+        <v>206</v>
+      </c>
+      <c r="C238" t="s">
         <v>954</v>
       </c>
-      <c r="B238" t="s">
-[...2 lines deleted...]
-      <c r="C238" t="s">
+      <c r="D238" t="s">
+        <v>10</v>
+      </c>
+      <c r="E238" t="s">
+        <v>11</v>
+      </c>
+      <c r="F238" s="1" t="s">
         <v>955</v>
       </c>
-      <c r="D238" t="s">
-[...5 lines deleted...]
-      <c r="F238" s="1" t="s">
+      <c r="G238" t="s">
         <v>956</v>
-      </c>
-[...1 lines deleted...]
-        <v>957</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
+        <v>957</v>
+      </c>
+      <c r="B239" t="s">
+        <v>206</v>
+      </c>
+      <c r="C239" t="s">
         <v>958</v>
       </c>
-      <c r="B239" t="s">
-[...2 lines deleted...]
-      <c r="C239" t="s">
+      <c r="D239" t="s">
+        <v>10</v>
+      </c>
+      <c r="E239" t="s">
+        <v>11</v>
+      </c>
+      <c r="F239" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="D239" t="s">
-[...5 lines deleted...]
-      <c r="F239" s="1" t="s">
+      <c r="G239" t="s">
         <v>960</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
+        <v>961</v>
+      </c>
+      <c r="B240" t="s">
+        <v>206</v>
+      </c>
+      <c r="C240" t="s">
         <v>962</v>
       </c>
-      <c r="B240" t="s">
-[...2 lines deleted...]
-      <c r="C240" t="s">
+      <c r="D240" t="s">
+        <v>10</v>
+      </c>
+      <c r="E240" t="s">
+        <v>11</v>
+      </c>
+      <c r="F240" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="D240" t="s">
-[...5 lines deleted...]
-      <c r="F240" s="1" t="s">
+      <c r="G240" t="s">
         <v>964</v>
-      </c>
-[...1 lines deleted...]
-        <v>965</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
+        <v>965</v>
+      </c>
+      <c r="B241" t="s">
+        <v>206</v>
+      </c>
+      <c r="C241" t="s">
         <v>966</v>
       </c>
-      <c r="B241" t="s">
-[...2 lines deleted...]
-      <c r="C241" t="s">
+      <c r="D241" t="s">
+        <v>10</v>
+      </c>
+      <c r="E241" t="s">
+        <v>11</v>
+      </c>
+      <c r="F241" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="D241" t="s">
-[...5 lines deleted...]
-      <c r="F241" s="1" t="s">
+      <c r="G241" t="s">
         <v>968</v>
-      </c>
-[...1 lines deleted...]
-        <v>969</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
+        <v>969</v>
+      </c>
+      <c r="B242" t="s">
+        <v>206</v>
+      </c>
+      <c r="C242" t="s">
         <v>970</v>
       </c>
-      <c r="B242" t="s">
-[...2 lines deleted...]
-      <c r="C242" t="s">
+      <c r="D242" t="s">
+        <v>10</v>
+      </c>
+      <c r="E242" t="s">
+        <v>11</v>
+      </c>
+      <c r="F242" s="1" t="s">
         <v>971</v>
       </c>
-      <c r="D242" t="s">
-[...5 lines deleted...]
-      <c r="F242" s="1" t="s">
+      <c r="G242" t="s">
         <v>972</v>
-      </c>
-[...1 lines deleted...]
-        <v>973</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
+        <v>973</v>
+      </c>
+      <c r="B243" t="s">
+        <v>206</v>
+      </c>
+      <c r="C243" t="s">
         <v>974</v>
       </c>
-      <c r="B243" t="s">
-[...2 lines deleted...]
-      <c r="C243" t="s">
+      <c r="D243" t="s">
+        <v>10</v>
+      </c>
+      <c r="E243" t="s">
+        <v>11</v>
+      </c>
+      <c r="F243" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="D243" t="s">
-[...5 lines deleted...]
-      <c r="F243" s="1" t="s">
+      <c r="G243" t="s">
         <v>976</v>
-      </c>
-[...1 lines deleted...]
-        <v>977</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
+        <v>977</v>
+      </c>
+      <c r="B244" t="s">
+        <v>206</v>
+      </c>
+      <c r="C244" t="s">
         <v>978</v>
       </c>
-      <c r="B244" t="s">
-[...2 lines deleted...]
-      <c r="C244" t="s">
+      <c r="D244" t="s">
+        <v>10</v>
+      </c>
+      <c r="E244" t="s">
+        <v>11</v>
+      </c>
+      <c r="F244" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="D244" t="s">
-[...5 lines deleted...]
-      <c r="F244" s="1" t="s">
+      <c r="G244" t="s">
         <v>980</v>
-      </c>
-[...1 lines deleted...]
-        <v>981</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
+        <v>981</v>
+      </c>
+      <c r="B245" t="s">
+        <v>206</v>
+      </c>
+      <c r="C245" t="s">
         <v>982</v>
       </c>
-      <c r="B245" t="s">
-[...2 lines deleted...]
-      <c r="C245" t="s">
+      <c r="D245" t="s">
+        <v>10</v>
+      </c>
+      <c r="E245" t="s">
+        <v>11</v>
+      </c>
+      <c r="F245" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="D245" t="s">
-[...5 lines deleted...]
-      <c r="F245" s="1" t="s">
+      <c r="G245" t="s">
         <v>984</v>
-      </c>
-[...1 lines deleted...]
-        <v>985</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
+        <v>985</v>
+      </c>
+      <c r="B246" t="s">
+        <v>206</v>
+      </c>
+      <c r="C246" t="s">
         <v>986</v>
       </c>
-      <c r="B246" t="s">
-[...2 lines deleted...]
-      <c r="C246" t="s">
+      <c r="D246" t="s">
+        <v>10</v>
+      </c>
+      <c r="E246" t="s">
+        <v>11</v>
+      </c>
+      <c r="F246" s="1" t="s">
         <v>987</v>
       </c>
-      <c r="D246" t="s">
-[...5 lines deleted...]
-      <c r="F246" s="1" t="s">
+      <c r="G246" t="s">
         <v>988</v>
-      </c>
-[...1 lines deleted...]
-        <v>989</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
+        <v>989</v>
+      </c>
+      <c r="B247" t="s">
+        <v>206</v>
+      </c>
+      <c r="C247" t="s">
         <v>990</v>
       </c>
-      <c r="B247" t="s">
-[...2 lines deleted...]
-      <c r="C247" t="s">
+      <c r="D247" t="s">
+        <v>10</v>
+      </c>
+      <c r="E247" t="s">
+        <v>11</v>
+      </c>
+      <c r="F247" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="D247" t="s">
-[...5 lines deleted...]
-      <c r="F247" s="1" t="s">
+      <c r="G247" t="s">
         <v>992</v>
-      </c>
-[...1 lines deleted...]
-        <v>993</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
+        <v>993</v>
+      </c>
+      <c r="B248" t="s">
+        <v>206</v>
+      </c>
+      <c r="C248" t="s">
         <v>994</v>
       </c>
-      <c r="B248" t="s">
-[...2 lines deleted...]
-      <c r="C248" t="s">
+      <c r="D248" t="s">
+        <v>10</v>
+      </c>
+      <c r="E248" t="s">
+        <v>11</v>
+      </c>
+      <c r="F248" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="D248" t="s">
-[...5 lines deleted...]
-      <c r="F248" s="1" t="s">
+      <c r="G248" t="s">
         <v>996</v>
-      </c>
-[...1 lines deleted...]
-        <v>997</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
+        <v>997</v>
+      </c>
+      <c r="B249" t="s">
+        <v>206</v>
+      </c>
+      <c r="C249" t="s">
         <v>998</v>
       </c>
-      <c r="B249" t="s">
-[...2 lines deleted...]
-      <c r="C249" t="s">
+      <c r="D249" t="s">
+        <v>10</v>
+      </c>
+      <c r="E249" t="s">
+        <v>11</v>
+      </c>
+      <c r="F249" s="1" t="s">
         <v>999</v>
       </c>
-      <c r="D249" t="s">
-[...5 lines deleted...]
-      <c r="F249" s="1" t="s">
+      <c r="G249" t="s">
         <v>1000</v>
-      </c>
-[...1 lines deleted...]
-        <v>1001</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B250" t="s">
+        <v>206</v>
+      </c>
+      <c r="C250" t="s">
         <v>1002</v>
       </c>
-      <c r="B250" t="s">
-[...2 lines deleted...]
-      <c r="C250" t="s">
+      <c r="D250" t="s">
+        <v>10</v>
+      </c>
+      <c r="E250" t="s">
+        <v>11</v>
+      </c>
+      <c r="F250" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="D250" t="s">
-[...5 lines deleted...]
-      <c r="F250" s="1" t="s">
+      <c r="G250" t="s">
         <v>1004</v>
-      </c>
-[...1 lines deleted...]
-        <v>1005</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B251" t="s">
+        <v>206</v>
+      </c>
+      <c r="C251" t="s">
         <v>1006</v>
       </c>
-      <c r="B251" t="s">
-[...2 lines deleted...]
-      <c r="C251" t="s">
+      <c r="D251" t="s">
+        <v>10</v>
+      </c>
+      <c r="E251" t="s">
+        <v>11</v>
+      </c>
+      <c r="F251" s="1" t="s">
         <v>1007</v>
       </c>
-      <c r="D251" t="s">
-[...5 lines deleted...]
-      <c r="F251" s="1" t="s">
+      <c r="G251" t="s">
         <v>1008</v>
-      </c>
-[...1 lines deleted...]
-        <v>1009</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B252" t="s">
+        <v>206</v>
+      </c>
+      <c r="C252" t="s">
         <v>1010</v>
       </c>
-      <c r="B252" t="s">
-[...2 lines deleted...]
-      <c r="C252" t="s">
+      <c r="D252" t="s">
+        <v>10</v>
+      </c>
+      <c r="E252" t="s">
+        <v>11</v>
+      </c>
+      <c r="F252" s="1" t="s">
         <v>1011</v>
       </c>
-      <c r="D252" t="s">
-[...5 lines deleted...]
-      <c r="F252" s="1" t="s">
+      <c r="G252" t="s">
         <v>1012</v>
-      </c>
-[...1 lines deleted...]
-        <v>1013</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B253" t="s">
+        <v>206</v>
+      </c>
+      <c r="C253" t="s">
         <v>1014</v>
       </c>
-      <c r="B253" t="s">
-[...2 lines deleted...]
-      <c r="C253" t="s">
+      <c r="D253" t="s">
+        <v>10</v>
+      </c>
+      <c r="E253" t="s">
+        <v>11</v>
+      </c>
+      <c r="F253" s="1" t="s">
         <v>1015</v>
       </c>
-      <c r="D253" t="s">
-[...5 lines deleted...]
-      <c r="F253" s="1" t="s">
+      <c r="G253" t="s">
         <v>1016</v>
-      </c>
-[...1 lines deleted...]
-        <v>1017</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B254" t="s">
+        <v>206</v>
+      </c>
+      <c r="C254" t="s">
         <v>1018</v>
       </c>
-      <c r="B254" t="s">
-[...2 lines deleted...]
-      <c r="C254" t="s">
+      <c r="D254" t="s">
+        <v>10</v>
+      </c>
+      <c r="E254" t="s">
+        <v>11</v>
+      </c>
+      <c r="F254" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="D254" t="s">
-[...5 lines deleted...]
-      <c r="F254" s="1" t="s">
+      <c r="G254" t="s">
         <v>1020</v>
-      </c>
-[...1 lines deleted...]
-        <v>1021</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B255" t="s">
+        <v>206</v>
+      </c>
+      <c r="C255" t="s">
         <v>1022</v>
       </c>
-      <c r="B255" t="s">
-[...2 lines deleted...]
-      <c r="C255" t="s">
+      <c r="D255" t="s">
+        <v>10</v>
+      </c>
+      <c r="E255" t="s">
+        <v>11</v>
+      </c>
+      <c r="F255" s="1" t="s">
         <v>1023</v>
       </c>
-      <c r="D255" t="s">
-[...5 lines deleted...]
-      <c r="F255" s="1" t="s">
+      <c r="G255" t="s">
         <v>1024</v>
-      </c>
-[...1 lines deleted...]
-        <v>1025</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B256" t="s">
+        <v>206</v>
+      </c>
+      <c r="C256" t="s">
         <v>1026</v>
       </c>
-      <c r="B256" t="s">
-[...2 lines deleted...]
-      <c r="C256" t="s">
+      <c r="D256" t="s">
+        <v>10</v>
+      </c>
+      <c r="E256" t="s">
+        <v>11</v>
+      </c>
+      <c r="F256" s="1" t="s">
         <v>1027</v>
       </c>
-      <c r="D256" t="s">
-[...5 lines deleted...]
-      <c r="F256" s="1" t="s">
+      <c r="G256" t="s">
         <v>1028</v>
-      </c>
-[...1 lines deleted...]
-        <v>1029</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B257" t="s">
+        <v>206</v>
+      </c>
+      <c r="C257" t="s">
         <v>1030</v>
       </c>
-      <c r="B257" t="s">
-[...2 lines deleted...]
-      <c r="C257" t="s">
+      <c r="D257" t="s">
+        <v>10</v>
+      </c>
+      <c r="E257" t="s">
+        <v>11</v>
+      </c>
+      <c r="F257" s="1" t="s">
         <v>1031</v>
       </c>
-      <c r="D257" t="s">
-[...5 lines deleted...]
-      <c r="F257" s="1" t="s">
+      <c r="G257" t="s">
         <v>1032</v>
-      </c>
-[...1 lines deleted...]
-        <v>1033</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B258" t="s">
+        <v>206</v>
+      </c>
+      <c r="C258" t="s">
         <v>1034</v>
       </c>
-      <c r="B258" t="s">
-[...2 lines deleted...]
-      <c r="C258" t="s">
+      <c r="D258" t="s">
+        <v>10</v>
+      </c>
+      <c r="E258" t="s">
+        <v>11</v>
+      </c>
+      <c r="F258" s="1" t="s">
         <v>1035</v>
       </c>
-      <c r="D258" t="s">
-[...5 lines deleted...]
-      <c r="F258" s="1" t="s">
+      <c r="G258" t="s">
         <v>1036</v>
-      </c>
-[...1 lines deleted...]
-        <v>1037</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B259" t="s">
+        <v>206</v>
+      </c>
+      <c r="C259" t="s">
         <v>1038</v>
       </c>
-      <c r="B259" t="s">
-[...2 lines deleted...]
-      <c r="C259" t="s">
+      <c r="D259" t="s">
+        <v>10</v>
+      </c>
+      <c r="E259" t="s">
+        <v>11</v>
+      </c>
+      <c r="F259" s="1" t="s">
         <v>1039</v>
       </c>
-      <c r="D259" t="s">
-[...5 lines deleted...]
-      <c r="F259" s="1" t="s">
+      <c r="G259" t="s">
         <v>1040</v>
-      </c>
-[...1 lines deleted...]
-        <v>1041</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B260" t="s">
+        <v>206</v>
+      </c>
+      <c r="C260" t="s">
         <v>1042</v>
       </c>
-      <c r="B260" t="s">
-[...2 lines deleted...]
-      <c r="C260" t="s">
+      <c r="D260" t="s">
+        <v>10</v>
+      </c>
+      <c r="E260" t="s">
+        <v>11</v>
+      </c>
+      <c r="F260" s="1" t="s">
         <v>1043</v>
       </c>
-      <c r="D260" t="s">
-[...5 lines deleted...]
-      <c r="F260" s="1" t="s">
+      <c r="G260" t="s">
         <v>1044</v>
-      </c>
-[...1 lines deleted...]
-        <v>1045</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B261" t="s">
+        <v>206</v>
+      </c>
+      <c r="C261" t="s">
         <v>1046</v>
       </c>
-      <c r="B261" t="s">
-[...2 lines deleted...]
-      <c r="C261" t="s">
+      <c r="D261" t="s">
+        <v>10</v>
+      </c>
+      <c r="E261" t="s">
+        <v>11</v>
+      </c>
+      <c r="F261" s="1" t="s">
         <v>1047</v>
       </c>
-      <c r="D261" t="s">
-[...5 lines deleted...]
-      <c r="F261" s="1" t="s">
+      <c r="G261" t="s">
         <v>1048</v>
-      </c>
-[...1 lines deleted...]
-        <v>1049</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B262" t="s">
+        <v>206</v>
+      </c>
+      <c r="C262" t="s">
         <v>1050</v>
       </c>
-      <c r="B262" t="s">
-[...2 lines deleted...]
-      <c r="C262" t="s">
+      <c r="D262" t="s">
+        <v>10</v>
+      </c>
+      <c r="E262" t="s">
+        <v>11</v>
+      </c>
+      <c r="F262" s="1" t="s">
         <v>1051</v>
       </c>
-      <c r="D262" t="s">
-[...5 lines deleted...]
-      <c r="F262" s="1" t="s">
+      <c r="G262" t="s">
         <v>1052</v>
-      </c>
-[...1 lines deleted...]
-        <v>1053</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B263" t="s">
+        <v>206</v>
+      </c>
+      <c r="C263" t="s">
         <v>1054</v>
       </c>
-      <c r="B263" t="s">
-[...2 lines deleted...]
-      <c r="C263" t="s">
+      <c r="D263" t="s">
+        <v>10</v>
+      </c>
+      <c r="E263" t="s">
+        <v>11</v>
+      </c>
+      <c r="F263" s="1" t="s">
         <v>1055</v>
       </c>
-      <c r="D263" t="s">
-[...5 lines deleted...]
-      <c r="F263" s="1" t="s">
+      <c r="G263" t="s">
         <v>1056</v>
-      </c>
-[...1 lines deleted...]
-        <v>1057</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B264" t="s">
+        <v>206</v>
+      </c>
+      <c r="C264" t="s">
         <v>1058</v>
       </c>
-      <c r="B264" t="s">
-[...2 lines deleted...]
-      <c r="C264" t="s">
+      <c r="D264" t="s">
+        <v>10</v>
+      </c>
+      <c r="E264" t="s">
+        <v>11</v>
+      </c>
+      <c r="F264" s="1" t="s">
         <v>1059</v>
       </c>
-      <c r="D264" t="s">
-[...5 lines deleted...]
-      <c r="F264" s="1" t="s">
+      <c r="G264" t="s">
         <v>1060</v>
-      </c>
-[...1 lines deleted...]
-        <v>1061</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B265" t="s">
+        <v>206</v>
+      </c>
+      <c r="C265" t="s">
         <v>1062</v>
       </c>
-      <c r="B265" t="s">
-[...2 lines deleted...]
-      <c r="C265" t="s">
+      <c r="D265" t="s">
+        <v>10</v>
+      </c>
+      <c r="E265" t="s">
+        <v>11</v>
+      </c>
+      <c r="F265" s="1" t="s">
         <v>1063</v>
       </c>
-      <c r="D265" t="s">
-[...5 lines deleted...]
-      <c r="F265" s="1" t="s">
+      <c r="G265" t="s">
         <v>1064</v>
-      </c>
-[...1 lines deleted...]
-        <v>1065</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B266" t="s">
+        <v>206</v>
+      </c>
+      <c r="C266" t="s">
         <v>1066</v>
       </c>
-      <c r="B266" t="s">
-[...2 lines deleted...]
-      <c r="C266" t="s">
+      <c r="D266" t="s">
+        <v>10</v>
+      </c>
+      <c r="E266" t="s">
+        <v>11</v>
+      </c>
+      <c r="F266" s="1" t="s">
         <v>1067</v>
       </c>
-      <c r="D266" t="s">
-[...5 lines deleted...]
-      <c r="F266" s="1" t="s">
+      <c r="G266" t="s">
         <v>1068</v>
-      </c>
-[...1 lines deleted...]
-        <v>1069</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B267" t="s">
+        <v>206</v>
+      </c>
+      <c r="C267" t="s">
         <v>1070</v>
       </c>
-      <c r="B267" t="s">
-[...2 lines deleted...]
-      <c r="C267" t="s">
+      <c r="D267" t="s">
+        <v>10</v>
+      </c>
+      <c r="E267" t="s">
+        <v>11</v>
+      </c>
+      <c r="F267" s="1" t="s">
         <v>1071</v>
       </c>
-      <c r="D267" t="s">
-[...5 lines deleted...]
-      <c r="F267" s="1" t="s">
+      <c r="G267" t="s">
         <v>1072</v>
-      </c>
-[...1 lines deleted...]
-        <v>1073</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B268" t="s">
+        <v>206</v>
+      </c>
+      <c r="C268" t="s">
         <v>1074</v>
       </c>
-      <c r="B268" t="s">
-[...2 lines deleted...]
-      <c r="C268" t="s">
+      <c r="D268" t="s">
+        <v>10</v>
+      </c>
+      <c r="E268" t="s">
+        <v>11</v>
+      </c>
+      <c r="F268" s="1" t="s">
         <v>1075</v>
       </c>
-      <c r="D268" t="s">
-[...5 lines deleted...]
-      <c r="F268" s="1" t="s">
+      <c r="G268" t="s">
         <v>1076</v>
-      </c>
-[...1 lines deleted...]
-        <v>1077</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B269" t="s">
+        <v>206</v>
+      </c>
+      <c r="C269" t="s">
         <v>1078</v>
       </c>
-      <c r="B269" t="s">
-[...2 lines deleted...]
-      <c r="C269" t="s">
+      <c r="D269" t="s">
+        <v>10</v>
+      </c>
+      <c r="E269" t="s">
+        <v>11</v>
+      </c>
+      <c r="F269" s="1" t="s">
         <v>1079</v>
       </c>
-      <c r="D269" t="s">
-[...5 lines deleted...]
-      <c r="F269" s="1" t="s">
+      <c r="G269" t="s">
         <v>1080</v>
-      </c>
-[...1 lines deleted...]
-        <v>1081</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B270" t="s">
+        <v>206</v>
+      </c>
+      <c r="C270" t="s">
         <v>1082</v>
       </c>
-      <c r="B270" t="s">
-[...2 lines deleted...]
-      <c r="C270" t="s">
+      <c r="D270" t="s">
+        <v>10</v>
+      </c>
+      <c r="E270" t="s">
+        <v>11</v>
+      </c>
+      <c r="F270" s="1" t="s">
         <v>1083</v>
       </c>
-      <c r="D270" t="s">
-[...5 lines deleted...]
-      <c r="F270" s="1" t="s">
+      <c r="G270" t="s">
         <v>1084</v>
-      </c>
-[...1 lines deleted...]
-        <v>1085</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B271" t="s">
+        <v>206</v>
+      </c>
+      <c r="C271" t="s">
         <v>1086</v>
       </c>
-      <c r="B271" t="s">
-[...2 lines deleted...]
-      <c r="C271" t="s">
+      <c r="D271" t="s">
+        <v>10</v>
+      </c>
+      <c r="E271" t="s">
+        <v>11</v>
+      </c>
+      <c r="F271" s="1" t="s">
         <v>1087</v>
       </c>
-      <c r="D271" t="s">
-[...5 lines deleted...]
-      <c r="F271" s="1" t="s">
+      <c r="G271" t="s">
         <v>1088</v>
-      </c>
-[...1 lines deleted...]
-        <v>1061</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
         <v>1089</v>
       </c>
       <c r="B272" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C272" t="s">
         <v>1090</v>
       </c>
       <c r="D272" t="s">
         <v>10</v>
       </c>
       <c r="E272" t="s">
         <v>11</v>
       </c>
       <c r="F272" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="G272" t="s">
         <v>1092</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
         <v>1093</v>
       </c>
       <c r="B273" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C273" t="s">
         <v>1094</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
         <v>11</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>1095</v>
       </c>
       <c r="G273" t="s">
         <v>1096</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
         <v>1097</v>
       </c>
       <c r="B274" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C274" t="s">
         <v>1098</v>
       </c>
       <c r="D274" t="s">
         <v>10</v>
       </c>
       <c r="E274" t="s">
         <v>11</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="G274" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
         <v>1101</v>
       </c>
       <c r="B275" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C275" t="s">
         <v>1102</v>
       </c>
       <c r="D275" t="s">
         <v>10</v>
       </c>
       <c r="E275" t="s">
         <v>11</v>
       </c>
       <c r="F275" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="G275" t="s">
         <v>1104</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
         <v>1105</v>
       </c>
       <c r="B276" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C276" t="s">
         <v>1106</v>
       </c>
       <c r="D276" t="s">
         <v>10</v>
       </c>
       <c r="E276" t="s">
         <v>11</v>
       </c>
       <c r="F276" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="G276" t="s">
         <v>1108</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
         <v>1109</v>
       </c>
       <c r="B277" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C277" t="s">
         <v>1110</v>
       </c>
       <c r="D277" t="s">
         <v>10</v>
       </c>
       <c r="E277" t="s">
         <v>11</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="G277" t="s">
         <v>1112</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
         <v>1113</v>
       </c>
       <c r="B278" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C278" t="s">
         <v>1114</v>
       </c>
       <c r="D278" t="s">
         <v>10</v>
       </c>
       <c r="E278" t="s">
         <v>11</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>1115</v>
       </c>
       <c r="G278" t="s">
         <v>1116</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
         <v>1117</v>
       </c>
       <c r="B279" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C279" t="s">
         <v>1118</v>
       </c>
       <c r="D279" t="s">
         <v>10</v>
       </c>
       <c r="E279" t="s">
         <v>11</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="G279" t="s">
         <v>1120</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
         <v>1121</v>
       </c>
       <c r="B280" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C280" t="s">
         <v>1122</v>
       </c>
       <c r="D280" t="s">
         <v>10</v>
       </c>
       <c r="E280" t="s">
         <v>11</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>1123</v>
       </c>
       <c r="G280" t="s">
         <v>1124</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
         <v>1125</v>
       </c>
       <c r="B281" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C281" t="s">
         <v>1126</v>
       </c>
       <c r="D281" t="s">
         <v>10</v>
       </c>
       <c r="E281" t="s">
         <v>11</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="G281" t="s">
         <v>1128</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
         <v>1129</v>
       </c>
       <c r="B282" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C282" t="s">
         <v>1130</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
         <v>11</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="G282" t="s">
         <v>1132</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
         <v>1133</v>
       </c>
       <c r="B283" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C283" t="s">
         <v>1134</v>
       </c>
       <c r="D283" t="s">
         <v>10</v>
       </c>
       <c r="E283" t="s">
         <v>11</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="G283" t="s">
         <v>1136</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
         <v>1137</v>
       </c>
       <c r="B284" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C284" t="s">
         <v>1138</v>
       </c>
       <c r="D284" t="s">
         <v>10</v>
       </c>
       <c r="E284" t="s">
         <v>11</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="G284" t="s">
         <v>1140</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
         <v>1141</v>
       </c>
       <c r="B285" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C285" t="s">
         <v>1142</v>
       </c>
       <c r="D285" t="s">
         <v>10</v>
       </c>
       <c r="E285" t="s">
         <v>11</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>1143</v>
       </c>
       <c r="G285" t="s">
         <v>1144</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
         <v>1145</v>
       </c>
       <c r="B286" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C286" t="s">
         <v>1146</v>
       </c>
       <c r="D286" t="s">
         <v>10</v>
       </c>
       <c r="E286" t="s">
         <v>11</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="G286" t="s">
         <v>1148</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
         <v>1149</v>
       </c>
       <c r="B287" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C287" t="s">
         <v>1150</v>
       </c>
       <c r="D287" t="s">
         <v>10</v>
       </c>
       <c r="E287" t="s">
         <v>11</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="G287" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
         <v>1153</v>
       </c>
       <c r="B288" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C288" t="s">
         <v>1154</v>
       </c>
       <c r="D288" t="s">
         <v>10</v>
       </c>
       <c r="E288" t="s">
         <v>11</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="G288" t="s">
         <v>1156</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
         <v>1157</v>
       </c>
       <c r="B289" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C289" t="s">
         <v>1158</v>
       </c>
       <c r="D289" t="s">
         <v>10</v>
       </c>
       <c r="E289" t="s">
         <v>11</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="G289" t="s">
         <v>1160</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
         <v>1161</v>
       </c>
       <c r="B290" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C290" t="s">
         <v>1162</v>
       </c>
       <c r="D290" t="s">
         <v>10</v>
       </c>
       <c r="E290" t="s">
         <v>11</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="G290" t="s">
         <v>1164</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
         <v>1165</v>
       </c>
       <c r="B291" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C291" t="s">
         <v>1166</v>
       </c>
       <c r="D291" t="s">
         <v>10</v>
       </c>
       <c r="E291" t="s">
         <v>11</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>1167</v>
       </c>
       <c r="G291" t="s">
         <v>1168</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
         <v>1169</v>
       </c>
       <c r="B292" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C292" t="s">
         <v>1170</v>
       </c>
       <c r="D292" t="s">
         <v>10</v>
       </c>
       <c r="E292" t="s">
         <v>11</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="G292" t="s">
         <v>1172</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
         <v>1173</v>
       </c>
       <c r="B293" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C293" t="s">
         <v>1174</v>
       </c>
       <c r="D293" t="s">
         <v>10</v>
       </c>
       <c r="E293" t="s">
         <v>11</v>
       </c>
       <c r="F293" s="1" t="s">
         <v>1175</v>
       </c>
       <c r="G293" t="s">
         <v>1176</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
         <v>1177</v>
       </c>
       <c r="B294" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C294" t="s">
         <v>1178</v>
       </c>
       <c r="D294" t="s">
         <v>10</v>
       </c>
       <c r="E294" t="s">
         <v>11</v>
       </c>
       <c r="F294" s="1" t="s">
         <v>1179</v>
       </c>
       <c r="G294" t="s">
         <v>1180</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
         <v>1181</v>
       </c>
       <c r="B295" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C295" t="s">
         <v>1182</v>
       </c>
       <c r="D295" t="s">
         <v>10</v>
       </c>
       <c r="E295" t="s">
         <v>11</v>
       </c>
       <c r="F295" s="1" t="s">
         <v>1183</v>
       </c>
       <c r="G295" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="B296" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C296" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="D296" t="s">
         <v>10</v>
       </c>
       <c r="E296" t="s">
         <v>11</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="G296" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="B297" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C297" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="D297" t="s">
         <v>10</v>
       </c>
       <c r="E297" t="s">
         <v>11</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="G297" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="B298" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C298" t="s">
-        <v>823</v>
+        <v>1194</v>
       </c>
       <c r="D298" t="s">
         <v>10</v>
       </c>
       <c r="E298" t="s">
         <v>11</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="G298" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="B299" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C299" t="s">
-        <v>827</v>
+        <v>1198</v>
       </c>
       <c r="D299" t="s">
         <v>10</v>
       </c>
       <c r="E299" t="s">
         <v>11</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="G299" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="B300" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C300" t="s">
-        <v>839</v>
+        <v>1202</v>
       </c>
       <c r="D300" t="s">
         <v>10</v>
       </c>
       <c r="E300" t="s">
         <v>11</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="G300" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="B301" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C301" t="s">
-        <v>831</v>
+        <v>1206</v>
       </c>
       <c r="D301" t="s">
         <v>10</v>
       </c>
       <c r="E301" t="s">
         <v>11</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="G301" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="B302" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C302" t="s">
-        <v>835</v>
+        <v>1210</v>
       </c>
       <c r="D302" t="s">
         <v>10</v>
       </c>
       <c r="E302" t="s">
         <v>11</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="G302" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
       <c r="B303" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C303" t="s">
-        <v>843</v>
+        <v>9</v>
       </c>
       <c r="D303" t="s">
         <v>10</v>
       </c>
       <c r="E303" t="s">
         <v>11</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
       <c r="G303" t="s">
-        <v>1210</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
       <c r="B304" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C304" t="s">
-        <v>847</v>
+        <v>15</v>
       </c>
       <c r="D304" t="s">
         <v>10</v>
       </c>
       <c r="E304" t="s">
         <v>11</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
       <c r="G304" t="s">
-        <v>1213</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
-        <v>1214</v>
+        <v>1219</v>
       </c>
       <c r="B305" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C305" t="s">
-        <v>851</v>
+        <v>19</v>
       </c>
       <c r="D305" t="s">
         <v>10</v>
       </c>
       <c r="E305" t="s">
         <v>11</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="G305" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
-        <v>1217</v>
+        <v>1222</v>
       </c>
       <c r="B306" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C306" t="s">
-        <v>855</v>
+        <v>23</v>
       </c>
       <c r="D306" t="s">
         <v>10</v>
       </c>
       <c r="E306" t="s">
         <v>11</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>1218</v>
+        <v>1223</v>
       </c>
       <c r="G306" t="s">
-        <v>1219</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
-        <v>1220</v>
+        <v>1225</v>
       </c>
       <c r="B307" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C307" t="s">
-        <v>859</v>
+        <v>27</v>
       </c>
       <c r="D307" t="s">
         <v>10</v>
       </c>
       <c r="E307" t="s">
         <v>11</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>1221</v>
+        <v>1226</v>
       </c>
       <c r="G307" t="s">
-        <v>1222</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="B308" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C308" t="s">
-        <v>863</v>
+        <v>31</v>
       </c>
       <c r="D308" t="s">
         <v>10</v>
       </c>
       <c r="E308" t="s">
         <v>11</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>1224</v>
+        <v>1229</v>
       </c>
       <c r="G308" t="s">
-        <v>1225</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
       <c r="B309" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C309" t="s">
-        <v>867</v>
+        <v>35</v>
       </c>
       <c r="D309" t="s">
         <v>10</v>
       </c>
       <c r="E309" t="s">
         <v>11</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>1227</v>
+        <v>1232</v>
       </c>
       <c r="G309" t="s">
-        <v>1228</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
-        <v>1229</v>
+        <v>1234</v>
       </c>
       <c r="B310" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C310" t="s">
-        <v>871</v>
+        <v>39</v>
       </c>
       <c r="D310" t="s">
         <v>10</v>
       </c>
       <c r="E310" t="s">
         <v>11</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="G310" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="B311" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C311" t="s">
-        <v>875</v>
+        <v>43</v>
       </c>
       <c r="D311" t="s">
         <v>10</v>
       </c>
       <c r="E311" t="s">
         <v>11</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="G311" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
       <c r="B312" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C312" t="s">
-        <v>879</v>
+        <v>47</v>
       </c>
       <c r="D312" t="s">
         <v>10</v>
       </c>
       <c r="E312" t="s">
         <v>11</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
       <c r="G312" t="s">
-        <v>1237</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
-        <v>1238</v>
+        <v>1243</v>
       </c>
       <c r="B313" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C313" t="s">
-        <v>883</v>
+        <v>51</v>
       </c>
       <c r="D313" t="s">
         <v>10</v>
       </c>
       <c r="E313" t="s">
         <v>11</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>1239</v>
+        <v>1244</v>
       </c>
       <c r="G313" t="s">
-        <v>1240</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>1241</v>
+        <v>1246</v>
       </c>
       <c r="B314" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C314" t="s">
-        <v>887</v>
+        <v>55</v>
       </c>
       <c r="D314" t="s">
         <v>10</v>
       </c>
       <c r="E314" t="s">
         <v>11</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="G314" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="B315" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C315" t="s">
-        <v>891</v>
+        <v>59</v>
       </c>
       <c r="D315" t="s">
         <v>10</v>
       </c>
       <c r="E315" t="s">
         <v>11</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
       <c r="G315" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
       <c r="B316" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C316" t="s">
-        <v>895</v>
+        <v>63</v>
       </c>
       <c r="D316" t="s">
         <v>10</v>
       </c>
       <c r="E316" t="s">
         <v>11</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="G316" t="s">
-        <v>1249</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>1250</v>
+        <v>1255</v>
       </c>
       <c r="B317" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C317" t="s">
-        <v>899</v>
+        <v>67</v>
       </c>
       <c r="D317" t="s">
         <v>10</v>
       </c>
       <c r="E317" t="s">
         <v>11</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
       <c r="G317" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>1253</v>
+        <v>1258</v>
       </c>
       <c r="B318" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C318" t="s">
-        <v>903</v>
+        <v>71</v>
       </c>
       <c r="D318" t="s">
         <v>10</v>
       </c>
       <c r="E318" t="s">
         <v>11</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
       <c r="G318" t="s">
-        <v>1255</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>1256</v>
+        <v>1261</v>
       </c>
       <c r="B319" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C319" t="s">
-        <v>907</v>
+        <v>75</v>
       </c>
       <c r="D319" t="s">
         <v>10</v>
       </c>
       <c r="E319" t="s">
         <v>11</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>1257</v>
+        <v>1262</v>
       </c>
       <c r="G319" t="s">
-        <v>1258</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
-        <v>1259</v>
+        <v>1264</v>
       </c>
       <c r="B320" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C320" t="s">
-        <v>911</v>
+        <v>79</v>
       </c>
       <c r="D320" t="s">
         <v>10</v>
       </c>
       <c r="E320" t="s">
         <v>11</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>1260</v>
+        <v>1265</v>
       </c>
       <c r="G320" t="s">
-        <v>1261</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
       <c r="B321" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C321" t="s">
-        <v>915</v>
+        <v>83</v>
       </c>
       <c r="D321" t="s">
         <v>10</v>
       </c>
       <c r="E321" t="s">
         <v>11</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>1263</v>
+        <v>1268</v>
       </c>
       <c r="G321" t="s">
-        <v>1264</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="B322" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C322" t="s">
-        <v>919</v>
+        <v>87</v>
       </c>
       <c r="D322" t="s">
         <v>10</v>
       </c>
       <c r="E322" t="s">
         <v>11</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
       <c r="G322" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
       <c r="B323" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C323" t="s">
-        <v>923</v>
+        <v>91</v>
       </c>
       <c r="D323" t="s">
         <v>10</v>
       </c>
       <c r="E323" t="s">
         <v>11</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
       <c r="G323" t="s">
-        <v>1270</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
-        <v>1271</v>
+        <v>1276</v>
       </c>
       <c r="B324" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C324" t="s">
-        <v>927</v>
+        <v>95</v>
       </c>
       <c r="D324" t="s">
         <v>10</v>
       </c>
       <c r="E324" t="s">
         <v>11</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="G324" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="B325" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C325" t="s">
-        <v>931</v>
+        <v>99</v>
       </c>
       <c r="D325" t="s">
         <v>10</v>
       </c>
       <c r="E325" t="s">
         <v>11</v>
       </c>
       <c r="F325" s="1" t="s">
-        <v>1275</v>
+        <v>1280</v>
       </c>
       <c r="G325" t="s">
-        <v>1276</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="B326" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C326" t="s">
-        <v>935</v>
+        <v>103</v>
       </c>
       <c r="D326" t="s">
         <v>10</v>
       </c>
       <c r="E326" t="s">
         <v>11</v>
       </c>
       <c r="F326" s="1" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="G326" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="B327" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C327" t="s">
-        <v>939</v>
+        <v>107</v>
       </c>
       <c r="D327" t="s">
         <v>10</v>
       </c>
       <c r="E327" t="s">
         <v>11</v>
       </c>
       <c r="F327" s="1" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="G327" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="B328" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C328" t="s">
-        <v>943</v>
+        <v>111</v>
       </c>
       <c r="D328" t="s">
         <v>10</v>
       </c>
       <c r="E328" t="s">
         <v>11</v>
       </c>
       <c r="F328" s="1" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="G328" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="B329" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C329" t="s">
-        <v>947</v>
+        <v>115</v>
       </c>
       <c r="D329" t="s">
         <v>10</v>
       </c>
       <c r="E329" t="s">
         <v>11</v>
       </c>
       <c r="F329" s="1" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="G329" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="B330" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C330" t="s">
-        <v>951</v>
+        <v>119</v>
       </c>
       <c r="D330" t="s">
         <v>10</v>
       </c>
       <c r="E330" t="s">
         <v>11</v>
       </c>
       <c r="F330" s="1" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="G330" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="B331" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C331" t="s">
-        <v>955</v>
+        <v>123</v>
       </c>
       <c r="D331" t="s">
         <v>10</v>
       </c>
       <c r="E331" t="s">
         <v>11</v>
       </c>
       <c r="F331" s="1" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="G331" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="B332" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C332" t="s">
-        <v>959</v>
+        <v>127</v>
       </c>
       <c r="D332" t="s">
         <v>10</v>
       </c>
       <c r="E332" t="s">
         <v>11</v>
       </c>
       <c r="F332" s="1" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="G332" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="B333" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C333" t="s">
-        <v>963</v>
+        <v>131</v>
       </c>
       <c r="D333" t="s">
         <v>10</v>
       </c>
       <c r="E333" t="s">
         <v>11</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="G333" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="B334" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C334" t="s">
-        <v>967</v>
+        <v>135</v>
       </c>
       <c r="D334" t="s">
         <v>10</v>
       </c>
       <c r="E334" t="s">
         <v>11</v>
       </c>
       <c r="F334" s="1" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
       <c r="G334" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="B335" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C335" t="s">
-        <v>971</v>
+        <v>139</v>
       </c>
       <c r="D335" t="s">
         <v>10</v>
       </c>
       <c r="E335" t="s">
         <v>11</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="G335" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="B336" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C336" t="s">
-        <v>975</v>
+        <v>143</v>
       </c>
       <c r="D336" t="s">
         <v>10</v>
       </c>
       <c r="E336" t="s">
         <v>11</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="G336" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="B337" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C337" t="s">
-        <v>979</v>
+        <v>147</v>
       </c>
       <c r="D337" t="s">
         <v>10</v>
       </c>
       <c r="E337" t="s">
         <v>11</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
       <c r="G337" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="B338" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C338" t="s">
-        <v>983</v>
+        <v>151</v>
       </c>
       <c r="D338" t="s">
         <v>10</v>
       </c>
       <c r="E338" t="s">
         <v>11</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="G338" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="B339" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C339" t="s">
-        <v>987</v>
+        <v>155</v>
       </c>
       <c r="D339" t="s">
         <v>10</v>
       </c>
       <c r="E339" t="s">
         <v>11</v>
       </c>
       <c r="F339" s="1" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="G339" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="B340" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C340" t="s">
-        <v>991</v>
+        <v>159</v>
       </c>
       <c r="D340" t="s">
         <v>10</v>
       </c>
       <c r="E340" t="s">
         <v>11</v>
       </c>
       <c r="F340" s="1" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="G340" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
       <c r="B341" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C341" t="s">
-        <v>995</v>
+        <v>163</v>
       </c>
       <c r="D341" t="s">
         <v>10</v>
       </c>
       <c r="E341" t="s">
         <v>11</v>
       </c>
       <c r="F341" s="1" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="G341" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="B342" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C342" t="s">
-        <v>999</v>
+        <v>167</v>
       </c>
       <c r="D342" t="s">
         <v>10</v>
       </c>
       <c r="E342" t="s">
         <v>11</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="G342" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="B343" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C343" t="s">
-        <v>1003</v>
+        <v>171</v>
       </c>
       <c r="D343" t="s">
         <v>10</v>
       </c>
       <c r="E343" t="s">
         <v>11</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="G343" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="B344" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C344" t="s">
-        <v>1007</v>
+        <v>175</v>
       </c>
       <c r="D344" t="s">
         <v>10</v>
       </c>
       <c r="E344" t="s">
         <v>11</v>
       </c>
       <c r="F344" s="1" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="G344" t="s">
-        <v>1333</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
-        <v>1334</v>
+        <v>1338</v>
       </c>
       <c r="B345" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C345" t="s">
-        <v>1011</v>
+        <v>179</v>
       </c>
       <c r="D345" t="s">
         <v>10</v>
       </c>
       <c r="E345" t="s">
         <v>11</v>
       </c>
       <c r="F345" s="1" t="s">
-        <v>1335</v>
+        <v>1339</v>
       </c>
       <c r="G345" t="s">
-        <v>1336</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
       <c r="B346" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C346" t="s">
-        <v>1015</v>
+        <v>183</v>
       </c>
       <c r="D346" t="s">
         <v>10</v>
       </c>
       <c r="E346" t="s">
         <v>11</v>
       </c>
       <c r="F346" s="1" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="G346" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
       <c r="B347" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C347" t="s">
-        <v>1019</v>
+        <v>187</v>
       </c>
       <c r="D347" t="s">
         <v>10</v>
       </c>
       <c r="E347" t="s">
         <v>11</v>
       </c>
       <c r="F347" s="1" t="s">
-        <v>1341</v>
+        <v>1345</v>
       </c>
       <c r="G347" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
-        <v>1343</v>
+        <v>1347</v>
       </c>
       <c r="B348" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C348" t="s">
-        <v>1023</v>
+        <v>191</v>
       </c>
       <c r="D348" t="s">
         <v>10</v>
       </c>
       <c r="E348" t="s">
         <v>11</v>
       </c>
       <c r="F348" s="1" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
       <c r="G348" t="s">
-        <v>1345</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
       <c r="B349" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C349" t="s">
-        <v>1027</v>
+        <v>195</v>
       </c>
       <c r="D349" t="s">
         <v>10</v>
       </c>
       <c r="E349" t="s">
         <v>11</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
       <c r="G349" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
       <c r="B350" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C350" t="s">
-        <v>1031</v>
+        <v>199</v>
       </c>
       <c r="D350" t="s">
         <v>10</v>
       </c>
       <c r="E350" t="s">
         <v>11</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
       <c r="G350" t="s">
-        <v>1351</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="B351" t="s">
-        <v>1193</v>
+        <v>206</v>
       </c>
       <c r="C351" t="s">
-        <v>1035</v>
+        <v>203</v>
       </c>
       <c r="D351" t="s">
         <v>10</v>
       </c>
       <c r="E351" t="s">
         <v>11</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>1353</v>
+        <v>1356</v>
       </c>
       <c r="G351" t="s">
-        <v>1354</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
-        <v>1355</v>
+        <v>1358</v>
       </c>
       <c r="B352" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C352" t="s">
-        <v>1039</v>
+        <v>1038</v>
       </c>
       <c r="D352" t="s">
         <v>10</v>
       </c>
       <c r="E352" t="s">
         <v>11</v>
       </c>
       <c r="F352" s="1" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="G352" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="B353" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C353" t="s">
-        <v>1043</v>
+        <v>1042</v>
       </c>
       <c r="D353" t="s">
         <v>10</v>
       </c>
       <c r="E353" t="s">
         <v>11</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="G353" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>1361</v>
+        <v>1365</v>
       </c>
       <c r="B354" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C354" t="s">
-        <v>1047</v>
+        <v>1054</v>
       </c>
       <c r="D354" t="s">
         <v>10</v>
       </c>
       <c r="E354" t="s">
         <v>11</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="G354" t="s">
-        <v>1363</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
       <c r="B355" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C355" t="s">
-        <v>1051</v>
+        <v>1046</v>
       </c>
       <c r="D355" t="s">
         <v>10</v>
       </c>
       <c r="E355" t="s">
         <v>11</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="G355" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>1367</v>
+        <v>1371</v>
       </c>
       <c r="B356" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C356" t="s">
-        <v>1055</v>
+        <v>1050</v>
       </c>
       <c r="D356" t="s">
         <v>10</v>
       </c>
       <c r="E356" t="s">
         <v>11</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>1368</v>
+        <v>1372</v>
       </c>
       <c r="G356" t="s">
-        <v>1369</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
-        <v>1370</v>
+        <v>1374</v>
       </c>
       <c r="B357" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C357" t="s">
-        <v>1059</v>
+        <v>1058</v>
       </c>
       <c r="D357" t="s">
         <v>10</v>
       </c>
       <c r="E357" t="s">
         <v>11</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>1371</v>
+        <v>1375</v>
       </c>
       <c r="G357" t="s">
-        <v>1372</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="B358" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C358" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
       <c r="D358" t="s">
         <v>10</v>
       </c>
       <c r="E358" t="s">
         <v>11</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>1374</v>
+        <v>1378</v>
       </c>
       <c r="G358" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>1376</v>
+        <v>1380</v>
       </c>
       <c r="B359" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C359" t="s">
-        <v>1067</v>
+        <v>1066</v>
       </c>
       <c r="D359" t="s">
         <v>10</v>
       </c>
       <c r="E359" t="s">
         <v>11</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
       <c r="G359" t="s">
-        <v>1378</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
-        <v>1379</v>
+        <v>1383</v>
       </c>
       <c r="B360" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C360" t="s">
-        <v>1071</v>
+        <v>1070</v>
       </c>
       <c r="D360" t="s">
         <v>10</v>
       </c>
       <c r="E360" t="s">
         <v>11</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>1380</v>
+        <v>1384</v>
       </c>
       <c r="G360" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>1382</v>
+        <v>1386</v>
       </c>
       <c r="B361" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C361" t="s">
-        <v>1075</v>
+        <v>1074</v>
       </c>
       <c r="D361" t="s">
         <v>10</v>
       </c>
       <c r="E361" t="s">
         <v>11</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>1383</v>
+        <v>1387</v>
       </c>
       <c r="G361" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
       <c r="B362" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C362" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="D362" t="s">
         <v>10</v>
       </c>
       <c r="E362" t="s">
         <v>11</v>
       </c>
       <c r="F362" s="1" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
       <c r="G362" t="s">
-        <v>1387</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
-        <v>1388</v>
+        <v>1392</v>
       </c>
       <c r="B363" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C363" t="s">
-        <v>1083</v>
+        <v>1082</v>
       </c>
       <c r="D363" t="s">
         <v>10</v>
       </c>
       <c r="E363" t="s">
         <v>11</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="G363" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B364" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C364" t="s">
-        <v>1087</v>
+        <v>1086</v>
       </c>
       <c r="D364" t="s">
         <v>10</v>
       </c>
       <c r="E364" t="s">
         <v>11</v>
       </c>
       <c r="F364" s="1" t="s">
-        <v>1392</v>
+        <v>1396</v>
       </c>
       <c r="G364" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
-        <v>1394</v>
+        <v>1398</v>
       </c>
       <c r="B365" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C365" t="s">
         <v>1090</v>
       </c>
       <c r="D365" t="s">
         <v>10</v>
       </c>
       <c r="E365" t="s">
         <v>11</v>
       </c>
       <c r="F365" s="1" t="s">
-        <v>1395</v>
+        <v>1399</v>
       </c>
       <c r="G365" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
-        <v>1397</v>
+        <v>1401</v>
       </c>
       <c r="B366" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C366" t="s">
         <v>1094</v>
       </c>
       <c r="D366" t="s">
         <v>10</v>
       </c>
       <c r="E366" t="s">
         <v>11</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>1398</v>
+        <v>1402</v>
       </c>
       <c r="G366" t="s">
-        <v>1399</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
-        <v>1400</v>
+        <v>1404</v>
       </c>
       <c r="B367" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C367" t="s">
         <v>1098</v>
       </c>
       <c r="D367" t="s">
         <v>10</v>
       </c>
       <c r="E367" t="s">
         <v>11</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="G367" t="s">
-        <v>1402</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
-        <v>1403</v>
+        <v>1407</v>
       </c>
       <c r="B368" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C368" t="s">
         <v>1102</v>
       </c>
       <c r="D368" t="s">
         <v>10</v>
       </c>
       <c r="E368" t="s">
         <v>11</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>1404</v>
+        <v>1408</v>
       </c>
       <c r="G368" t="s">
-        <v>1405</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
-        <v>1406</v>
+        <v>1410</v>
       </c>
       <c r="B369" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C369" t="s">
         <v>1106</v>
       </c>
       <c r="D369" t="s">
         <v>10</v>
       </c>
       <c r="E369" t="s">
         <v>11</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="G369" t="s">
-        <v>1408</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
-        <v>1409</v>
+        <v>1413</v>
       </c>
       <c r="B370" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C370" t="s">
         <v>1110</v>
       </c>
       <c r="D370" t="s">
         <v>10</v>
       </c>
       <c r="E370" t="s">
         <v>11</v>
       </c>
       <c r="F370" s="1" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
       <c r="G370" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
       <c r="B371" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C371" t="s">
         <v>1114</v>
       </c>
       <c r="D371" t="s">
         <v>10</v>
       </c>
       <c r="E371" t="s">
         <v>11</v>
       </c>
       <c r="F371" s="1" t="s">
-        <v>1413</v>
+        <v>1417</v>
       </c>
       <c r="G371" t="s">
-        <v>1414</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
-        <v>1415</v>
+        <v>1419</v>
       </c>
       <c r="B372" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C372" t="s">
         <v>1118</v>
       </c>
       <c r="D372" t="s">
         <v>10</v>
       </c>
       <c r="E372" t="s">
         <v>11</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>1416</v>
+        <v>1420</v>
       </c>
       <c r="G372" t="s">
-        <v>1417</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
-        <v>1418</v>
+        <v>1422</v>
       </c>
       <c r="B373" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C373" t="s">
         <v>1122</v>
       </c>
       <c r="D373" t="s">
         <v>10</v>
       </c>
       <c r="E373" t="s">
         <v>11</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="G373" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
       <c r="B374" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C374" t="s">
         <v>1126</v>
       </c>
       <c r="D374" t="s">
         <v>10</v>
       </c>
       <c r="E374" t="s">
         <v>11</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
       <c r="G374" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="B375" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C375" t="s">
         <v>1130</v>
       </c>
       <c r="D375" t="s">
         <v>10</v>
       </c>
       <c r="E375" t="s">
         <v>11</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>1425</v>
+        <v>1429</v>
       </c>
       <c r="G375" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
-        <v>1427</v>
+        <v>1431</v>
       </c>
       <c r="B376" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C376" t="s">
         <v>1134</v>
       </c>
       <c r="D376" t="s">
         <v>10</v>
       </c>
       <c r="E376" t="s">
         <v>11</v>
       </c>
       <c r="F376" s="1" t="s">
-        <v>1428</v>
+        <v>1432</v>
       </c>
       <c r="G376" t="s">
-        <v>1429</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
-        <v>1430</v>
+        <v>1434</v>
       </c>
       <c r="B377" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C377" t="s">
         <v>1138</v>
       </c>
       <c r="D377" t="s">
         <v>10</v>
       </c>
       <c r="E377" t="s">
         <v>11</v>
       </c>
       <c r="F377" s="1" t="s">
-        <v>1431</v>
+        <v>1435</v>
       </c>
       <c r="G377" t="s">
-        <v>1432</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
-        <v>1433</v>
+        <v>1437</v>
       </c>
       <c r="B378" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C378" t="s">
         <v>1142</v>
       </c>
       <c r="D378" t="s">
         <v>10</v>
       </c>
       <c r="E378" t="s">
         <v>11</v>
       </c>
       <c r="F378" s="1" t="s">
-        <v>1434</v>
+        <v>1438</v>
       </c>
       <c r="G378" t="s">
-        <v>1435</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
-        <v>1436</v>
+        <v>1440</v>
       </c>
       <c r="B379" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C379" t="s">
         <v>1146</v>
       </c>
       <c r="D379" t="s">
         <v>10</v>
       </c>
       <c r="E379" t="s">
         <v>11</v>
       </c>
       <c r="F379" s="1" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="G379" t="s">
-        <v>1438</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
-        <v>1439</v>
+        <v>1443</v>
       </c>
       <c r="B380" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C380" t="s">
         <v>1150</v>
       </c>
       <c r="D380" t="s">
         <v>10</v>
       </c>
       <c r="E380" t="s">
         <v>11</v>
       </c>
       <c r="F380" s="1" t="s">
-        <v>1440</v>
+        <v>1444</v>
       </c>
       <c r="G380" t="s">
-        <v>1441</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
-        <v>1442</v>
+        <v>1446</v>
       </c>
       <c r="B381" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C381" t="s">
         <v>1154</v>
       </c>
       <c r="D381" t="s">
         <v>10</v>
       </c>
       <c r="E381" t="s">
         <v>11</v>
       </c>
       <c r="F381" s="1" t="s">
-        <v>1443</v>
+        <v>1447</v>
       </c>
       <c r="G381" t="s">
-        <v>1444</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
-        <v>1445</v>
+        <v>1449</v>
       </c>
       <c r="B382" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C382" t="s">
         <v>1158</v>
       </c>
       <c r="D382" t="s">
         <v>10</v>
       </c>
       <c r="E382" t="s">
         <v>11</v>
       </c>
       <c r="F382" s="1" t="s">
-        <v>1446</v>
+        <v>1450</v>
       </c>
       <c r="G382" t="s">
-        <v>1447</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
-        <v>1448</v>
+        <v>1452</v>
       </c>
       <c r="B383" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C383" t="s">
         <v>1162</v>
       </c>
       <c r="D383" t="s">
         <v>10</v>
       </c>
       <c r="E383" t="s">
         <v>11</v>
       </c>
       <c r="F383" s="1" t="s">
-        <v>1449</v>
+        <v>1453</v>
       </c>
       <c r="G383" t="s">
-        <v>1450</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
-        <v>1451</v>
+        <v>1455</v>
       </c>
       <c r="B384" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C384" t="s">
         <v>1166</v>
       </c>
       <c r="D384" t="s">
         <v>10</v>
       </c>
       <c r="E384" t="s">
         <v>11</v>
       </c>
       <c r="F384" s="1" t="s">
-        <v>1452</v>
+        <v>1456</v>
       </c>
       <c r="G384" t="s">
-        <v>1453</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="B385" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C385" t="s">
         <v>1170</v>
       </c>
       <c r="D385" t="s">
         <v>10</v>
       </c>
       <c r="E385" t="s">
         <v>11</v>
       </c>
       <c r="F385" s="1" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
       <c r="G385" t="s">
-        <v>1456</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
-        <v>1457</v>
+        <v>1461</v>
       </c>
       <c r="B386" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C386" t="s">
         <v>1174</v>
       </c>
       <c r="D386" t="s">
         <v>10</v>
       </c>
       <c r="E386" t="s">
         <v>11</v>
       </c>
       <c r="F386" s="1" t="s">
-        <v>1458</v>
+        <v>1462</v>
       </c>
       <c r="G386" t="s">
-        <v>1459</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
-        <v>1460</v>
+        <v>1464</v>
       </c>
       <c r="B387" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C387" t="s">
         <v>1178</v>
       </c>
       <c r="D387" t="s">
         <v>10</v>
       </c>
       <c r="E387" t="s">
         <v>11</v>
       </c>
       <c r="F387" s="1" t="s">
-        <v>1461</v>
+        <v>1465</v>
       </c>
       <c r="G387" t="s">
-        <v>1462</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
-        <v>1463</v>
+        <v>1467</v>
       </c>
       <c r="B388" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C388" t="s">
         <v>1182</v>
       </c>
       <c r="D388" t="s">
         <v>10</v>
       </c>
       <c r="E388" t="s">
         <v>11</v>
       </c>
       <c r="F388" s="1" t="s">
-        <v>1464</v>
+        <v>1468</v>
       </c>
       <c r="G388" t="s">
-        <v>1465</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
-        <v>1466</v>
+        <v>1470</v>
       </c>
       <c r="B389" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C389" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="D389" t="s">
         <v>10</v>
       </c>
       <c r="E389" t="s">
         <v>11</v>
       </c>
       <c r="F389" s="1" t="s">
-        <v>1467</v>
+        <v>1471</v>
       </c>
       <c r="G389" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
-        <v>1469</v>
+        <v>1473</v>
       </c>
       <c r="B390" t="s">
-        <v>1193</v>
+        <v>1359</v>
       </c>
       <c r="C390" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="D390" t="s">
         <v>10</v>
       </c>
       <c r="E390" t="s">
         <v>11</v>
       </c>
       <c r="F390" s="1" t="s">
-        <v>1470</v>
+        <v>1474</v>
       </c>
       <c r="G390" t="s">
-        <v>1471</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
-        <v>1472</v>
+        <v>1476</v>
       </c>
       <c r="B391" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C391" t="s">
-        <v>667</v>
+        <v>1194</v>
       </c>
       <c r="D391" t="s">
         <v>10</v>
       </c>
       <c r="E391" t="s">
         <v>11</v>
       </c>
       <c r="F391" s="1" t="s">
-        <v>1474</v>
+        <v>1477</v>
       </c>
       <c r="G391" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
-        <v>1476</v>
+        <v>1479</v>
       </c>
       <c r="B392" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C392" t="s">
-        <v>671</v>
+        <v>1198</v>
       </c>
       <c r="D392" t="s">
         <v>10</v>
       </c>
       <c r="E392" t="s">
         <v>11</v>
       </c>
       <c r="F392" s="1" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
       <c r="G392" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
-        <v>1479</v>
+        <v>1482</v>
       </c>
       <c r="B393" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C393" t="s">
-        <v>675</v>
+        <v>1202</v>
       </c>
       <c r="D393" t="s">
         <v>10</v>
       </c>
       <c r="E393" t="s">
         <v>11</v>
       </c>
       <c r="F393" s="1" t="s">
-        <v>1480</v>
+        <v>1483</v>
       </c>
       <c r="G393" t="s">
-        <v>1481</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
-        <v>1482</v>
+        <v>1485</v>
       </c>
       <c r="B394" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C394" t="s">
-        <v>679</v>
+        <v>1206</v>
       </c>
       <c r="D394" t="s">
         <v>10</v>
       </c>
       <c r="E394" t="s">
         <v>11</v>
       </c>
       <c r="F394" s="1" t="s">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="G394" t="s">
-        <v>1484</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
-        <v>1485</v>
+        <v>1488</v>
       </c>
       <c r="B395" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C395" t="s">
-        <v>683</v>
+        <v>1210</v>
       </c>
       <c r="D395" t="s">
         <v>10</v>
       </c>
       <c r="E395" t="s">
         <v>11</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>1486</v>
+        <v>1489</v>
       </c>
       <c r="G395" t="s">
-        <v>1487</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
-        <v>1488</v>
+        <v>1491</v>
       </c>
       <c r="B396" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C396" t="s">
-        <v>687</v>
+        <v>9</v>
       </c>
       <c r="D396" t="s">
         <v>10</v>
       </c>
       <c r="E396" t="s">
         <v>11</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>1489</v>
+        <v>1492</v>
       </c>
       <c r="G396" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="B397" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C397" t="s">
-        <v>691</v>
+        <v>15</v>
       </c>
       <c r="D397" t="s">
         <v>10</v>
       </c>
       <c r="E397" t="s">
         <v>11</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
       <c r="G397" t="s">
-        <v>1493</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
-        <v>1494</v>
+        <v>1497</v>
       </c>
       <c r="B398" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C398" t="s">
-        <v>695</v>
+        <v>19</v>
       </c>
       <c r="D398" t="s">
         <v>10</v>
       </c>
       <c r="E398" t="s">
         <v>11</v>
       </c>
       <c r="F398" s="1" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
       <c r="G398" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
-        <v>1497</v>
+        <v>1500</v>
       </c>
       <c r="B399" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C399" t="s">
-        <v>699</v>
+        <v>23</v>
       </c>
       <c r="D399" t="s">
         <v>10</v>
       </c>
       <c r="E399" t="s">
         <v>11</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>1498</v>
+        <v>1501</v>
       </c>
       <c r="G399" t="s">
-        <v>1499</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
-        <v>1500</v>
+        <v>1503</v>
       </c>
       <c r="B400" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C400" t="s">
-        <v>703</v>
+        <v>27</v>
       </c>
       <c r="D400" t="s">
         <v>10</v>
       </c>
       <c r="E400" t="s">
         <v>11</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>1501</v>
+        <v>1504</v>
       </c>
       <c r="G400" t="s">
-        <v>1502</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
-        <v>1503</v>
+        <v>1506</v>
       </c>
       <c r="B401" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C401" t="s">
-        <v>707</v>
+        <v>31</v>
       </c>
       <c r="D401" t="s">
         <v>10</v>
       </c>
       <c r="E401" t="s">
         <v>11</v>
       </c>
       <c r="F401" s="1" t="s">
-        <v>1504</v>
+        <v>1507</v>
       </c>
       <c r="G401" t="s">
-        <v>1505</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
-        <v>1506</v>
+        <v>1509</v>
       </c>
       <c r="B402" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C402" t="s">
-        <v>711</v>
+        <v>35</v>
       </c>
       <c r="D402" t="s">
         <v>10</v>
       </c>
       <c r="E402" t="s">
         <v>11</v>
       </c>
       <c r="F402" s="1" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
       <c r="G402" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="B403" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C403" t="s">
-        <v>715</v>
+        <v>39</v>
       </c>
       <c r="D403" t="s">
         <v>10</v>
       </c>
       <c r="E403" t="s">
         <v>11</v>
       </c>
       <c r="F403" s="1" t="s">
-        <v>1510</v>
+        <v>1513</v>
       </c>
       <c r="G403" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="B404" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C404" t="s">
-        <v>719</v>
+        <v>43</v>
       </c>
       <c r="D404" t="s">
         <v>10</v>
       </c>
       <c r="E404" t="s">
         <v>11</v>
       </c>
       <c r="F404" s="1" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="G404" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="B405" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C405" t="s">
-        <v>723</v>
+        <v>47</v>
       </c>
       <c r="D405" t="s">
         <v>10</v>
       </c>
       <c r="E405" t="s">
         <v>11</v>
       </c>
       <c r="F405" s="1" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
       <c r="G405" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="B406" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C406" t="s">
-        <v>727</v>
+        <v>51</v>
       </c>
       <c r="D406" t="s">
         <v>10</v>
       </c>
       <c r="E406" t="s">
         <v>11</v>
       </c>
       <c r="F406" s="1" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
       <c r="G406" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="B407" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C407" t="s">
-        <v>731</v>
+        <v>55</v>
       </c>
       <c r="D407" t="s">
         <v>10</v>
       </c>
       <c r="E407" t="s">
         <v>11</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
       <c r="G407" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="B408" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C408" t="s">
-        <v>735</v>
+        <v>59</v>
       </c>
       <c r="D408" t="s">
         <v>10</v>
       </c>
       <c r="E408" t="s">
         <v>11</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
       <c r="G408" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
       <c r="B409" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C409" t="s">
-        <v>739</v>
+        <v>63</v>
       </c>
       <c r="D409" t="s">
         <v>10</v>
       </c>
       <c r="E409" t="s">
         <v>11</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="G409" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
       <c r="B410" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C410" t="s">
-        <v>743</v>
+        <v>67</v>
       </c>
       <c r="D410" t="s">
         <v>10</v>
       </c>
       <c r="E410" t="s">
         <v>11</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
       <c r="G410" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="B411" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C411" t="s">
-        <v>747</v>
+        <v>71</v>
       </c>
       <c r="D411" t="s">
         <v>10</v>
       </c>
       <c r="E411" t="s">
         <v>11</v>
       </c>
       <c r="F411" s="1" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
       <c r="G411" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="B412" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C412" t="s">
-        <v>751</v>
+        <v>75</v>
       </c>
       <c r="D412" t="s">
         <v>10</v>
       </c>
       <c r="E412" t="s">
         <v>11</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
       <c r="G412" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
       <c r="B413" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C413" t="s">
-        <v>755</v>
+        <v>79</v>
       </c>
       <c r="D413" t="s">
         <v>10</v>
       </c>
       <c r="E413" t="s">
         <v>11</v>
       </c>
       <c r="F413" s="1" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="G413" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="B414" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C414" t="s">
-        <v>759</v>
+        <v>83</v>
       </c>
       <c r="D414" t="s">
         <v>10</v>
       </c>
       <c r="E414" t="s">
         <v>11</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
       <c r="G414" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
       <c r="B415" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C415" t="s">
-        <v>763</v>
+        <v>87</v>
       </c>
       <c r="D415" t="s">
         <v>10</v>
       </c>
       <c r="E415" t="s">
         <v>11</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>1546</v>
+        <v>1549</v>
       </c>
       <c r="G415" t="s">
-        <v>1547</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
-        <v>1548</v>
+        <v>1551</v>
       </c>
       <c r="B416" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C416" t="s">
-        <v>767</v>
+        <v>91</v>
       </c>
       <c r="D416" t="s">
         <v>10</v>
       </c>
       <c r="E416" t="s">
         <v>11</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>1549</v>
+        <v>1552</v>
       </c>
       <c r="G416" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="B417" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C417" t="s">
-        <v>771</v>
+        <v>95</v>
       </c>
       <c r="D417" t="s">
         <v>10</v>
       </c>
       <c r="E417" t="s">
         <v>11</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>1552</v>
+        <v>1555</v>
       </c>
       <c r="G417" t="s">
-        <v>1553</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="B418" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C418" t="s">
-        <v>775</v>
+        <v>99</v>
       </c>
       <c r="D418" t="s">
         <v>10</v>
       </c>
       <c r="E418" t="s">
         <v>11</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>1555</v>
+        <v>1558</v>
       </c>
       <c r="G418" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="B419" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C419" t="s">
-        <v>779</v>
+        <v>103</v>
       </c>
       <c r="D419" t="s">
         <v>10</v>
       </c>
       <c r="E419" t="s">
         <v>11</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>1558</v>
+        <v>1561</v>
       </c>
       <c r="G419" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="B420" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C420" t="s">
-        <v>783</v>
+        <v>107</v>
       </c>
       <c r="D420" t="s">
         <v>10</v>
       </c>
       <c r="E420" t="s">
         <v>11</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="G420" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="B421" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C421" t="s">
-        <v>787</v>
+        <v>111</v>
       </c>
       <c r="D421" t="s">
         <v>10</v>
       </c>
       <c r="E421" t="s">
         <v>11</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
       <c r="G421" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="B422" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C422" t="s">
-        <v>791</v>
+        <v>115</v>
       </c>
       <c r="D422" t="s">
         <v>10</v>
       </c>
       <c r="E422" t="s">
         <v>11</v>
       </c>
       <c r="F422" s="1" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
       <c r="G422" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="B423" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C423" t="s">
-        <v>795</v>
+        <v>119</v>
       </c>
       <c r="D423" t="s">
         <v>10</v>
       </c>
       <c r="E423" t="s">
         <v>11</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="G423" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="B424" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C424" t="s">
-        <v>799</v>
+        <v>123</v>
       </c>
       <c r="D424" t="s">
         <v>10</v>
       </c>
       <c r="E424" t="s">
         <v>11</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="G424" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="B425" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C425" t="s">
-        <v>803</v>
+        <v>127</v>
       </c>
       <c r="D425" t="s">
         <v>10</v>
       </c>
       <c r="E425" t="s">
         <v>11</v>
       </c>
       <c r="F425" s="1" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="G425" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="B426" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C426" t="s">
-        <v>807</v>
+        <v>131</v>
       </c>
       <c r="D426" t="s">
         <v>10</v>
       </c>
       <c r="E426" t="s">
         <v>11</v>
       </c>
       <c r="F426" s="1" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
       <c r="G426" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="B427" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C427" t="s">
-        <v>811</v>
+        <v>135</v>
       </c>
       <c r="D427" t="s">
         <v>10</v>
       </c>
       <c r="E427" t="s">
         <v>11</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="G427" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="B428" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C428" t="s">
-        <v>815</v>
+        <v>139</v>
       </c>
       <c r="D428" t="s">
         <v>10</v>
       </c>
       <c r="E428" t="s">
         <v>11</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
       <c r="G428" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
-        <v>1587</v>
+        <v>1590</v>
       </c>
       <c r="B429" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C429" t="s">
-        <v>819</v>
+        <v>143</v>
       </c>
       <c r="D429" t="s">
         <v>10</v>
       </c>
       <c r="E429" t="s">
         <v>11</v>
       </c>
       <c r="F429" s="1" t="s">
-        <v>1588</v>
+        <v>1591</v>
       </c>
       <c r="G429" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
       <c r="B430" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C430" t="s">
-        <v>823</v>
+        <v>147</v>
       </c>
       <c r="D430" t="s">
         <v>10</v>
       </c>
       <c r="E430" t="s">
         <v>11</v>
       </c>
       <c r="F430" s="1" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="G430" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="B431" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C431" t="s">
-        <v>827</v>
+        <v>151</v>
       </c>
       <c r="D431" t="s">
         <v>10</v>
       </c>
       <c r="E431" t="s">
         <v>11</v>
       </c>
       <c r="F431" s="1" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
       <c r="G431" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
       <c r="B432" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C432" t="s">
-        <v>831</v>
+        <v>155</v>
       </c>
       <c r="D432" t="s">
         <v>10</v>
       </c>
       <c r="E432" t="s">
         <v>11</v>
       </c>
       <c r="F432" s="1" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
       <c r="G432" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
       <c r="B433" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C433" t="s">
-        <v>835</v>
+        <v>159</v>
       </c>
       <c r="D433" t="s">
         <v>10</v>
       </c>
       <c r="E433" t="s">
         <v>11</v>
       </c>
       <c r="F433" s="1" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
       <c r="G433" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
-        <v>1602</v>
+        <v>1605</v>
       </c>
       <c r="B434" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C434" t="s">
-        <v>839</v>
+        <v>163</v>
       </c>
       <c r="D434" t="s">
         <v>10</v>
       </c>
       <c r="E434" t="s">
         <v>11</v>
       </c>
       <c r="F434" s="1" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
       <c r="G434" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="B435" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C435" t="s">
-        <v>843</v>
+        <v>167</v>
       </c>
       <c r="D435" t="s">
         <v>10</v>
       </c>
       <c r="E435" t="s">
         <v>11</v>
       </c>
       <c r="F435" s="1" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
       <c r="G435" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="B436" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C436" t="s">
-        <v>847</v>
+        <v>171</v>
       </c>
       <c r="D436" t="s">
         <v>10</v>
       </c>
       <c r="E436" t="s">
         <v>11</v>
       </c>
       <c r="F436" s="1" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
       <c r="G436" t="s">
-        <v>1610</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
       <c r="B437" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C437" t="s">
-        <v>851</v>
+        <v>175</v>
       </c>
       <c r="D437" t="s">
         <v>10</v>
       </c>
       <c r="E437" t="s">
         <v>11</v>
       </c>
       <c r="F437" s="1" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="G437" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
-        <v>1614</v>
+        <v>1617</v>
       </c>
       <c r="B438" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C438" t="s">
-        <v>855</v>
+        <v>179</v>
       </c>
       <c r="D438" t="s">
         <v>10</v>
       </c>
       <c r="E438" t="s">
         <v>11</v>
       </c>
       <c r="F438" s="1" t="s">
-        <v>1615</v>
+        <v>1618</v>
       </c>
       <c r="G438" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="B439" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C439" t="s">
-        <v>859</v>
+        <v>183</v>
       </c>
       <c r="D439" t="s">
         <v>10</v>
       </c>
       <c r="E439" t="s">
         <v>11</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="G439" t="s">
-        <v>1619</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
-        <v>1620</v>
+        <v>1623</v>
       </c>
       <c r="B440" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C440" t="s">
-        <v>863</v>
+        <v>187</v>
       </c>
       <c r="D440" t="s">
         <v>10</v>
       </c>
       <c r="E440" t="s">
         <v>11</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
       <c r="G440" t="s">
-        <v>1622</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
-        <v>1623</v>
+        <v>1626</v>
       </c>
       <c r="B441" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C441" t="s">
-        <v>867</v>
+        <v>191</v>
       </c>
       <c r="D441" t="s">
         <v>10</v>
       </c>
       <c r="E441" t="s">
         <v>11</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>1624</v>
+        <v>1627</v>
       </c>
       <c r="G441" t="s">
-        <v>1625</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="B442" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C442" t="s">
-        <v>871</v>
+        <v>195</v>
       </c>
       <c r="D442" t="s">
         <v>10</v>
       </c>
       <c r="E442" t="s">
         <v>11</v>
       </c>
       <c r="F442" s="1" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="G442" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="B443" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C443" t="s">
-        <v>875</v>
+        <v>199</v>
       </c>
       <c r="D443" t="s">
         <v>10</v>
       </c>
       <c r="E443" t="s">
         <v>11</v>
       </c>
       <c r="F443" s="1" t="s">
-        <v>1630</v>
+        <v>1633</v>
       </c>
       <c r="G443" t="s">
-        <v>1631</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
-        <v>1632</v>
+        <v>1635</v>
       </c>
       <c r="B444" t="s">
-        <v>1473</v>
+        <v>1359</v>
       </c>
       <c r="C444" t="s">
-        <v>879</v>
+        <v>203</v>
       </c>
       <c r="D444" t="s">
         <v>10</v>
       </c>
       <c r="E444" t="s">
         <v>11</v>
       </c>
       <c r="F444" s="1" t="s">
-        <v>1633</v>
+        <v>1636</v>
       </c>
       <c r="G444" t="s">
-        <v>1634</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
-        <v>1635</v>
+        <v>1638</v>
       </c>
       <c r="B445" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C445" t="s">
         <v>883</v>
       </c>
       <c r="D445" t="s">
         <v>10</v>
       </c>
       <c r="E445" t="s">
         <v>11</v>
       </c>
       <c r="F445" s="1" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="G445" t="s">
-        <v>1637</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
-        <v>1638</v>
+        <v>1642</v>
       </c>
       <c r="B446" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C446" t="s">
         <v>887</v>
       </c>
       <c r="D446" t="s">
         <v>10</v>
       </c>
       <c r="E446" t="s">
         <v>11</v>
       </c>
       <c r="F446" s="1" t="s">
-        <v>1639</v>
+        <v>1643</v>
       </c>
       <c r="G446" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="B447" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C447" t="s">
         <v>891</v>
       </c>
       <c r="D447" t="s">
         <v>10</v>
       </c>
       <c r="E447" t="s">
         <v>11</v>
       </c>
       <c r="F447" s="1" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="G447" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
-        <v>1644</v>
+        <v>1648</v>
       </c>
       <c r="B448" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C448" t="s">
         <v>895</v>
       </c>
       <c r="D448" t="s">
         <v>10</v>
       </c>
       <c r="E448" t="s">
         <v>11</v>
       </c>
       <c r="F448" s="1" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G448" t="s">
-        <v>1646</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
-        <v>1647</v>
+        <v>1651</v>
       </c>
       <c r="B449" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C449" t="s">
         <v>899</v>
       </c>
       <c r="D449" t="s">
         <v>10</v>
       </c>
       <c r="E449" t="s">
         <v>11</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>1648</v>
+        <v>1652</v>
       </c>
       <c r="G449" t="s">
-        <v>1649</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
-        <v>1650</v>
+        <v>1654</v>
       </c>
       <c r="B450" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C450" t="s">
         <v>903</v>
       </c>
       <c r="D450" t="s">
         <v>10</v>
       </c>
       <c r="E450" t="s">
         <v>11</v>
       </c>
       <c r="F450" s="1" t="s">
-        <v>1651</v>
+        <v>1655</v>
       </c>
       <c r="G450" t="s">
-        <v>1652</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
       <c r="B451" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C451" t="s">
         <v>907</v>
       </c>
       <c r="D451" t="s">
         <v>10</v>
       </c>
       <c r="E451" t="s">
         <v>11</v>
       </c>
       <c r="F451" s="1" t="s">
-        <v>1654</v>
+        <v>1658</v>
       </c>
       <c r="G451" t="s">
-        <v>1655</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="B452" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C452" t="s">
         <v>911</v>
       </c>
       <c r="D452" t="s">
         <v>10</v>
       </c>
       <c r="E452" t="s">
         <v>11</v>
       </c>
       <c r="F452" s="1" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
       <c r="G452" t="s">
-        <v>1658</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="B453" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C453" t="s">
         <v>915</v>
       </c>
       <c r="D453" t="s">
         <v>10</v>
       </c>
       <c r="E453" t="s">
         <v>11</v>
       </c>
       <c r="F453" s="1" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
       <c r="G453" t="s">
-        <v>1661</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="B454" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C454" t="s">
         <v>919</v>
       </c>
       <c r="D454" t="s">
         <v>10</v>
       </c>
       <c r="E454" t="s">
         <v>11</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>1663</v>
+        <v>1667</v>
       </c>
       <c r="G454" t="s">
-        <v>1664</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
-        <v>1665</v>
+        <v>1669</v>
       </c>
       <c r="B455" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C455" t="s">
         <v>923</v>
       </c>
       <c r="D455" t="s">
         <v>10</v>
       </c>
       <c r="E455" t="s">
         <v>11</v>
       </c>
       <c r="F455" s="1" t="s">
-        <v>1666</v>
+        <v>1670</v>
       </c>
       <c r="G455" t="s">
-        <v>1667</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
-        <v>1668</v>
+        <v>1672</v>
       </c>
       <c r="B456" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C456" t="s">
         <v>927</v>
       </c>
       <c r="D456" t="s">
         <v>10</v>
       </c>
       <c r="E456" t="s">
         <v>11</v>
       </c>
       <c r="F456" s="1" t="s">
-        <v>1669</v>
+        <v>1673</v>
       </c>
       <c r="G456" t="s">
-        <v>1670</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
-        <v>1671</v>
+        <v>1675</v>
       </c>
       <c r="B457" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C457" t="s">
         <v>931</v>
       </c>
       <c r="D457" t="s">
         <v>10</v>
       </c>
       <c r="E457" t="s">
         <v>11</v>
       </c>
       <c r="F457" s="1" t="s">
-        <v>1672</v>
+        <v>1676</v>
       </c>
       <c r="G457" t="s">
-        <v>1673</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
-        <v>1674</v>
+        <v>1678</v>
       </c>
       <c r="B458" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C458" t="s">
         <v>935</v>
       </c>
       <c r="D458" t="s">
         <v>10</v>
       </c>
       <c r="E458" t="s">
         <v>11</v>
       </c>
       <c r="F458" s="1" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="G458" t="s">
-        <v>1676</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
-        <v>1677</v>
+        <v>1681</v>
       </c>
       <c r="B459" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C459" t="s">
         <v>939</v>
       </c>
       <c r="D459" t="s">
         <v>10</v>
       </c>
       <c r="E459" t="s">
         <v>11</v>
       </c>
       <c r="F459" s="1" t="s">
-        <v>1678</v>
+        <v>1682</v>
       </c>
       <c r="G459" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="B460" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C460" t="s">
-        <v>943</v>
+        <v>942</v>
       </c>
       <c r="D460" t="s">
         <v>10</v>
       </c>
       <c r="E460" t="s">
         <v>11</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="G460" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
-        <v>1683</v>
+        <v>1687</v>
       </c>
       <c r="B461" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C461" t="s">
-        <v>947</v>
+        <v>946</v>
       </c>
       <c r="D461" t="s">
         <v>10</v>
       </c>
       <c r="E461" t="s">
         <v>11</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="G461" t="s">
-        <v>1685</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="B462" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C462" t="s">
-        <v>951</v>
+        <v>950</v>
       </c>
       <c r="D462" t="s">
         <v>10</v>
       </c>
       <c r="E462" t="s">
         <v>11</v>
       </c>
       <c r="F462" s="1" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="G462" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
       <c r="B463" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C463" t="s">
-        <v>955</v>
+        <v>954</v>
       </c>
       <c r="D463" t="s">
         <v>10</v>
       </c>
       <c r="E463" t="s">
         <v>11</v>
       </c>
       <c r="F463" s="1" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
       <c r="G463" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
       <c r="B464" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C464" t="s">
-        <v>959</v>
+        <v>958</v>
       </c>
       <c r="D464" t="s">
         <v>10</v>
       </c>
       <c r="E464" t="s">
         <v>11</v>
       </c>
       <c r="F464" s="1" t="s">
-        <v>1693</v>
+        <v>1697</v>
       </c>
       <c r="G464" t="s">
-        <v>1694</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="B465" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C465" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
       <c r="D465" t="s">
         <v>10</v>
       </c>
       <c r="E465" t="s">
         <v>11</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>1696</v>
+        <v>1700</v>
       </c>
       <c r="G465" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B466" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C466" t="s">
-        <v>967</v>
+        <v>966</v>
       </c>
       <c r="D466" t="s">
         <v>10</v>
       </c>
       <c r="E466" t="s">
         <v>11</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="G466" t="s">
-        <v>1700</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
-        <v>1701</v>
+        <v>1705</v>
       </c>
       <c r="B467" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C467" t="s">
-        <v>971</v>
+        <v>970</v>
       </c>
       <c r="D467" t="s">
         <v>10</v>
       </c>
       <c r="E467" t="s">
         <v>11</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>1702</v>
+        <v>1706</v>
       </c>
       <c r="G467" t="s">
-        <v>1703</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
-        <v>1704</v>
+        <v>1708</v>
       </c>
       <c r="B468" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C468" t="s">
-        <v>975</v>
+        <v>974</v>
       </c>
       <c r="D468" t="s">
         <v>10</v>
       </c>
       <c r="E468" t="s">
         <v>11</v>
       </c>
       <c r="F468" s="1" t="s">
-        <v>1705</v>
+        <v>1709</v>
       </c>
       <c r="G468" t="s">
-        <v>1706</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
-        <v>1707</v>
+        <v>1711</v>
       </c>
       <c r="B469" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C469" t="s">
-        <v>979</v>
+        <v>978</v>
       </c>
       <c r="D469" t="s">
         <v>10</v>
       </c>
       <c r="E469" t="s">
         <v>11</v>
       </c>
       <c r="F469" s="1" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
       <c r="G469" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
-        <v>1710</v>
+        <v>1714</v>
       </c>
       <c r="B470" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C470" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="D470" t="s">
         <v>10</v>
       </c>
       <c r="E470" t="s">
         <v>11</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>1711</v>
+        <v>1715</v>
       </c>
       <c r="G470" t="s">
-        <v>1712</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
-        <v>1713</v>
+        <v>1717</v>
       </c>
       <c r="B471" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C471" t="s">
-        <v>987</v>
+        <v>986</v>
       </c>
       <c r="D471" t="s">
         <v>10</v>
       </c>
       <c r="E471" t="s">
         <v>11</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>1714</v>
+        <v>1718</v>
       </c>
       <c r="G471" t="s">
-        <v>1715</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
-        <v>1716</v>
+        <v>1720</v>
       </c>
       <c r="B472" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C472" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="D472" t="s">
         <v>10</v>
       </c>
       <c r="E472" t="s">
         <v>11</v>
       </c>
       <c r="F472" s="1" t="s">
-        <v>1717</v>
+        <v>1721</v>
       </c>
       <c r="G472" t="s">
-        <v>1718</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
-        <v>1719</v>
+        <v>1723</v>
       </c>
       <c r="B473" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C473" t="s">
-        <v>995</v>
+        <v>994</v>
       </c>
       <c r="D473" t="s">
         <v>10</v>
       </c>
       <c r="E473" t="s">
         <v>11</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>1720</v>
+        <v>1724</v>
       </c>
       <c r="G473" t="s">
-        <v>1721</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
-        <v>1722</v>
+        <v>1726</v>
       </c>
       <c r="B474" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C474" t="s">
-        <v>999</v>
+        <v>998</v>
       </c>
       <c r="D474" t="s">
         <v>10</v>
       </c>
       <c r="E474" t="s">
         <v>11</v>
       </c>
       <c r="F474" s="1" t="s">
-        <v>1723</v>
+        <v>1727</v>
       </c>
       <c r="G474" t="s">
-        <v>1724</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
-        <v>1725</v>
+        <v>1729</v>
       </c>
       <c r="B475" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C475" t="s">
-        <v>1003</v>
+        <v>1002</v>
       </c>
       <c r="D475" t="s">
         <v>10</v>
       </c>
       <c r="E475" t="s">
         <v>11</v>
       </c>
       <c r="F475" s="1" t="s">
-        <v>1726</v>
+        <v>1730</v>
       </c>
       <c r="G475" t="s">
-        <v>1727</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
-        <v>1728</v>
+        <v>1732</v>
       </c>
       <c r="B476" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C476" t="s">
-        <v>1007</v>
+        <v>1006</v>
       </c>
       <c r="D476" t="s">
         <v>10</v>
       </c>
       <c r="E476" t="s">
         <v>11</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>1729</v>
+        <v>1733</v>
       </c>
       <c r="G476" t="s">
-        <v>1730</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="B477" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C477" t="s">
-        <v>1011</v>
+        <v>1010</v>
       </c>
       <c r="D477" t="s">
         <v>10</v>
       </c>
       <c r="E477" t="s">
         <v>11</v>
       </c>
       <c r="F477" s="1" t="s">
-        <v>1732</v>
+        <v>1736</v>
       </c>
       <c r="G477" t="s">
-        <v>1733</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
-        <v>1734</v>
+        <v>1738</v>
       </c>
       <c r="B478" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C478" t="s">
-        <v>1015</v>
+        <v>1014</v>
       </c>
       <c r="D478" t="s">
         <v>10</v>
       </c>
       <c r="E478" t="s">
         <v>11</v>
       </c>
       <c r="F478" s="1" t="s">
-        <v>1735</v>
+        <v>1739</v>
       </c>
       <c r="G478" t="s">
-        <v>1736</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
-        <v>1737</v>
+        <v>1741</v>
       </c>
       <c r="B479" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C479" t="s">
-        <v>1019</v>
+        <v>1018</v>
       </c>
       <c r="D479" t="s">
         <v>10</v>
       </c>
       <c r="E479" t="s">
         <v>11</v>
       </c>
       <c r="F479" s="1" t="s">
-        <v>1738</v>
+        <v>1742</v>
       </c>
       <c r="G479" t="s">
-        <v>1739</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" t="s">
-        <v>1740</v>
+        <v>1744</v>
       </c>
       <c r="B480" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C480" t="s">
-        <v>1023</v>
+        <v>1022</v>
       </c>
       <c r="D480" t="s">
         <v>10</v>
       </c>
       <c r="E480" t="s">
         <v>11</v>
       </c>
       <c r="F480" s="1" t="s">
-        <v>1741</v>
+        <v>1745</v>
       </c>
       <c r="G480" t="s">
-        <v>1742</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" t="s">
-        <v>1743</v>
+        <v>1747</v>
       </c>
       <c r="B481" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C481" t="s">
-        <v>1027</v>
+        <v>1026</v>
       </c>
       <c r="D481" t="s">
         <v>10</v>
       </c>
       <c r="E481" t="s">
         <v>11</v>
       </c>
       <c r="F481" s="1" t="s">
-        <v>1744</v>
+        <v>1748</v>
       </c>
       <c r="G481" t="s">
-        <v>1745</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" t="s">
-        <v>1746</v>
+        <v>1750</v>
       </c>
       <c r="B482" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C482" t="s">
-        <v>1031</v>
+        <v>1030</v>
       </c>
       <c r="D482" t="s">
         <v>10</v>
       </c>
       <c r="E482" t="s">
         <v>11</v>
       </c>
       <c r="F482" s="1" t="s">
-        <v>1747</v>
+        <v>1751</v>
       </c>
       <c r="G482" t="s">
-        <v>1748</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" t="s">
-        <v>1749</v>
+        <v>1753</v>
       </c>
       <c r="B483" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C483" t="s">
-        <v>1035</v>
+        <v>1034</v>
       </c>
       <c r="D483" t="s">
         <v>10</v>
       </c>
       <c r="E483" t="s">
         <v>11</v>
       </c>
       <c r="F483" s="1" t="s">
-        <v>1750</v>
+        <v>1754</v>
       </c>
       <c r="G483" t="s">
-        <v>1751</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" t="s">
-        <v>1752</v>
+        <v>1756</v>
       </c>
       <c r="B484" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C484" t="s">
-        <v>1039</v>
+        <v>1038</v>
       </c>
       <c r="D484" t="s">
         <v>10</v>
       </c>
       <c r="E484" t="s">
         <v>11</v>
       </c>
       <c r="F484" s="1" t="s">
-        <v>1753</v>
+        <v>1757</v>
       </c>
       <c r="G484" t="s">
-        <v>1754</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" t="s">
-        <v>1755</v>
+        <v>1759</v>
       </c>
       <c r="B485" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C485" t="s">
-        <v>1043</v>
+        <v>1042</v>
       </c>
       <c r="D485" t="s">
         <v>10</v>
       </c>
       <c r="E485" t="s">
         <v>11</v>
       </c>
       <c r="F485" s="1" t="s">
-        <v>1756</v>
+        <v>1760</v>
       </c>
       <c r="G485" t="s">
-        <v>1757</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" t="s">
-        <v>1758</v>
+        <v>1762</v>
       </c>
       <c r="B486" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C486" t="s">
-        <v>1047</v>
+        <v>1046</v>
       </c>
       <c r="D486" t="s">
         <v>10</v>
       </c>
       <c r="E486" t="s">
         <v>11</v>
       </c>
       <c r="F486" s="1" t="s">
-        <v>1759</v>
+        <v>1763</v>
       </c>
       <c r="G486" t="s">
-        <v>1760</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
-        <v>1761</v>
+        <v>1765</v>
       </c>
       <c r="B487" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C487" t="s">
-        <v>1051</v>
+        <v>1050</v>
       </c>
       <c r="D487" t="s">
         <v>10</v>
       </c>
       <c r="E487" t="s">
         <v>11</v>
       </c>
       <c r="F487" s="1" t="s">
-        <v>1762</v>
+        <v>1766</v>
       </c>
       <c r="G487" t="s">
-        <v>1763</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
-        <v>1764</v>
+        <v>1768</v>
       </c>
       <c r="B488" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C488" t="s">
-        <v>1055</v>
+        <v>1054</v>
       </c>
       <c r="D488" t="s">
         <v>10</v>
       </c>
       <c r="E488" t="s">
         <v>11</v>
       </c>
       <c r="F488" s="1" t="s">
-        <v>1765</v>
+        <v>1769</v>
       </c>
       <c r="G488" t="s">
-        <v>1766</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" t="s">
-        <v>1767</v>
+        <v>1771</v>
       </c>
       <c r="B489" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C489" t="s">
-        <v>1059</v>
+        <v>1058</v>
       </c>
       <c r="D489" t="s">
         <v>10</v>
       </c>
       <c r="E489" t="s">
         <v>11</v>
       </c>
       <c r="F489" s="1" t="s">
-        <v>1768</v>
+        <v>1772</v>
       </c>
       <c r="G489" t="s">
-        <v>1769</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" t="s">
-        <v>1770</v>
+        <v>1774</v>
       </c>
       <c r="B490" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C490" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
       <c r="D490" t="s">
         <v>10</v>
       </c>
       <c r="E490" t="s">
         <v>11</v>
       </c>
       <c r="F490" s="1" t="s">
-        <v>1771</v>
+        <v>1775</v>
       </c>
       <c r="G490" t="s">
-        <v>1772</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
-        <v>1773</v>
+        <v>1777</v>
       </c>
       <c r="B491" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C491" t="s">
-        <v>1067</v>
+        <v>1066</v>
       </c>
       <c r="D491" t="s">
         <v>10</v>
       </c>
       <c r="E491" t="s">
         <v>11</v>
       </c>
       <c r="F491" s="1" t="s">
-        <v>1774</v>
+        <v>1778</v>
       </c>
       <c r="G491" t="s">
-        <v>1775</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
-        <v>1776</v>
+        <v>1780</v>
       </c>
       <c r="B492" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C492" t="s">
-        <v>1071</v>
+        <v>1070</v>
       </c>
       <c r="D492" t="s">
         <v>10</v>
       </c>
       <c r="E492" t="s">
         <v>11</v>
       </c>
       <c r="F492" s="1" t="s">
-        <v>1777</v>
+        <v>1781</v>
       </c>
       <c r="G492" t="s">
-        <v>1778</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
-        <v>1779</v>
+        <v>1783</v>
       </c>
       <c r="B493" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C493" t="s">
-        <v>1075</v>
+        <v>1074</v>
       </c>
       <c r="D493" t="s">
         <v>10</v>
       </c>
       <c r="E493" t="s">
         <v>11</v>
       </c>
       <c r="F493" s="1" t="s">
-        <v>1780</v>
+        <v>1784</v>
       </c>
       <c r="G493" t="s">
-        <v>1781</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" t="s">
-        <v>1782</v>
+        <v>1786</v>
       </c>
       <c r="B494" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C494" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="D494" t="s">
         <v>10</v>
       </c>
       <c r="E494" t="s">
         <v>11</v>
       </c>
       <c r="F494" s="1" t="s">
-        <v>1783</v>
+        <v>1787</v>
       </c>
       <c r="G494" t="s">
-        <v>1784</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" t="s">
-        <v>1785</v>
+        <v>1789</v>
       </c>
       <c r="B495" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C495" t="s">
-        <v>1083</v>
+        <v>1082</v>
       </c>
       <c r="D495" t="s">
         <v>10</v>
       </c>
       <c r="E495" t="s">
         <v>11</v>
       </c>
       <c r="F495" s="1" t="s">
-        <v>1786</v>
+        <v>1790</v>
       </c>
       <c r="G495" t="s">
-        <v>1787</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" t="s">
-        <v>1788</v>
+        <v>1792</v>
       </c>
       <c r="B496" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C496" t="s">
-        <v>1087</v>
+        <v>1086</v>
       </c>
       <c r="D496" t="s">
         <v>10</v>
       </c>
       <c r="E496" t="s">
         <v>11</v>
       </c>
       <c r="F496" s="1" t="s">
-        <v>1789</v>
+        <v>1793</v>
       </c>
       <c r="G496" t="s">
-        <v>1790</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" t="s">
-        <v>1791</v>
+        <v>1795</v>
       </c>
       <c r="B497" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C497" t="s">
         <v>1090</v>
       </c>
       <c r="D497" t="s">
         <v>10</v>
       </c>
       <c r="E497" t="s">
         <v>11</v>
       </c>
       <c r="F497" s="1" t="s">
-        <v>1792</v>
+        <v>1796</v>
       </c>
       <c r="G497" t="s">
-        <v>1793</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" t="s">
-        <v>1794</v>
+        <v>1798</v>
       </c>
       <c r="B498" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C498" t="s">
         <v>1094</v>
       </c>
       <c r="D498" t="s">
         <v>10</v>
       </c>
       <c r="E498" t="s">
         <v>11</v>
       </c>
       <c r="F498" s="1" t="s">
-        <v>1795</v>
+        <v>1799</v>
       </c>
       <c r="G498" t="s">
-        <v>1796</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" t="s">
-        <v>1797</v>
+        <v>1801</v>
       </c>
       <c r="B499" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C499" t="s">
         <v>1098</v>
       </c>
       <c r="D499" t="s">
         <v>10</v>
       </c>
       <c r="E499" t="s">
         <v>11</v>
       </c>
       <c r="F499" s="1" t="s">
-        <v>1798</v>
+        <v>1802</v>
       </c>
       <c r="G499" t="s">
-        <v>1799</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" t="s">
-        <v>1800</v>
+        <v>1804</v>
       </c>
       <c r="B500" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C500" t="s">
         <v>1102</v>
       </c>
       <c r="D500" t="s">
         <v>10</v>
       </c>
       <c r="E500" t="s">
         <v>11</v>
       </c>
       <c r="F500" s="1" t="s">
-        <v>1801</v>
+        <v>1805</v>
       </c>
       <c r="G500" t="s">
-        <v>1802</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" t="s">
-        <v>1803</v>
+        <v>1807</v>
       </c>
       <c r="B501" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C501" t="s">
         <v>1106</v>
       </c>
       <c r="D501" t="s">
         <v>10</v>
       </c>
       <c r="E501" t="s">
         <v>11</v>
       </c>
       <c r="F501" s="1" t="s">
-        <v>1804</v>
+        <v>1808</v>
       </c>
       <c r="G501" t="s">
-        <v>1805</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" t="s">
-        <v>1806</v>
+        <v>1810</v>
       </c>
       <c r="B502" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C502" t="s">
         <v>1110</v>
       </c>
       <c r="D502" t="s">
         <v>10</v>
       </c>
       <c r="E502" t="s">
         <v>11</v>
       </c>
       <c r="F502" s="1" t="s">
-        <v>1807</v>
+        <v>1811</v>
       </c>
       <c r="G502" t="s">
-        <v>1808</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" t="s">
-        <v>1809</v>
+        <v>1813</v>
       </c>
       <c r="B503" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C503" t="s">
         <v>1114</v>
       </c>
       <c r="D503" t="s">
         <v>10</v>
       </c>
       <c r="E503" t="s">
         <v>11</v>
       </c>
       <c r="F503" s="1" t="s">
-        <v>1810</v>
+        <v>1814</v>
       </c>
       <c r="G503" t="s">
-        <v>1811</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" t="s">
-        <v>1812</v>
+        <v>1816</v>
       </c>
       <c r="B504" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C504" t="s">
         <v>1118</v>
       </c>
       <c r="D504" t="s">
         <v>10</v>
       </c>
       <c r="E504" t="s">
         <v>11</v>
       </c>
       <c r="F504" s="1" t="s">
-        <v>1813</v>
+        <v>1817</v>
       </c>
       <c r="G504" t="s">
-        <v>1814</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
-        <v>1815</v>
+        <v>1819</v>
       </c>
       <c r="B505" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C505" t="s">
         <v>1122</v>
       </c>
       <c r="D505" t="s">
         <v>10</v>
       </c>
       <c r="E505" t="s">
         <v>11</v>
       </c>
       <c r="F505" s="1" t="s">
-        <v>1816</v>
+        <v>1820</v>
       </c>
       <c r="G505" t="s">
-        <v>1817</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
-        <v>1818</v>
+        <v>1822</v>
       </c>
       <c r="B506" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C506" t="s">
         <v>1126</v>
       </c>
       <c r="D506" t="s">
         <v>10</v>
       </c>
       <c r="E506" t="s">
         <v>11</v>
       </c>
       <c r="F506" s="1" t="s">
-        <v>1819</v>
+        <v>1823</v>
       </c>
       <c r="G506" t="s">
-        <v>1820</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" t="s">
-        <v>1821</v>
+        <v>1825</v>
       </c>
       <c r="B507" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C507" t="s">
         <v>1130</v>
       </c>
       <c r="D507" t="s">
         <v>10</v>
       </c>
       <c r="E507" t="s">
         <v>11</v>
       </c>
       <c r="F507" s="1" t="s">
-        <v>1822</v>
+        <v>1826</v>
       </c>
       <c r="G507" t="s">
-        <v>1823</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="B508" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C508" t="s">
         <v>1134</v>
       </c>
       <c r="D508" t="s">
         <v>10</v>
       </c>
       <c r="E508" t="s">
         <v>11</v>
       </c>
       <c r="F508" s="1" t="s">
-        <v>1825</v>
+        <v>1829</v>
       </c>
       <c r="G508" t="s">
-        <v>1826</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" t="s">
-        <v>1827</v>
+        <v>1831</v>
       </c>
       <c r="B509" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C509" t="s">
         <v>1138</v>
       </c>
       <c r="D509" t="s">
         <v>10</v>
       </c>
       <c r="E509" t="s">
         <v>11</v>
       </c>
       <c r="F509" s="1" t="s">
-        <v>1828</v>
+        <v>1832</v>
       </c>
       <c r="G509" t="s">
-        <v>1829</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" t="s">
-        <v>1830</v>
+        <v>1834</v>
       </c>
       <c r="B510" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C510" t="s">
         <v>1142</v>
       </c>
       <c r="D510" t="s">
         <v>10</v>
       </c>
       <c r="E510" t="s">
         <v>11</v>
       </c>
       <c r="F510" s="1" t="s">
-        <v>1831</v>
+        <v>1835</v>
       </c>
       <c r="G510" t="s">
-        <v>1832</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" t="s">
-        <v>1833</v>
+        <v>1837</v>
       </c>
       <c r="B511" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C511" t="s">
         <v>1146</v>
       </c>
       <c r="D511" t="s">
         <v>10</v>
       </c>
       <c r="E511" t="s">
         <v>11</v>
       </c>
       <c r="F511" s="1" t="s">
-        <v>1834</v>
+        <v>1838</v>
       </c>
       <c r="G511" t="s">
-        <v>1835</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" t="s">
-        <v>1836</v>
+        <v>1840</v>
       </c>
       <c r="B512" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C512" t="s">
         <v>1150</v>
       </c>
       <c r="D512" t="s">
         <v>10</v>
       </c>
       <c r="E512" t="s">
         <v>11</v>
       </c>
       <c r="F512" s="1" t="s">
-        <v>1837</v>
+        <v>1841</v>
       </c>
       <c r="G512" t="s">
-        <v>1838</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" t="s">
-        <v>1839</v>
+        <v>1843</v>
       </c>
       <c r="B513" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C513" t="s">
         <v>1154</v>
       </c>
       <c r="D513" t="s">
         <v>10</v>
       </c>
       <c r="E513" t="s">
         <v>11</v>
       </c>
       <c r="F513" s="1" t="s">
-        <v>1840</v>
+        <v>1844</v>
       </c>
       <c r="G513" t="s">
-        <v>1841</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" t="s">
-        <v>1842</v>
+        <v>1846</v>
       </c>
       <c r="B514" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C514" t="s">
         <v>1158</v>
       </c>
       <c r="D514" t="s">
         <v>10</v>
       </c>
       <c r="E514" t="s">
         <v>11</v>
       </c>
       <c r="F514" s="1" t="s">
-        <v>1843</v>
+        <v>1847</v>
       </c>
       <c r="G514" t="s">
-        <v>1844</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" t="s">
-        <v>1845</v>
+        <v>1849</v>
       </c>
       <c r="B515" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C515" t="s">
         <v>1162</v>
       </c>
       <c r="D515" t="s">
         <v>10</v>
       </c>
       <c r="E515" t="s">
         <v>11</v>
       </c>
       <c r="F515" s="1" t="s">
-        <v>1846</v>
+        <v>1850</v>
       </c>
       <c r="G515" t="s">
-        <v>1847</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" t="s">
-        <v>1848</v>
+        <v>1852</v>
       </c>
       <c r="B516" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C516" t="s">
         <v>1166</v>
       </c>
       <c r="D516" t="s">
         <v>10</v>
       </c>
       <c r="E516" t="s">
         <v>11</v>
       </c>
       <c r="F516" s="1" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
       <c r="G516" t="s">
-        <v>1850</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" t="s">
-        <v>1851</v>
+        <v>1855</v>
       </c>
       <c r="B517" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C517" t="s">
         <v>1170</v>
       </c>
       <c r="D517" t="s">
         <v>10</v>
       </c>
       <c r="E517" t="s">
         <v>11</v>
       </c>
       <c r="F517" s="1" t="s">
-        <v>1852</v>
+        <v>1856</v>
       </c>
       <c r="G517" t="s">
-        <v>1853</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" t="s">
-        <v>1854</v>
+        <v>1858</v>
       </c>
       <c r="B518" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C518" t="s">
         <v>1174</v>
       </c>
       <c r="D518" t="s">
         <v>10</v>
       </c>
       <c r="E518" t="s">
         <v>11</v>
       </c>
       <c r="F518" s="1" t="s">
-        <v>1855</v>
+        <v>1859</v>
       </c>
       <c r="G518" t="s">
-        <v>1856</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="B519" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C519" t="s">
         <v>1178</v>
       </c>
       <c r="D519" t="s">
         <v>10</v>
       </c>
       <c r="E519" t="s">
         <v>11</v>
       </c>
       <c r="F519" s="1" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
       <c r="G519" t="s">
-        <v>1859</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" t="s">
-        <v>1860</v>
+        <v>1864</v>
       </c>
       <c r="B520" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C520" t="s">
         <v>1182</v>
       </c>
       <c r="D520" t="s">
         <v>10</v>
       </c>
       <c r="E520" t="s">
         <v>11</v>
       </c>
       <c r="F520" s="1" t="s">
-        <v>1861</v>
+        <v>1865</v>
       </c>
       <c r="G520" t="s">
-        <v>1862</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" t="s">
-        <v>1863</v>
+        <v>1867</v>
       </c>
       <c r="B521" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C521" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="D521" t="s">
         <v>10</v>
       </c>
       <c r="E521" t="s">
         <v>11</v>
       </c>
       <c r="F521" s="1" t="s">
-        <v>1864</v>
+        <v>1868</v>
       </c>
       <c r="G521" t="s">
-        <v>1865</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" t="s">
-        <v>1866</v>
+        <v>1870</v>
       </c>
       <c r="B522" t="s">
-        <v>1473</v>
+        <v>1639</v>
       </c>
       <c r="C522" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="D522" t="s">
         <v>10</v>
       </c>
       <c r="E522" t="s">
         <v>11</v>
       </c>
       <c r="F522" s="1" t="s">
-        <v>1867</v>
+        <v>1871</v>
       </c>
       <c r="G522" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="B523" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C523" t="s">
-        <v>1019</v>
+        <v>1194</v>
       </c>
       <c r="D523" t="s">
         <v>10</v>
       </c>
       <c r="E523" t="s">
         <v>11</v>
       </c>
       <c r="F523" s="1" t="s">
-        <v>1871</v>
+        <v>1874</v>
       </c>
       <c r="G523" t="s">
-        <v>1872</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" t="s">
-        <v>1873</v>
+        <v>1876</v>
       </c>
       <c r="B524" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C524" t="s">
-        <v>1023</v>
+        <v>1198</v>
       </c>
       <c r="D524" t="s">
         <v>10</v>
       </c>
       <c r="E524" t="s">
         <v>11</v>
       </c>
       <c r="F524" s="1" t="s">
-        <v>1874</v>
+        <v>1877</v>
       </c>
       <c r="G524" t="s">
-        <v>1875</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" t="s">
-        <v>1876</v>
+        <v>1879</v>
       </c>
       <c r="B525" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C525" t="s">
-        <v>1027</v>
+        <v>1202</v>
       </c>
       <c r="D525" t="s">
         <v>10</v>
       </c>
       <c r="E525" t="s">
         <v>11</v>
       </c>
       <c r="F525" s="1" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="G525" t="s">
-        <v>1878</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" t="s">
-        <v>1879</v>
+        <v>1882</v>
       </c>
       <c r="B526" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C526" t="s">
-        <v>1031</v>
+        <v>1206</v>
       </c>
       <c r="D526" t="s">
         <v>10</v>
       </c>
       <c r="E526" t="s">
         <v>11</v>
       </c>
       <c r="F526" s="1" t="s">
-        <v>1880</v>
+        <v>1883</v>
       </c>
       <c r="G526" t="s">
-        <v>1881</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="B527" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C527" t="s">
-        <v>1035</v>
+        <v>1210</v>
       </c>
       <c r="D527" t="s">
         <v>10</v>
       </c>
       <c r="E527" t="s">
         <v>11</v>
       </c>
       <c r="F527" s="1" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
       <c r="G527" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="B528" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C528" t="s">
-        <v>1039</v>
+        <v>9</v>
       </c>
       <c r="D528" t="s">
         <v>10</v>
       </c>
       <c r="E528" t="s">
         <v>11</v>
       </c>
       <c r="F528" s="1" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="G528" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="B529" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C529" t="s">
-        <v>1043</v>
+        <v>15</v>
       </c>
       <c r="D529" t="s">
         <v>10</v>
       </c>
       <c r="E529" t="s">
         <v>11</v>
       </c>
       <c r="F529" s="1" t="s">
-        <v>1889</v>
+        <v>1892</v>
       </c>
       <c r="G529" t="s">
-        <v>1890</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" t="s">
-        <v>1891</v>
+        <v>1894</v>
       </c>
       <c r="B530" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C530" t="s">
-        <v>1047</v>
+        <v>19</v>
       </c>
       <c r="D530" t="s">
         <v>10</v>
       </c>
       <c r="E530" t="s">
         <v>11</v>
       </c>
       <c r="F530" s="1" t="s">
-        <v>1892</v>
+        <v>1895</v>
       </c>
       <c r="G530" t="s">
-        <v>1893</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
       <c r="B531" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C531" t="s">
-        <v>1051</v>
+        <v>23</v>
       </c>
       <c r="D531" t="s">
         <v>10</v>
       </c>
       <c r="E531" t="s">
         <v>11</v>
       </c>
       <c r="F531" s="1" t="s">
-        <v>1895</v>
+        <v>1898</v>
       </c>
       <c r="G531" t="s">
-        <v>1896</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" t="s">
-        <v>1897</v>
+        <v>1900</v>
       </c>
       <c r="B532" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C532" t="s">
-        <v>1055</v>
+        <v>27</v>
       </c>
       <c r="D532" t="s">
         <v>10</v>
       </c>
       <c r="E532" t="s">
         <v>11</v>
       </c>
       <c r="F532" s="1" t="s">
-        <v>1898</v>
+        <v>1901</v>
       </c>
       <c r="G532" t="s">
-        <v>1754</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" t="s">
-        <v>1899</v>
+        <v>1903</v>
       </c>
       <c r="B533" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C533" t="s">
-        <v>1059</v>
+        <v>31</v>
       </c>
       <c r="D533" t="s">
         <v>10</v>
       </c>
       <c r="E533" t="s">
         <v>11</v>
       </c>
       <c r="F533" s="1" t="s">
-        <v>1900</v>
+        <v>1904</v>
       </c>
       <c r="G533" t="s">
-        <v>1901</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" t="s">
-        <v>1902</v>
+        <v>1906</v>
       </c>
       <c r="B534" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C534" t="s">
-        <v>1063</v>
+        <v>35</v>
       </c>
       <c r="D534" t="s">
         <v>10</v>
       </c>
       <c r="E534" t="s">
         <v>11</v>
       </c>
       <c r="F534" s="1" t="s">
-        <v>1903</v>
+        <v>1907</v>
       </c>
       <c r="G534" t="s">
-        <v>1904</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" t="s">
-        <v>1905</v>
+        <v>1909</v>
       </c>
       <c r="B535" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C535" t="s">
-        <v>1067</v>
+        <v>39</v>
       </c>
       <c r="D535" t="s">
         <v>10</v>
       </c>
       <c r="E535" t="s">
         <v>11</v>
       </c>
       <c r="F535" s="1" t="s">
-        <v>1906</v>
+        <v>1910</v>
       </c>
       <c r="G535" t="s">
-        <v>1907</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" t="s">
-        <v>1908</v>
+        <v>1912</v>
       </c>
       <c r="B536" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C536" t="s">
-        <v>1071</v>
+        <v>43</v>
       </c>
       <c r="D536" t="s">
         <v>10</v>
       </c>
       <c r="E536" t="s">
         <v>11</v>
       </c>
       <c r="F536" s="1" t="s">
-        <v>1909</v>
+        <v>1913</v>
       </c>
       <c r="G536" t="s">
-        <v>1910</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" t="s">
-        <v>1911</v>
+        <v>1915</v>
       </c>
       <c r="B537" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C537" t="s">
-        <v>1075</v>
+        <v>47</v>
       </c>
       <c r="D537" t="s">
         <v>10</v>
       </c>
       <c r="E537" t="s">
         <v>11</v>
       </c>
       <c r="F537" s="1" t="s">
-        <v>1912</v>
+        <v>1916</v>
       </c>
       <c r="G537" t="s">
-        <v>1913</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" t="s">
-        <v>1914</v>
+        <v>1918</v>
       </c>
       <c r="B538" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C538" t="s">
-        <v>1079</v>
+        <v>51</v>
       </c>
       <c r="D538" t="s">
         <v>10</v>
       </c>
       <c r="E538" t="s">
         <v>11</v>
       </c>
       <c r="F538" s="1" t="s">
-        <v>1915</v>
+        <v>1919</v>
       </c>
       <c r="G538" t="s">
-        <v>1916</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" t="s">
-        <v>1917</v>
+        <v>1921</v>
       </c>
       <c r="B539" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C539" t="s">
-        <v>1083</v>
+        <v>55</v>
       </c>
       <c r="D539" t="s">
         <v>10</v>
       </c>
       <c r="E539" t="s">
         <v>11</v>
       </c>
       <c r="F539" s="1" t="s">
-        <v>1918</v>
+        <v>1922</v>
       </c>
       <c r="G539" t="s">
-        <v>1919</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" t="s">
-        <v>1920</v>
+        <v>1924</v>
       </c>
       <c r="B540" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C540" t="s">
-        <v>1087</v>
+        <v>59</v>
       </c>
       <c r="D540" t="s">
         <v>10</v>
       </c>
       <c r="E540" t="s">
         <v>11</v>
       </c>
       <c r="F540" s="1" t="s">
-        <v>724</v>
+        <v>1925</v>
       </c>
       <c r="G540" t="s">
-        <v>1921</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" t="s">
-        <v>1922</v>
+        <v>1927</v>
       </c>
       <c r="B541" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C541" t="s">
-        <v>1090</v>
+        <v>63</v>
       </c>
       <c r="D541" t="s">
         <v>10</v>
       </c>
       <c r="E541" t="s">
         <v>11</v>
       </c>
       <c r="F541" s="1" t="s">
-        <v>1923</v>
+        <v>1928</v>
       </c>
       <c r="G541" t="s">
-        <v>1924</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" t="s">
-        <v>1925</v>
+        <v>1930</v>
       </c>
       <c r="B542" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C542" t="s">
-        <v>1094</v>
+        <v>67</v>
       </c>
       <c r="D542" t="s">
         <v>10</v>
       </c>
       <c r="E542" t="s">
         <v>11</v>
       </c>
       <c r="F542" s="1" t="s">
-        <v>1926</v>
+        <v>1931</v>
       </c>
       <c r="G542" t="s">
-        <v>1927</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" t="s">
-        <v>1928</v>
+        <v>1933</v>
       </c>
       <c r="B543" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C543" t="s">
-        <v>1098</v>
+        <v>71</v>
       </c>
       <c r="D543" t="s">
         <v>10</v>
       </c>
       <c r="E543" t="s">
         <v>11</v>
       </c>
       <c r="F543" s="1" t="s">
-        <v>1929</v>
+        <v>1934</v>
       </c>
       <c r="G543" t="s">
-        <v>1930</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" t="s">
-        <v>1931</v>
+        <v>1936</v>
       </c>
       <c r="B544" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C544" t="s">
-        <v>1102</v>
+        <v>75</v>
       </c>
       <c r="D544" t="s">
         <v>10</v>
       </c>
       <c r="E544" t="s">
         <v>11</v>
       </c>
       <c r="F544" s="1" t="s">
-        <v>1932</v>
+        <v>1937</v>
       </c>
       <c r="G544" t="s">
-        <v>1933</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" t="s">
-        <v>1934</v>
+        <v>1939</v>
       </c>
       <c r="B545" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C545" t="s">
-        <v>1106</v>
+        <v>79</v>
       </c>
       <c r="D545" t="s">
         <v>10</v>
       </c>
       <c r="E545" t="s">
         <v>11</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>1935</v>
+        <v>1940</v>
       </c>
       <c r="G545" t="s">
-        <v>1936</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" t="s">
-        <v>1937</v>
+        <v>1942</v>
       </c>
       <c r="B546" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C546" t="s">
-        <v>1110</v>
+        <v>83</v>
       </c>
       <c r="D546" t="s">
         <v>10</v>
       </c>
       <c r="E546" t="s">
         <v>11</v>
       </c>
       <c r="F546" s="1" t="s">
-        <v>1938</v>
+        <v>1943</v>
       </c>
       <c r="G546" t="s">
-        <v>1939</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" t="s">
-        <v>1940</v>
+        <v>1945</v>
       </c>
       <c r="B547" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C547" t="s">
-        <v>1114</v>
+        <v>87</v>
       </c>
       <c r="D547" t="s">
         <v>10</v>
       </c>
       <c r="E547" t="s">
         <v>11</v>
       </c>
       <c r="F547" s="1" t="s">
-        <v>1941</v>
+        <v>1946</v>
       </c>
       <c r="G547" t="s">
-        <v>1942</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" t="s">
-        <v>1943</v>
+        <v>1948</v>
       </c>
       <c r="B548" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C548" t="s">
-        <v>1118</v>
+        <v>91</v>
       </c>
       <c r="D548" t="s">
         <v>10</v>
       </c>
       <c r="E548" t="s">
         <v>11</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>1944</v>
+        <v>1949</v>
       </c>
       <c r="G548" t="s">
-        <v>1945</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" t="s">
-        <v>1946</v>
+        <v>1951</v>
       </c>
       <c r="B549" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C549" t="s">
-        <v>1122</v>
+        <v>95</v>
       </c>
       <c r="D549" t="s">
         <v>10</v>
       </c>
       <c r="E549" t="s">
         <v>11</v>
       </c>
       <c r="F549" s="1" t="s">
-        <v>1947</v>
+        <v>1952</v>
       </c>
       <c r="G549" t="s">
-        <v>1948</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" t="s">
-        <v>1949</v>
+        <v>1954</v>
       </c>
       <c r="B550" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C550" t="s">
-        <v>1126</v>
+        <v>99</v>
       </c>
       <c r="D550" t="s">
         <v>10</v>
       </c>
       <c r="E550" t="s">
         <v>11</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>1950</v>
+        <v>1955</v>
       </c>
       <c r="G550" t="s">
-        <v>1951</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" t="s">
-        <v>1952</v>
+        <v>1957</v>
       </c>
       <c r="B551" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C551" t="s">
-        <v>1130</v>
+        <v>103</v>
       </c>
       <c r="D551" t="s">
         <v>10</v>
       </c>
       <c r="E551" t="s">
         <v>11</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>1953</v>
+        <v>1958</v>
       </c>
       <c r="G551" t="s">
-        <v>1954</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" t="s">
-        <v>1955</v>
+        <v>1960</v>
       </c>
       <c r="B552" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C552" t="s">
-        <v>1134</v>
+        <v>107</v>
       </c>
       <c r="D552" t="s">
         <v>10</v>
       </c>
       <c r="E552" t="s">
         <v>11</v>
       </c>
       <c r="F552" s="1" t="s">
-        <v>1956</v>
+        <v>1961</v>
       </c>
       <c r="G552" t="s">
-        <v>1957</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" t="s">
-        <v>1958</v>
+        <v>1963</v>
       </c>
       <c r="B553" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C553" t="s">
-        <v>1138</v>
+        <v>111</v>
       </c>
       <c r="D553" t="s">
         <v>10</v>
       </c>
       <c r="E553" t="s">
         <v>11</v>
       </c>
       <c r="F553" s="1" t="s">
-        <v>1959</v>
+        <v>1964</v>
       </c>
       <c r="G553" t="s">
-        <v>1960</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" t="s">
-        <v>1961</v>
+        <v>1966</v>
       </c>
       <c r="B554" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C554" t="s">
-        <v>1142</v>
+        <v>115</v>
       </c>
       <c r="D554" t="s">
         <v>10</v>
       </c>
       <c r="E554" t="s">
         <v>11</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>1962</v>
+        <v>1967</v>
       </c>
       <c r="G554" t="s">
-        <v>1963</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" t="s">
-        <v>1964</v>
+        <v>1969</v>
       </c>
       <c r="B555" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C555" t="s">
-        <v>1146</v>
+        <v>119</v>
       </c>
       <c r="D555" t="s">
         <v>10</v>
       </c>
       <c r="E555" t="s">
         <v>11</v>
       </c>
       <c r="F555" s="1" t="s">
-        <v>1965</v>
+        <v>1970</v>
       </c>
       <c r="G555" t="s">
-        <v>1966</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" t="s">
-        <v>1967</v>
+        <v>1972</v>
       </c>
       <c r="B556" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C556" t="s">
-        <v>1150</v>
+        <v>123</v>
       </c>
       <c r="D556" t="s">
         <v>10</v>
       </c>
       <c r="E556" t="s">
         <v>11</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
       <c r="G556" t="s">
-        <v>1969</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" t="s">
-        <v>1970</v>
+        <v>1975</v>
       </c>
       <c r="B557" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C557" t="s">
-        <v>1154</v>
+        <v>127</v>
       </c>
       <c r="D557" t="s">
         <v>10</v>
       </c>
       <c r="E557" t="s">
         <v>11</v>
       </c>
       <c r="F557" s="1" t="s">
-        <v>1971</v>
+        <v>1976</v>
       </c>
       <c r="G557" t="s">
-        <v>1972</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" t="s">
-        <v>1973</v>
+        <v>1978</v>
       </c>
       <c r="B558" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C558" t="s">
-        <v>1158</v>
+        <v>131</v>
       </c>
       <c r="D558" t="s">
         <v>10</v>
       </c>
       <c r="E558" t="s">
         <v>11</v>
       </c>
       <c r="F558" s="1" t="s">
-        <v>1974</v>
+        <v>1979</v>
       </c>
       <c r="G558" t="s">
-        <v>1975</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" t="s">
-        <v>1976</v>
+        <v>1981</v>
       </c>
       <c r="B559" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C559" t="s">
-        <v>1162</v>
+        <v>135</v>
       </c>
       <c r="D559" t="s">
         <v>10</v>
       </c>
       <c r="E559" t="s">
         <v>11</v>
       </c>
       <c r="F559" s="1" t="s">
-        <v>1977</v>
+        <v>1982</v>
       </c>
       <c r="G559" t="s">
-        <v>1978</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" t="s">
-        <v>1979</v>
+        <v>1984</v>
       </c>
       <c r="B560" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C560" t="s">
-        <v>1166</v>
+        <v>139</v>
       </c>
       <c r="D560" t="s">
         <v>10</v>
       </c>
       <c r="E560" t="s">
         <v>11</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>1980</v>
+        <v>1985</v>
       </c>
       <c r="G560" t="s">
-        <v>1981</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" t="s">
-        <v>1982</v>
+        <v>1987</v>
       </c>
       <c r="B561" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C561" t="s">
-        <v>1170</v>
+        <v>143</v>
       </c>
       <c r="D561" t="s">
         <v>10</v>
       </c>
       <c r="E561" t="s">
         <v>11</v>
       </c>
       <c r="F561" s="1" t="s">
-        <v>1983</v>
+        <v>1988</v>
       </c>
       <c r="G561" t="s">
-        <v>1984</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" t="s">
-        <v>1985</v>
+        <v>1990</v>
       </c>
       <c r="B562" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C562" t="s">
-        <v>1174</v>
+        <v>147</v>
       </c>
       <c r="D562" t="s">
         <v>10</v>
       </c>
       <c r="E562" t="s">
         <v>11</v>
       </c>
       <c r="F562" s="1" t="s">
-        <v>1986</v>
+        <v>1991</v>
       </c>
       <c r="G562" t="s">
-        <v>1987</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" t="s">
-        <v>1988</v>
+        <v>1993</v>
       </c>
       <c r="B563" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C563" t="s">
-        <v>1178</v>
+        <v>151</v>
       </c>
       <c r="D563" t="s">
         <v>10</v>
       </c>
       <c r="E563" t="s">
         <v>11</v>
       </c>
       <c r="F563" s="1" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="G563" t="s">
-        <v>1990</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" t="s">
-        <v>1991</v>
+        <v>1996</v>
       </c>
       <c r="B564" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C564" t="s">
-        <v>1182</v>
+        <v>155</v>
       </c>
       <c r="D564" t="s">
         <v>10</v>
       </c>
       <c r="E564" t="s">
         <v>11</v>
       </c>
       <c r="F564" s="1" t="s">
-        <v>1992</v>
+        <v>1997</v>
       </c>
       <c r="G564" t="s">
-        <v>1993</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" t="s">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="B565" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C565" t="s">
-        <v>1185</v>
+        <v>159</v>
       </c>
       <c r="D565" t="s">
         <v>10</v>
       </c>
       <c r="E565" t="s">
         <v>11</v>
       </c>
       <c r="F565" s="1" t="s">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="G565" t="s">
-        <v>1996</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" t="s">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="B566" t="s">
-        <v>1870</v>
+        <v>1639</v>
       </c>
       <c r="C566" t="s">
-        <v>1189</v>
+        <v>163</v>
       </c>
       <c r="D566" t="s">
         <v>10</v>
       </c>
       <c r="E566" t="s">
         <v>11</v>
       </c>
       <c r="F566" s="1" t="s">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="G566" t="s">
-        <v>1999</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" t="s">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="B567" t="s">
-        <v>2001</v>
+        <v>1639</v>
       </c>
       <c r="C567" t="s">
-        <v>1019</v>
+        <v>167</v>
       </c>
       <c r="D567" t="s">
         <v>10</v>
       </c>
       <c r="E567" t="s">
         <v>11</v>
       </c>
       <c r="F567" s="1" t="s">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="G567" t="s">
-        <v>2003</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" t="s">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="B568" t="s">
-        <v>2001</v>
+        <v>1639</v>
       </c>
       <c r="C568" t="s">
-        <v>1023</v>
+        <v>171</v>
       </c>
       <c r="D568" t="s">
         <v>10</v>
       </c>
       <c r="E568" t="s">
         <v>11</v>
       </c>
       <c r="F568" s="1" t="s">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="G568" t="s">
-        <v>2006</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" t="s">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="B569" t="s">
-        <v>2001</v>
+        <v>1639</v>
       </c>
       <c r="C569" t="s">
-        <v>1027</v>
+        <v>175</v>
       </c>
       <c r="D569" t="s">
         <v>10</v>
       </c>
       <c r="E569" t="s">
         <v>11</v>
       </c>
       <c r="F569" s="1" t="s">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="G569" t="s">
-        <v>2009</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" t="s">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="B570" t="s">
-        <v>2001</v>
+        <v>1639</v>
       </c>
       <c r="C570" t="s">
-        <v>1031</v>
+        <v>179</v>
       </c>
       <c r="D570" t="s">
         <v>10</v>
       </c>
       <c r="E570" t="s">
         <v>11</v>
       </c>
       <c r="F570" s="1" t="s">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="G570" t="s">
-        <v>2012</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" t="s">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="B571" t="s">
-        <v>2001</v>
+        <v>1639</v>
       </c>
       <c r="C571" t="s">
-        <v>1035</v>
+        <v>183</v>
       </c>
       <c r="D571" t="s">
         <v>10</v>
       </c>
       <c r="E571" t="s">
         <v>11</v>
       </c>
       <c r="F571" s="1" t="s">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="G571" t="s">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" t="s">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="B572" t="s">
-        <v>2001</v>
+        <v>1639</v>
       </c>
       <c r="C572" t="s">
-        <v>1039</v>
+        <v>187</v>
       </c>
       <c r="D572" t="s">
         <v>10</v>
       </c>
       <c r="E572" t="s">
         <v>11</v>
       </c>
       <c r="F572" s="1" t="s">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="G572" t="s">
-        <v>2018</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" t="s">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="B573" t="s">
-        <v>2001</v>
+        <v>1639</v>
       </c>
       <c r="C573" t="s">
-        <v>1043</v>
+        <v>191</v>
       </c>
       <c r="D573" t="s">
         <v>10</v>
       </c>
       <c r="E573" t="s">
         <v>11</v>
       </c>
       <c r="F573" s="1" t="s">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G573" t="s">
-        <v>2021</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" t="s">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="B574" t="s">
-        <v>2001</v>
+        <v>1639</v>
       </c>
       <c r="C574" t="s">
-        <v>1047</v>
+        <v>195</v>
       </c>
       <c r="D574" t="s">
         <v>10</v>
       </c>
       <c r="E574" t="s">
         <v>11</v>
       </c>
       <c r="F574" s="1" t="s">
-        <v>2023</v>
+        <v>2027</v>
       </c>
       <c r="G574" t="s">
-        <v>2024</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" t="s">
-        <v>2025</v>
+        <v>2029</v>
       </c>
       <c r="B575" t="s">
-        <v>2001</v>
+        <v>1639</v>
       </c>
       <c r="C575" t="s">
-        <v>1051</v>
+        <v>199</v>
       </c>
       <c r="D575" t="s">
         <v>10</v>
       </c>
       <c r="E575" t="s">
         <v>11</v>
       </c>
       <c r="F575" s="1" t="s">
-        <v>2026</v>
+        <v>2030</v>
       </c>
       <c r="G575" t="s">
-        <v>2027</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" t="s">
-        <v>2028</v>
+        <v>2032</v>
       </c>
       <c r="B576" t="s">
-        <v>2001</v>
+        <v>1639</v>
       </c>
       <c r="C576" t="s">
-        <v>1055</v>
+        <v>203</v>
       </c>
       <c r="D576" t="s">
         <v>10</v>
       </c>
       <c r="E576" t="s">
         <v>11</v>
       </c>
       <c r="F576" s="1" t="s">
-        <v>2029</v>
+        <v>2033</v>
       </c>
       <c r="G576" t="s">
-        <v>2030</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" t="s">
-        <v>2031</v>
+        <v>2035</v>
       </c>
       <c r="B577" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C577" t="s">
-        <v>1059</v>
+        <v>31</v>
       </c>
       <c r="D577" t="s">
         <v>10</v>
       </c>
       <c r="E577" t="s">
         <v>11</v>
       </c>
       <c r="F577" s="1" t="s">
-        <v>2032</v>
+        <v>2037</v>
       </c>
       <c r="G577" t="s">
-        <v>2033</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" t="s">
-        <v>2034</v>
+        <v>2039</v>
       </c>
       <c r="B578" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C578" t="s">
-        <v>1063</v>
+        <v>35</v>
       </c>
       <c r="D578" t="s">
         <v>10</v>
       </c>
       <c r="E578" t="s">
         <v>11</v>
       </c>
       <c r="F578" s="1" t="s">
-        <v>2035</v>
+        <v>2040</v>
       </c>
       <c r="G578" t="s">
-        <v>2036</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" t="s">
-        <v>2037</v>
+        <v>2042</v>
       </c>
       <c r="B579" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C579" t="s">
-        <v>1067</v>
+        <v>39</v>
       </c>
       <c r="D579" t="s">
         <v>10</v>
       </c>
       <c r="E579" t="s">
         <v>11</v>
       </c>
       <c r="F579" s="1" t="s">
-        <v>2038</v>
+        <v>2043</v>
       </c>
       <c r="G579" t="s">
-        <v>2039</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" t="s">
-        <v>2040</v>
+        <v>2045</v>
       </c>
       <c r="B580" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C580" t="s">
-        <v>1071</v>
+        <v>43</v>
       </c>
       <c r="D580" t="s">
         <v>10</v>
       </c>
       <c r="E580" t="s">
         <v>11</v>
       </c>
       <c r="F580" s="1" t="s">
-        <v>2041</v>
+        <v>2046</v>
       </c>
       <c r="G580" t="s">
-        <v>2042</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" t="s">
-        <v>2043</v>
+        <v>2048</v>
       </c>
       <c r="B581" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C581" t="s">
-        <v>1079</v>
+        <v>47</v>
       </c>
       <c r="D581" t="s">
         <v>10</v>
       </c>
       <c r="E581" t="s">
         <v>11</v>
       </c>
       <c r="F581" s="1" t="s">
-        <v>2044</v>
+        <v>2049</v>
       </c>
       <c r="G581" t="s">
-        <v>2045</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" t="s">
-        <v>2046</v>
+        <v>2051</v>
       </c>
       <c r="B582" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C582" t="s">
-        <v>1075</v>
+        <v>51</v>
       </c>
       <c r="D582" t="s">
         <v>10</v>
       </c>
       <c r="E582" t="s">
         <v>11</v>
       </c>
       <c r="F582" s="1" t="s">
-        <v>2047</v>
+        <v>2052</v>
       </c>
       <c r="G582" t="s">
-        <v>2048</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" t="s">
-        <v>2049</v>
+        <v>2054</v>
       </c>
       <c r="B583" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C583" t="s">
-        <v>1083</v>
+        <v>55</v>
       </c>
       <c r="D583" t="s">
         <v>10</v>
       </c>
       <c r="E583" t="s">
         <v>11</v>
       </c>
       <c r="F583" s="1" t="s">
-        <v>2050</v>
+        <v>2055</v>
       </c>
       <c r="G583" t="s">
-        <v>2051</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" t="s">
-        <v>2052</v>
+        <v>2057</v>
       </c>
       <c r="B584" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C584" t="s">
-        <v>1087</v>
+        <v>59</v>
       </c>
       <c r="D584" t="s">
         <v>10</v>
       </c>
       <c r="E584" t="s">
         <v>11</v>
       </c>
       <c r="F584" s="1" t="s">
-        <v>2053</v>
+        <v>2058</v>
       </c>
       <c r="G584" t="s">
-        <v>2054</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" t="s">
-        <v>2055</v>
+        <v>2060</v>
       </c>
       <c r="B585" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C585" t="s">
-        <v>1090</v>
+        <v>63</v>
       </c>
       <c r="D585" t="s">
         <v>10</v>
       </c>
       <c r="E585" t="s">
         <v>11</v>
       </c>
       <c r="F585" s="1" t="s">
-        <v>2056</v>
+        <v>2061</v>
       </c>
       <c r="G585" t="s">
-        <v>2057</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" t="s">
-        <v>2058</v>
+        <v>2063</v>
       </c>
       <c r="B586" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C586" t="s">
-        <v>1094</v>
+        <v>67</v>
       </c>
       <c r="D586" t="s">
         <v>10</v>
       </c>
       <c r="E586" t="s">
         <v>11</v>
       </c>
       <c r="F586" s="1" t="s">
-        <v>2059</v>
+        <v>2064</v>
       </c>
       <c r="G586" t="s">
-        <v>2060</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" t="s">
-        <v>2061</v>
+        <v>2065</v>
       </c>
       <c r="B587" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C587" t="s">
-        <v>1098</v>
+        <v>71</v>
       </c>
       <c r="D587" t="s">
         <v>10</v>
       </c>
       <c r="E587" t="s">
         <v>11</v>
       </c>
       <c r="F587" s="1" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="G587" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" t="s">
-        <v>2064</v>
+        <v>2068</v>
       </c>
       <c r="B588" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C588" t="s">
-        <v>1102</v>
+        <v>75</v>
       </c>
       <c r="D588" t="s">
         <v>10</v>
       </c>
       <c r="E588" t="s">
         <v>11</v>
       </c>
       <c r="F588" s="1" t="s">
-        <v>2065</v>
+        <v>2069</v>
       </c>
       <c r="G588" t="s">
-        <v>2066</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" t="s">
-        <v>2067</v>
+        <v>2071</v>
       </c>
       <c r="B589" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C589" t="s">
-        <v>1106</v>
+        <v>79</v>
       </c>
       <c r="D589" t="s">
         <v>10</v>
       </c>
       <c r="E589" t="s">
         <v>11</v>
       </c>
       <c r="F589" s="1" t="s">
-        <v>2068</v>
+        <v>2072</v>
       </c>
       <c r="G589" t="s">
-        <v>2069</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" t="s">
-        <v>2070</v>
+        <v>2074</v>
       </c>
       <c r="B590" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C590" t="s">
-        <v>1110</v>
+        <v>83</v>
       </c>
       <c r="D590" t="s">
         <v>10</v>
       </c>
       <c r="E590" t="s">
         <v>11</v>
       </c>
       <c r="F590" s="1" t="s">
-        <v>2071</v>
+        <v>2075</v>
       </c>
       <c r="G590" t="s">
-        <v>2072</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" t="s">
-        <v>2073</v>
+        <v>2077</v>
       </c>
       <c r="B591" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C591" t="s">
-        <v>1114</v>
+        <v>87</v>
       </c>
       <c r="D591" t="s">
         <v>10</v>
       </c>
       <c r="E591" t="s">
         <v>11</v>
       </c>
       <c r="F591" s="1" t="s">
-        <v>2074</v>
+        <v>2078</v>
       </c>
       <c r="G591" t="s">
-        <v>2075</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" t="s">
-        <v>2076</v>
+        <v>2080</v>
       </c>
       <c r="B592" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C592" t="s">
-        <v>1118</v>
+        <v>91</v>
       </c>
       <c r="D592" t="s">
         <v>10</v>
       </c>
       <c r="E592" t="s">
         <v>11</v>
       </c>
       <c r="F592" s="1" t="s">
-        <v>2077</v>
+        <v>2081</v>
       </c>
       <c r="G592" t="s">
-        <v>2078</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" t="s">
-        <v>2079</v>
+        <v>2083</v>
       </c>
       <c r="B593" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C593" t="s">
-        <v>1122</v>
+        <v>95</v>
       </c>
       <c r="D593" t="s">
         <v>10</v>
       </c>
       <c r="E593" t="s">
         <v>11</v>
       </c>
       <c r="F593" s="1" t="s">
-        <v>2080</v>
+        <v>2084</v>
       </c>
       <c r="G593" t="s">
-        <v>2081</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" t="s">
-        <v>2082</v>
+        <v>2086</v>
       </c>
       <c r="B594" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C594" t="s">
-        <v>1126</v>
+        <v>99</v>
       </c>
       <c r="D594" t="s">
         <v>10</v>
       </c>
       <c r="E594" t="s">
         <v>11</v>
       </c>
       <c r="F594" s="1" t="s">
-        <v>2083</v>
+        <v>44</v>
       </c>
       <c r="G594" t="s">
-        <v>2084</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" t="s">
-        <v>2085</v>
+        <v>2088</v>
       </c>
       <c r="B595" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C595" t="s">
-        <v>1130</v>
+        <v>103</v>
       </c>
       <c r="D595" t="s">
         <v>10</v>
       </c>
       <c r="E595" t="s">
         <v>11</v>
       </c>
       <c r="F595" s="1" t="s">
-        <v>2086</v>
+        <v>2089</v>
       </c>
       <c r="G595" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" t="s">
-        <v>2088</v>
+        <v>2091</v>
       </c>
       <c r="B596" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C596" t="s">
-        <v>1134</v>
+        <v>107</v>
       </c>
       <c r="D596" t="s">
         <v>10</v>
       </c>
       <c r="E596" t="s">
         <v>11</v>
       </c>
       <c r="F596" s="1" t="s">
-        <v>2089</v>
+        <v>2092</v>
       </c>
       <c r="G596" t="s">
-        <v>2090</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" t="s">
-        <v>2091</v>
+        <v>2094</v>
       </c>
       <c r="B597" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C597" t="s">
-        <v>1138</v>
+        <v>111</v>
       </c>
       <c r="D597" t="s">
         <v>10</v>
       </c>
       <c r="E597" t="s">
         <v>11</v>
       </c>
       <c r="F597" s="1" t="s">
-        <v>2092</v>
+        <v>2095</v>
       </c>
       <c r="G597" t="s">
-        <v>2093</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" t="s">
-        <v>2094</v>
+        <v>2097</v>
       </c>
       <c r="B598" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C598" t="s">
-        <v>1142</v>
+        <v>115</v>
       </c>
       <c r="D598" t="s">
         <v>10</v>
       </c>
       <c r="E598" t="s">
         <v>11</v>
       </c>
       <c r="F598" s="1" t="s">
-        <v>2095</v>
+        <v>2098</v>
       </c>
       <c r="G598" t="s">
-        <v>2096</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" t="s">
-        <v>2097</v>
+        <v>2100</v>
       </c>
       <c r="B599" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C599" t="s">
-        <v>1146</v>
+        <v>119</v>
       </c>
       <c r="D599" t="s">
         <v>10</v>
       </c>
       <c r="E599" t="s">
         <v>11</v>
       </c>
       <c r="F599" s="1" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="G599" t="s">
-        <v>2099</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" t="s">
-        <v>2100</v>
+        <v>2103</v>
       </c>
       <c r="B600" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C600" t="s">
-        <v>1150</v>
+        <v>123</v>
       </c>
       <c r="D600" t="s">
         <v>10</v>
       </c>
       <c r="E600" t="s">
         <v>11</v>
       </c>
       <c r="F600" s="1" t="s">
-        <v>2101</v>
+        <v>2104</v>
       </c>
       <c r="G600" t="s">
-        <v>2102</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" t="s">
-        <v>2103</v>
+        <v>2106</v>
       </c>
       <c r="B601" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C601" t="s">
-        <v>1154</v>
+        <v>127</v>
       </c>
       <c r="D601" t="s">
         <v>10</v>
       </c>
       <c r="E601" t="s">
         <v>11</v>
       </c>
       <c r="F601" s="1" t="s">
-        <v>2104</v>
+        <v>2107</v>
       </c>
       <c r="G601" t="s">
-        <v>2105</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" t="s">
-        <v>2106</v>
+        <v>2109</v>
       </c>
       <c r="B602" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C602" t="s">
-        <v>1158</v>
+        <v>131</v>
       </c>
       <c r="D602" t="s">
         <v>10</v>
       </c>
       <c r="E602" t="s">
         <v>11</v>
       </c>
       <c r="F602" s="1" t="s">
-        <v>2107</v>
+        <v>2110</v>
       </c>
       <c r="G602" t="s">
-        <v>2108</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" t="s">
-        <v>2109</v>
+        <v>2112</v>
       </c>
       <c r="B603" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C603" t="s">
-        <v>1162</v>
+        <v>135</v>
       </c>
       <c r="D603" t="s">
         <v>10</v>
       </c>
       <c r="E603" t="s">
         <v>11</v>
       </c>
       <c r="F603" s="1" t="s">
-        <v>2110</v>
+        <v>2113</v>
       </c>
       <c r="G603" t="s">
-        <v>2111</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" t="s">
-        <v>2112</v>
+        <v>2115</v>
       </c>
       <c r="B604" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C604" t="s">
-        <v>1166</v>
+        <v>139</v>
       </c>
       <c r="D604" t="s">
         <v>10</v>
       </c>
       <c r="E604" t="s">
         <v>11</v>
       </c>
       <c r="F604" s="1" t="s">
-        <v>2113</v>
+        <v>2116</v>
       </c>
       <c r="G604" t="s">
-        <v>2114</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" t="s">
-        <v>2115</v>
+        <v>2118</v>
       </c>
       <c r="B605" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C605" t="s">
-        <v>1170</v>
+        <v>143</v>
       </c>
       <c r="D605" t="s">
         <v>10</v>
       </c>
       <c r="E605" t="s">
         <v>11</v>
       </c>
       <c r="F605" s="1" t="s">
-        <v>2116</v>
+        <v>2119</v>
       </c>
       <c r="G605" t="s">
-        <v>2117</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" t="s">
-        <v>2118</v>
+        <v>2121</v>
       </c>
       <c r="B606" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C606" t="s">
-        <v>1174</v>
+        <v>147</v>
       </c>
       <c r="D606" t="s">
         <v>10</v>
       </c>
       <c r="E606" t="s">
         <v>11</v>
       </c>
       <c r="F606" s="1" t="s">
-        <v>2119</v>
+        <v>2122</v>
       </c>
       <c r="G606" t="s">
-        <v>2120</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" t="s">
-        <v>2121</v>
+        <v>2124</v>
       </c>
       <c r="B607" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C607" t="s">
-        <v>1178</v>
+        <v>151</v>
       </c>
       <c r="D607" t="s">
         <v>10</v>
       </c>
       <c r="E607" t="s">
         <v>11</v>
       </c>
       <c r="F607" s="1" t="s">
-        <v>2122</v>
+        <v>2125</v>
       </c>
       <c r="G607" t="s">
-        <v>2123</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" t="s">
-        <v>2124</v>
+        <v>2127</v>
       </c>
       <c r="B608" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C608" t="s">
-        <v>1185</v>
+        <v>155</v>
       </c>
       <c r="D608" t="s">
         <v>10</v>
       </c>
       <c r="E608" t="s">
         <v>11</v>
       </c>
       <c r="F608" s="1" t="s">
-        <v>2125</v>
+        <v>2128</v>
       </c>
       <c r="G608" t="s">
-        <v>2126</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" t="s">
-        <v>2127</v>
+        <v>2130</v>
       </c>
       <c r="B609" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C609" t="s">
-        <v>1182</v>
+        <v>159</v>
       </c>
       <c r="D609" t="s">
         <v>10</v>
       </c>
       <c r="E609" t="s">
         <v>11</v>
       </c>
       <c r="F609" s="1" t="s">
-        <v>2128</v>
+        <v>2131</v>
       </c>
       <c r="G609" t="s">
-        <v>2129</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" t="s">
-        <v>2130</v>
+        <v>2133</v>
       </c>
       <c r="B610" t="s">
-        <v>2001</v>
+        <v>2036</v>
       </c>
       <c r="C610" t="s">
-        <v>1189</v>
+        <v>163</v>
       </c>
       <c r="D610" t="s">
         <v>10</v>
       </c>
       <c r="E610" t="s">
         <v>11</v>
       </c>
       <c r="F610" s="1" t="s">
-        <v>2131</v>
+        <v>2134</v>
       </c>
       <c r="G610" t="s">
-        <v>2132</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="B611" t="s">
-        <v>2134</v>
+        <v>2036</v>
       </c>
       <c r="C611" t="s">
-        <v>967</v>
+        <v>167</v>
       </c>
       <c r="D611" t="s">
         <v>10</v>
       </c>
       <c r="E611" t="s">
         <v>11</v>
       </c>
       <c r="F611" s="1" t="s">
-        <v>2135</v>
+        <v>2137</v>
       </c>
       <c r="G611" t="s">
-        <v>2136</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
       <c r="B612" t="s">
-        <v>2134</v>
+        <v>2036</v>
       </c>
       <c r="C612" t="s">
-        <v>971</v>
+        <v>171</v>
       </c>
       <c r="D612" t="s">
         <v>10</v>
       </c>
       <c r="E612" t="s">
         <v>11</v>
       </c>
       <c r="F612" s="1" t="s">
-        <v>2138</v>
+        <v>2140</v>
       </c>
       <c r="G612" t="s">
-        <v>2139</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" t="s">
-        <v>2140</v>
+        <v>2142</v>
       </c>
       <c r="B613" t="s">
-        <v>2134</v>
+        <v>2036</v>
       </c>
       <c r="C613" t="s">
-        <v>975</v>
+        <v>175</v>
       </c>
       <c r="D613" t="s">
         <v>10</v>
       </c>
       <c r="E613" t="s">
         <v>11</v>
       </c>
       <c r="F613" s="1" t="s">
-        <v>2141</v>
+        <v>2143</v>
       </c>
       <c r="G613" t="s">
-        <v>2142</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" t="s">
-        <v>2143</v>
+        <v>2145</v>
       </c>
       <c r="B614" t="s">
-        <v>2134</v>
+        <v>2036</v>
       </c>
       <c r="C614" t="s">
-        <v>979</v>
+        <v>179</v>
       </c>
       <c r="D614" t="s">
         <v>10</v>
       </c>
       <c r="E614" t="s">
         <v>11</v>
       </c>
       <c r="F614" s="1" t="s">
-        <v>2144</v>
+        <v>2146</v>
       </c>
       <c r="G614" t="s">
-        <v>2145</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" t="s">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="B615" t="s">
-        <v>2134</v>
+        <v>2036</v>
       </c>
       <c r="C615" t="s">
-        <v>983</v>
+        <v>183</v>
       </c>
       <c r="D615" t="s">
         <v>10</v>
       </c>
       <c r="E615" t="s">
         <v>11</v>
       </c>
       <c r="F615" s="1" t="s">
-        <v>2147</v>
+        <v>2149</v>
       </c>
       <c r="G615" t="s">
-        <v>2148</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" t="s">
-        <v>2149</v>
+        <v>2151</v>
       </c>
       <c r="B616" t="s">
-        <v>2134</v>
+        <v>2036</v>
       </c>
       <c r="C616" t="s">
-        <v>987</v>
+        <v>187</v>
       </c>
       <c r="D616" t="s">
         <v>10</v>
       </c>
       <c r="E616" t="s">
         <v>11</v>
       </c>
       <c r="F616" s="1" t="s">
-        <v>2150</v>
+        <v>2152</v>
       </c>
       <c r="G616" t="s">
-        <v>2151</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" t="s">
-        <v>2152</v>
+        <v>2154</v>
       </c>
       <c r="B617" t="s">
-        <v>2134</v>
+        <v>2036</v>
       </c>
       <c r="C617" t="s">
-        <v>991</v>
+        <v>191</v>
       </c>
       <c r="D617" t="s">
         <v>10</v>
       </c>
       <c r="E617" t="s">
         <v>11</v>
       </c>
       <c r="F617" s="1" t="s">
-        <v>2153</v>
+        <v>2155</v>
       </c>
       <c r="G617" t="s">
-        <v>2154</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="618" spans="1:7">
       <c r="A618" t="s">
-        <v>2155</v>
+        <v>2157</v>
       </c>
       <c r="B618" t="s">
-        <v>2134</v>
+        <v>2036</v>
       </c>
       <c r="C618" t="s">
-        <v>999</v>
+        <v>195</v>
       </c>
       <c r="D618" t="s">
         <v>10</v>
       </c>
       <c r="E618" t="s">
         <v>11</v>
       </c>
       <c r="F618" s="1" t="s">
-        <v>2156</v>
+        <v>2158</v>
       </c>
       <c r="G618" t="s">
-        <v>2157</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="619" spans="1:7">
       <c r="A619" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="B619" t="s">
-        <v>2134</v>
+        <v>2036</v>
       </c>
       <c r="C619" t="s">
-        <v>995</v>
+        <v>199</v>
       </c>
       <c r="D619" t="s">
         <v>10</v>
       </c>
       <c r="E619" t="s">
         <v>11</v>
       </c>
       <c r="F619" s="1" t="s">
-        <v>2159</v>
+        <v>2161</v>
       </c>
       <c r="G619" t="s">
-        <v>2160</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="620" spans="1:7">
       <c r="A620" t="s">
-        <v>2161</v>
+        <v>2163</v>
       </c>
       <c r="B620" t="s">
-        <v>2134</v>
+        <v>2036</v>
       </c>
       <c r="C620" t="s">
-        <v>1003</v>
+        <v>203</v>
       </c>
       <c r="D620" t="s">
         <v>10</v>
       </c>
       <c r="E620" t="s">
         <v>11</v>
       </c>
       <c r="F620" s="1" t="s">
-        <v>2162</v>
+        <v>2164</v>
       </c>
       <c r="G620" t="s">
-        <v>2163</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="621" spans="1:7">
       <c r="A621" t="s">
-        <v>2164</v>
+        <v>2166</v>
       </c>
       <c r="B621" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C621" t="s">
-        <v>1007</v>
+        <v>31</v>
       </c>
       <c r="D621" t="s">
         <v>10</v>
       </c>
       <c r="E621" t="s">
         <v>11</v>
       </c>
       <c r="F621" s="1" t="s">
-        <v>2165</v>
+        <v>2168</v>
       </c>
       <c r="G621" t="s">
-        <v>2166</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="622" spans="1:7">
       <c r="A622" t="s">
+        <v>2170</v>
+      </c>
+      <c r="B622" t="s">
         <v>2167</v>
       </c>
-      <c r="B622" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C622" t="s">
-        <v>1011</v>
+        <v>35</v>
       </c>
       <c r="D622" t="s">
         <v>10</v>
       </c>
       <c r="E622" t="s">
         <v>11</v>
       </c>
       <c r="F622" s="1" t="s">
-        <v>2168</v>
+        <v>2171</v>
       </c>
       <c r="G622" t="s">
-        <v>2169</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="623" spans="1:7">
       <c r="A623" t="s">
-        <v>2170</v>
+        <v>2173</v>
       </c>
       <c r="B623" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C623" t="s">
-        <v>1015</v>
+        <v>39</v>
       </c>
       <c r="D623" t="s">
         <v>10</v>
       </c>
       <c r="E623" t="s">
         <v>11</v>
       </c>
       <c r="F623" s="1" t="s">
-        <v>2171</v>
+        <v>2174</v>
       </c>
       <c r="G623" t="s">
-        <v>2172</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="624" spans="1:7">
       <c r="A624" t="s">
-        <v>2173</v>
+        <v>2176</v>
       </c>
       <c r="B624" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C624" t="s">
-        <v>1019</v>
+        <v>43</v>
       </c>
       <c r="D624" t="s">
         <v>10</v>
       </c>
       <c r="E624" t="s">
         <v>11</v>
       </c>
       <c r="F624" s="1" t="s">
-        <v>2174</v>
+        <v>2177</v>
       </c>
       <c r="G624" t="s">
-        <v>2175</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="625" spans="1:7">
       <c r="A625" t="s">
-        <v>2176</v>
+        <v>2179</v>
       </c>
       <c r="B625" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C625" t="s">
-        <v>1023</v>
+        <v>47</v>
       </c>
       <c r="D625" t="s">
         <v>10</v>
       </c>
       <c r="E625" t="s">
         <v>11</v>
       </c>
       <c r="F625" s="1" t="s">
-        <v>2177</v>
+        <v>2180</v>
       </c>
       <c r="G625" t="s">
-        <v>2178</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="626" spans="1:7">
       <c r="A626" t="s">
-        <v>2179</v>
+        <v>2182</v>
       </c>
       <c r="B626" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C626" t="s">
-        <v>1027</v>
+        <v>51</v>
       </c>
       <c r="D626" t="s">
         <v>10</v>
       </c>
       <c r="E626" t="s">
         <v>11</v>
       </c>
       <c r="F626" s="1" t="s">
-        <v>2180</v>
+        <v>2183</v>
       </c>
       <c r="G626" t="s">
-        <v>2181</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="627" spans="1:7">
       <c r="A627" t="s">
-        <v>2182</v>
+        <v>2185</v>
       </c>
       <c r="B627" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C627" t="s">
-        <v>1031</v>
+        <v>55</v>
       </c>
       <c r="D627" t="s">
         <v>10</v>
       </c>
       <c r="E627" t="s">
         <v>11</v>
       </c>
       <c r="F627" s="1" t="s">
-        <v>2183</v>
+        <v>2186</v>
       </c>
       <c r="G627" t="s">
-        <v>2184</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="628" spans="1:7">
       <c r="A628" t="s">
-        <v>2185</v>
+        <v>2188</v>
       </c>
       <c r="B628" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C628" t="s">
-        <v>1035</v>
+        <v>59</v>
       </c>
       <c r="D628" t="s">
         <v>10</v>
       </c>
       <c r="E628" t="s">
         <v>11</v>
       </c>
       <c r="F628" s="1" t="s">
-        <v>2186</v>
+        <v>2189</v>
       </c>
       <c r="G628" t="s">
-        <v>2187</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="629" spans="1:7">
       <c r="A629" t="s">
-        <v>2188</v>
+        <v>2191</v>
       </c>
       <c r="B629" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C629" t="s">
-        <v>1039</v>
+        <v>63</v>
       </c>
       <c r="D629" t="s">
         <v>10</v>
       </c>
       <c r="E629" t="s">
         <v>11</v>
       </c>
       <c r="F629" s="1" t="s">
-        <v>2189</v>
+        <v>2192</v>
       </c>
       <c r="G629" t="s">
-        <v>2190</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="630" spans="1:7">
       <c r="A630" t="s">
-        <v>2191</v>
+        <v>2194</v>
       </c>
       <c r="B630" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C630" t="s">
-        <v>1043</v>
+        <v>67</v>
       </c>
       <c r="D630" t="s">
         <v>10</v>
       </c>
       <c r="E630" t="s">
         <v>11</v>
       </c>
       <c r="F630" s="1" t="s">
-        <v>2192</v>
+        <v>2195</v>
       </c>
       <c r="G630" t="s">
-        <v>1942</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="631" spans="1:7">
       <c r="A631" t="s">
-        <v>2193</v>
+        <v>2197</v>
       </c>
       <c r="B631" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C631" t="s">
-        <v>1047</v>
+        <v>71</v>
       </c>
       <c r="D631" t="s">
         <v>10</v>
       </c>
       <c r="E631" t="s">
         <v>11</v>
       </c>
       <c r="F631" s="1" t="s">
-        <v>2194</v>
+        <v>2198</v>
       </c>
       <c r="G631" t="s">
-        <v>2195</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="632" spans="1:7">
       <c r="A632" t="s">
-        <v>2196</v>
+        <v>2200</v>
       </c>
       <c r="B632" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C632" t="s">
-        <v>1051</v>
+        <v>75</v>
       </c>
       <c r="D632" t="s">
         <v>10</v>
       </c>
       <c r="E632" t="s">
         <v>11</v>
       </c>
       <c r="F632" s="1" t="s">
-        <v>2197</v>
+        <v>2201</v>
       </c>
       <c r="G632" t="s">
-        <v>2198</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="633" spans="1:7">
       <c r="A633" t="s">
-        <v>2199</v>
+        <v>2203</v>
       </c>
       <c r="B633" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C633" t="s">
-        <v>1055</v>
+        <v>79</v>
       </c>
       <c r="D633" t="s">
         <v>10</v>
       </c>
       <c r="E633" t="s">
         <v>11</v>
       </c>
       <c r="F633" s="1" t="s">
-        <v>2200</v>
+        <v>2204</v>
       </c>
       <c r="G633" t="s">
-        <v>2201</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="634" spans="1:7">
       <c r="A634" t="s">
-        <v>2202</v>
+        <v>2206</v>
       </c>
       <c r="B634" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C634" t="s">
-        <v>1059</v>
+        <v>83</v>
       </c>
       <c r="D634" t="s">
         <v>10</v>
       </c>
       <c r="E634" t="s">
         <v>11</v>
       </c>
       <c r="F634" s="1" t="s">
-        <v>2203</v>
+        <v>2207</v>
       </c>
       <c r="G634" t="s">
-        <v>2204</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="635" spans="1:7">
       <c r="A635" t="s">
-        <v>2205</v>
+        <v>2209</v>
       </c>
       <c r="B635" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C635" t="s">
-        <v>1063</v>
+        <v>91</v>
       </c>
       <c r="D635" t="s">
         <v>10</v>
       </c>
       <c r="E635" t="s">
         <v>11</v>
       </c>
       <c r="F635" s="1" t="s">
-        <v>2206</v>
+        <v>2210</v>
       </c>
       <c r="G635" t="s">
-        <v>2207</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="636" spans="1:7">
       <c r="A636" t="s">
-        <v>2208</v>
+        <v>2212</v>
       </c>
       <c r="B636" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C636" t="s">
-        <v>1067</v>
+        <v>87</v>
       </c>
       <c r="D636" t="s">
         <v>10</v>
       </c>
       <c r="E636" t="s">
         <v>11</v>
       </c>
       <c r="F636" s="1" t="s">
-        <v>2209</v>
+        <v>2213</v>
       </c>
       <c r="G636" t="s">
-        <v>2210</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="637" spans="1:7">
       <c r="A637" t="s">
-        <v>2211</v>
+        <v>2215</v>
       </c>
       <c r="B637" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C637" t="s">
-        <v>1071</v>
+        <v>95</v>
       </c>
       <c r="D637" t="s">
         <v>10</v>
       </c>
       <c r="E637" t="s">
         <v>11</v>
       </c>
       <c r="F637" s="1" t="s">
-        <v>2212</v>
+        <v>2216</v>
       </c>
       <c r="G637" t="s">
-        <v>2213</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="638" spans="1:7">
       <c r="A638" t="s">
-        <v>2214</v>
+        <v>2218</v>
       </c>
       <c r="B638" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C638" t="s">
-        <v>1075</v>
+        <v>99</v>
       </c>
       <c r="D638" t="s">
         <v>10</v>
       </c>
       <c r="E638" t="s">
         <v>11</v>
       </c>
       <c r="F638" s="1" t="s">
-        <v>2215</v>
+        <v>2219</v>
       </c>
       <c r="G638" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="639" spans="1:7">
       <c r="A639" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="B639" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C639" t="s">
-        <v>1079</v>
+        <v>103</v>
       </c>
       <c r="D639" t="s">
         <v>10</v>
       </c>
       <c r="E639" t="s">
         <v>11</v>
       </c>
       <c r="F639" s="1" t="s">
-        <v>2218</v>
+        <v>2222</v>
       </c>
       <c r="G639" t="s">
-        <v>2219</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="640" spans="1:7">
       <c r="A640" t="s">
-        <v>2220</v>
+        <v>2224</v>
       </c>
       <c r="B640" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C640" t="s">
-        <v>1083</v>
+        <v>107</v>
       </c>
       <c r="D640" t="s">
         <v>10</v>
       </c>
       <c r="E640" t="s">
         <v>11</v>
       </c>
       <c r="F640" s="1" t="s">
-        <v>2221</v>
+        <v>2225</v>
       </c>
       <c r="G640" t="s">
-        <v>2222</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="641" spans="1:7">
       <c r="A641" t="s">
-        <v>2223</v>
+        <v>2227</v>
       </c>
       <c r="B641" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C641" t="s">
-        <v>1087</v>
+        <v>111</v>
       </c>
       <c r="D641" t="s">
         <v>10</v>
       </c>
       <c r="E641" t="s">
         <v>11</v>
       </c>
       <c r="F641" s="1" t="s">
-        <v>2224</v>
+        <v>2228</v>
       </c>
       <c r="G641" t="s">
-        <v>2225</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="642" spans="1:7">
       <c r="A642" t="s">
-        <v>2226</v>
+        <v>2230</v>
       </c>
       <c r="B642" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C642" t="s">
-        <v>1090</v>
+        <v>115</v>
       </c>
       <c r="D642" t="s">
         <v>10</v>
       </c>
       <c r="E642" t="s">
         <v>11</v>
       </c>
       <c r="F642" s="1" t="s">
-        <v>2227</v>
+        <v>2231</v>
       </c>
       <c r="G642" t="s">
-        <v>2228</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="643" spans="1:7">
       <c r="A643" t="s">
-        <v>2229</v>
+        <v>2233</v>
       </c>
       <c r="B643" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C643" t="s">
-        <v>1094</v>
+        <v>119</v>
       </c>
       <c r="D643" t="s">
         <v>10</v>
       </c>
       <c r="E643" t="s">
         <v>11</v>
       </c>
       <c r="F643" s="1" t="s">
-        <v>2230</v>
+        <v>2234</v>
       </c>
       <c r="G643" t="s">
-        <v>1969</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="644" spans="1:7">
       <c r="A644" t="s">
-        <v>2231</v>
+        <v>2236</v>
       </c>
       <c r="B644" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C644" t="s">
-        <v>1098</v>
+        <v>123</v>
       </c>
       <c r="D644" t="s">
         <v>10</v>
       </c>
       <c r="E644" t="s">
         <v>11</v>
       </c>
       <c r="F644" s="1" t="s">
-        <v>2232</v>
+        <v>2237</v>
       </c>
       <c r="G644" t="s">
-        <v>2233</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="645" spans="1:7">
       <c r="A645" t="s">
-        <v>2234</v>
+        <v>2239</v>
       </c>
       <c r="B645" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C645" t="s">
-        <v>1102</v>
+        <v>127</v>
       </c>
       <c r="D645" t="s">
         <v>10</v>
       </c>
       <c r="E645" t="s">
         <v>11</v>
       </c>
       <c r="F645" s="1" t="s">
-        <v>2235</v>
+        <v>2240</v>
       </c>
       <c r="G645" t="s">
-        <v>2236</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="646" spans="1:7">
       <c r="A646" t="s">
-        <v>2237</v>
+        <v>2242</v>
       </c>
       <c r="B646" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C646" t="s">
-        <v>1106</v>
+        <v>131</v>
       </c>
       <c r="D646" t="s">
         <v>10</v>
       </c>
       <c r="E646" t="s">
         <v>11</v>
       </c>
       <c r="F646" s="1" t="s">
-        <v>2238</v>
+        <v>2243</v>
       </c>
       <c r="G646" t="s">
-        <v>2239</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="647" spans="1:7">
       <c r="A647" t="s">
-        <v>2240</v>
+        <v>2245</v>
       </c>
       <c r="B647" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C647" t="s">
-        <v>1110</v>
+        <v>135</v>
       </c>
       <c r="D647" t="s">
         <v>10</v>
       </c>
       <c r="E647" t="s">
         <v>11</v>
       </c>
       <c r="F647" s="1" t="s">
-        <v>2241</v>
+        <v>2246</v>
       </c>
       <c r="G647" t="s">
-        <v>2242</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="648" spans="1:7">
       <c r="A648" t="s">
-        <v>2243</v>
+        <v>2248</v>
       </c>
       <c r="B648" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C648" t="s">
-        <v>1114</v>
+        <v>139</v>
       </c>
       <c r="D648" t="s">
         <v>10</v>
       </c>
       <c r="E648" t="s">
         <v>11</v>
       </c>
       <c r="F648" s="1" t="s">
-        <v>2244</v>
+        <v>2249</v>
       </c>
       <c r="G648" t="s">
-        <v>2245</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="649" spans="1:7">
       <c r="A649" t="s">
-        <v>2246</v>
+        <v>2251</v>
       </c>
       <c r="B649" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C649" t="s">
-        <v>1118</v>
+        <v>143</v>
       </c>
       <c r="D649" t="s">
         <v>10</v>
       </c>
       <c r="E649" t="s">
         <v>11</v>
       </c>
       <c r="F649" s="1" t="s">
-        <v>2247</v>
+        <v>2252</v>
       </c>
       <c r="G649" t="s">
-        <v>2248</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="650" spans="1:7">
       <c r="A650" t="s">
-        <v>2249</v>
+        <v>2254</v>
       </c>
       <c r="B650" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C650" t="s">
-        <v>1122</v>
+        <v>147</v>
       </c>
       <c r="D650" t="s">
         <v>10</v>
       </c>
       <c r="E650" t="s">
         <v>11</v>
       </c>
       <c r="F650" s="1" t="s">
-        <v>2250</v>
+        <v>2255</v>
       </c>
       <c r="G650" t="s">
-        <v>2251</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="651" spans="1:7">
       <c r="A651" t="s">
-        <v>2252</v>
+        <v>2257</v>
       </c>
       <c r="B651" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C651" t="s">
-        <v>1126</v>
+        <v>151</v>
       </c>
       <c r="D651" t="s">
         <v>10</v>
       </c>
       <c r="E651" t="s">
         <v>11</v>
       </c>
       <c r="F651" s="1" t="s">
-        <v>2253</v>
+        <v>2258</v>
       </c>
       <c r="G651" t="s">
-        <v>2254</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="652" spans="1:7">
       <c r="A652" t="s">
-        <v>2255</v>
+        <v>2260</v>
       </c>
       <c r="B652" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C652" t="s">
-        <v>1130</v>
+        <v>155</v>
       </c>
       <c r="D652" t="s">
         <v>10</v>
       </c>
       <c r="E652" t="s">
         <v>11</v>
       </c>
       <c r="F652" s="1" t="s">
-        <v>2256</v>
+        <v>2261</v>
       </c>
       <c r="G652" t="s">
-        <v>2257</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="653" spans="1:7">
       <c r="A653" t="s">
-        <v>2258</v>
+        <v>2263</v>
       </c>
       <c r="B653" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C653" t="s">
-        <v>1134</v>
+        <v>159</v>
       </c>
       <c r="D653" t="s">
         <v>10</v>
       </c>
       <c r="E653" t="s">
         <v>11</v>
       </c>
       <c r="F653" s="1" t="s">
-        <v>2259</v>
+        <v>2264</v>
       </c>
       <c r="G653" t="s">
-        <v>2260</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="654" spans="1:7">
       <c r="A654" t="s">
-        <v>2261</v>
+        <v>2266</v>
       </c>
       <c r="B654" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C654" t="s">
-        <v>1138</v>
+        <v>163</v>
       </c>
       <c r="D654" t="s">
         <v>10</v>
       </c>
       <c r="E654" t="s">
         <v>11</v>
       </c>
       <c r="F654" s="1" t="s">
-        <v>2262</v>
+        <v>2267</v>
       </c>
       <c r="G654" t="s">
-        <v>2263</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="655" spans="1:7">
       <c r="A655" t="s">
-        <v>2264</v>
+        <v>2269</v>
       </c>
       <c r="B655" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C655" t="s">
-        <v>1142</v>
+        <v>167</v>
       </c>
       <c r="D655" t="s">
         <v>10</v>
       </c>
       <c r="E655" t="s">
         <v>11</v>
       </c>
       <c r="F655" s="1" t="s">
-        <v>2265</v>
+        <v>2270</v>
       </c>
       <c r="G655" t="s">
-        <v>2266</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="656" spans="1:7">
       <c r="A656" t="s">
-        <v>2267</v>
+        <v>2272</v>
       </c>
       <c r="B656" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C656" t="s">
-        <v>1146</v>
+        <v>171</v>
       </c>
       <c r="D656" t="s">
         <v>10</v>
       </c>
       <c r="E656" t="s">
         <v>11</v>
       </c>
       <c r="F656" s="1" t="s">
-        <v>2268</v>
+        <v>2273</v>
       </c>
       <c r="G656" t="s">
-        <v>2269</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="657" spans="1:7">
       <c r="A657" t="s">
-        <v>2270</v>
+        <v>2275</v>
       </c>
       <c r="B657" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C657" t="s">
-        <v>1150</v>
+        <v>175</v>
       </c>
       <c r="D657" t="s">
         <v>10</v>
       </c>
       <c r="E657" t="s">
         <v>11</v>
       </c>
       <c r="F657" s="1" t="s">
-        <v>2271</v>
+        <v>2276</v>
       </c>
       <c r="G657" t="s">
-        <v>2272</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="658" spans="1:7">
       <c r="A658" t="s">
-        <v>2273</v>
+        <v>2278</v>
       </c>
       <c r="B658" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C658" t="s">
-        <v>1154</v>
+        <v>179</v>
       </c>
       <c r="D658" t="s">
         <v>10</v>
       </c>
       <c r="E658" t="s">
         <v>11</v>
       </c>
       <c r="F658" s="1" t="s">
-        <v>2274</v>
+        <v>2279</v>
       </c>
       <c r="G658" t="s">
-        <v>2275</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="659" spans="1:7">
       <c r="A659" t="s">
-        <v>2276</v>
+        <v>2281</v>
       </c>
       <c r="B659" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C659" t="s">
-        <v>1158</v>
+        <v>183</v>
       </c>
       <c r="D659" t="s">
         <v>10</v>
       </c>
       <c r="E659" t="s">
         <v>11</v>
       </c>
       <c r="F659" s="1" t="s">
-        <v>2277</v>
+        <v>2282</v>
       </c>
       <c r="G659" t="s">
-        <v>2278</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="660" spans="1:7">
       <c r="A660" t="s">
-        <v>2279</v>
+        <v>2284</v>
       </c>
       <c r="B660" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C660" t="s">
-        <v>1162</v>
+        <v>187</v>
       </c>
       <c r="D660" t="s">
         <v>10</v>
       </c>
       <c r="E660" t="s">
         <v>11</v>
       </c>
       <c r="F660" s="1" t="s">
-        <v>2280</v>
+        <v>2285</v>
       </c>
       <c r="G660" t="s">
-        <v>2281</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="661" spans="1:7">
       <c r="A661" t="s">
-        <v>2282</v>
+        <v>2287</v>
       </c>
       <c r="B661" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C661" t="s">
-        <v>1166</v>
+        <v>191</v>
       </c>
       <c r="D661" t="s">
         <v>10</v>
       </c>
       <c r="E661" t="s">
         <v>11</v>
       </c>
       <c r="F661" s="1" t="s">
-        <v>2283</v>
+        <v>2288</v>
       </c>
       <c r="G661" t="s">
-        <v>2284</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="662" spans="1:7">
       <c r="A662" t="s">
-        <v>2285</v>
+        <v>2290</v>
       </c>
       <c r="B662" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C662" t="s">
-        <v>1170</v>
+        <v>199</v>
       </c>
       <c r="D662" t="s">
         <v>10</v>
       </c>
       <c r="E662" t="s">
         <v>11</v>
       </c>
       <c r="F662" s="1" t="s">
-        <v>2286</v>
+        <v>2291</v>
       </c>
       <c r="G662" t="s">
-        <v>2287</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="663" spans="1:7">
       <c r="A663" t="s">
-        <v>2288</v>
+        <v>2293</v>
       </c>
       <c r="B663" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C663" t="s">
-        <v>1174</v>
+        <v>195</v>
       </c>
       <c r="D663" t="s">
         <v>10</v>
       </c>
       <c r="E663" t="s">
         <v>11</v>
       </c>
       <c r="F663" s="1" t="s">
-        <v>2289</v>
+        <v>2294</v>
       </c>
       <c r="G663" t="s">
-        <v>2290</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="664" spans="1:7">
       <c r="A664" t="s">
-        <v>2291</v>
+        <v>2296</v>
       </c>
       <c r="B664" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
       <c r="C664" t="s">
-        <v>1178</v>
+        <v>203</v>
       </c>
       <c r="D664" t="s">
         <v>10</v>
       </c>
       <c r="E664" t="s">
         <v>11</v>
       </c>
       <c r="F664" s="1" t="s">
-        <v>2292</v>
+        <v>2297</v>
       </c>
       <c r="G664" t="s">
-        <v>2293</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="665" spans="1:7">
       <c r="A665" t="s">
-        <v>2294</v>
+        <v>2299</v>
       </c>
       <c r="B665" t="s">
-        <v>2134</v>
+        <v>2300</v>
       </c>
       <c r="C665" t="s">
         <v>1182</v>
       </c>
       <c r="D665" t="s">
         <v>10</v>
       </c>
       <c r="E665" t="s">
         <v>11</v>
       </c>
       <c r="F665" s="1" t="s">
-        <v>2295</v>
+        <v>2301</v>
       </c>
       <c r="G665" t="s">
-        <v>2296</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="666" spans="1:7">
       <c r="A666" t="s">
-        <v>2297</v>
+        <v>2303</v>
       </c>
       <c r="B666" t="s">
-        <v>2134</v>
+        <v>2300</v>
       </c>
       <c r="C666" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="D666" t="s">
         <v>10</v>
       </c>
       <c r="E666" t="s">
         <v>11</v>
       </c>
       <c r="F666" s="1" t="s">
-        <v>2298</v>
+        <v>2304</v>
       </c>
       <c r="G666" t="s">
-        <v>2299</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="667" spans="1:7">
       <c r="A667" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B667" t="s">
         <v>2300</v>
       </c>
-      <c r="B667" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C667" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="D667" t="s">
         <v>10</v>
       </c>
       <c r="E667" t="s">
         <v>11</v>
       </c>
       <c r="F667" s="1" t="s">
-        <v>2301</v>
+        <v>2307</v>
       </c>
       <c r="G667" t="s">
-        <v>2302</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="668" spans="1:7">
       <c r="A668" t="s">
-        <v>2303</v>
+        <v>2309</v>
       </c>
       <c r="B668" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C668" t="s">
-        <v>823</v>
+        <v>1194</v>
       </c>
       <c r="D668" t="s">
         <v>10</v>
       </c>
       <c r="E668" t="s">
         <v>11</v>
       </c>
       <c r="F668" s="1" t="s">
-        <v>2305</v>
+        <v>2310</v>
       </c>
       <c r="G668" t="s">
-        <v>2306</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="669" spans="1:7">
       <c r="A669" t="s">
-        <v>2307</v>
+        <v>2312</v>
       </c>
       <c r="B669" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C669" t="s">
-        <v>827</v>
+        <v>1198</v>
       </c>
       <c r="D669" t="s">
         <v>10</v>
       </c>
       <c r="E669" t="s">
         <v>11</v>
       </c>
       <c r="F669" s="1" t="s">
-        <v>2308</v>
+        <v>2313</v>
       </c>
       <c r="G669" t="s">
-        <v>2309</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="670" spans="1:7">
       <c r="A670" t="s">
-        <v>2310</v>
+        <v>2315</v>
       </c>
       <c r="B670" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C670" t="s">
-        <v>831</v>
+        <v>1202</v>
       </c>
       <c r="D670" t="s">
         <v>10</v>
       </c>
       <c r="E670" t="s">
         <v>11</v>
       </c>
       <c r="F670" s="1" t="s">
-        <v>2311</v>
+        <v>2316</v>
       </c>
       <c r="G670" t="s">
-        <v>2312</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="671" spans="1:7">
       <c r="A671" t="s">
-        <v>2313</v>
+        <v>2318</v>
       </c>
       <c r="B671" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C671" t="s">
-        <v>835</v>
+        <v>1206</v>
       </c>
       <c r="D671" t="s">
         <v>10</v>
       </c>
       <c r="E671" t="s">
         <v>11</v>
       </c>
       <c r="F671" s="1" t="s">
-        <v>2314</v>
+        <v>2319</v>
       </c>
       <c r="G671" t="s">
-        <v>2315</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="672" spans="1:7">
       <c r="A672" t="s">
-        <v>2316</v>
+        <v>2321</v>
       </c>
       <c r="B672" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C672" t="s">
-        <v>839</v>
+        <v>9</v>
       </c>
       <c r="D672" t="s">
         <v>10</v>
       </c>
       <c r="E672" t="s">
         <v>11</v>
       </c>
       <c r="F672" s="1" t="s">
-        <v>2317</v>
+        <v>2322</v>
       </c>
       <c r="G672" t="s">
-        <v>2318</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="673" spans="1:7">
       <c r="A673" t="s">
-        <v>2319</v>
+        <v>2324</v>
       </c>
       <c r="B673" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C673" t="s">
-        <v>843</v>
+        <v>1210</v>
       </c>
       <c r="D673" t="s">
         <v>10</v>
       </c>
       <c r="E673" t="s">
         <v>11</v>
       </c>
       <c r="F673" s="1" t="s">
-        <v>2320</v>
+        <v>2325</v>
       </c>
       <c r="G673" t="s">
-        <v>2321</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="674" spans="1:7">
       <c r="A674" t="s">
-        <v>2322</v>
+        <v>2327</v>
       </c>
       <c r="B674" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C674" t="s">
-        <v>847</v>
+        <v>15</v>
       </c>
       <c r="D674" t="s">
         <v>10</v>
       </c>
       <c r="E674" t="s">
         <v>11</v>
       </c>
       <c r="F674" s="1" t="s">
-        <v>2323</v>
+        <v>2328</v>
       </c>
       <c r="G674" t="s">
-        <v>2324</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="675" spans="1:7">
       <c r="A675" t="s">
-        <v>2325</v>
+        <v>2330</v>
       </c>
       <c r="B675" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C675" t="s">
-        <v>851</v>
+        <v>19</v>
       </c>
       <c r="D675" t="s">
         <v>10</v>
       </c>
       <c r="E675" t="s">
         <v>11</v>
       </c>
       <c r="F675" s="1" t="s">
-        <v>2326</v>
+        <v>2331</v>
       </c>
       <c r="G675" t="s">
-        <v>2327</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="676" spans="1:7">
       <c r="A676" t="s">
-        <v>2328</v>
+        <v>2333</v>
       </c>
       <c r="B676" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C676" t="s">
-        <v>855</v>
+        <v>23</v>
       </c>
       <c r="D676" t="s">
         <v>10</v>
       </c>
       <c r="E676" t="s">
         <v>11</v>
       </c>
       <c r="F676" s="1" t="s">
-        <v>2329</v>
+        <v>2334</v>
       </c>
       <c r="G676" t="s">
-        <v>2330</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="677" spans="1:7">
       <c r="A677" t="s">
-        <v>2331</v>
+        <v>2336</v>
       </c>
       <c r="B677" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C677" t="s">
-        <v>859</v>
+        <v>27</v>
       </c>
       <c r="D677" t="s">
         <v>10</v>
       </c>
       <c r="E677" t="s">
         <v>11</v>
       </c>
       <c r="F677" s="1" t="s">
-        <v>2332</v>
+        <v>2337</v>
       </c>
       <c r="G677" t="s">
-        <v>2333</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="678" spans="1:7">
       <c r="A678" t="s">
-        <v>2334</v>
+        <v>2339</v>
       </c>
       <c r="B678" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C678" t="s">
-        <v>863</v>
+        <v>31</v>
       </c>
       <c r="D678" t="s">
         <v>10</v>
       </c>
       <c r="E678" t="s">
         <v>11</v>
       </c>
       <c r="F678" s="1" t="s">
-        <v>2335</v>
+        <v>2340</v>
       </c>
       <c r="G678" t="s">
-        <v>2336</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="679" spans="1:7">
       <c r="A679" t="s">
-        <v>2337</v>
+        <v>2342</v>
       </c>
       <c r="B679" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C679" t="s">
-        <v>867</v>
+        <v>35</v>
       </c>
       <c r="D679" t="s">
         <v>10</v>
       </c>
       <c r="E679" t="s">
         <v>11</v>
       </c>
       <c r="F679" s="1" t="s">
-        <v>2338</v>
+        <v>2343</v>
       </c>
       <c r="G679" t="s">
-        <v>2339</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="680" spans="1:7">
       <c r="A680" t="s">
-        <v>2340</v>
+        <v>2345</v>
       </c>
       <c r="B680" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C680" t="s">
-        <v>871</v>
+        <v>39</v>
       </c>
       <c r="D680" t="s">
         <v>10</v>
       </c>
       <c r="E680" t="s">
         <v>11</v>
       </c>
       <c r="F680" s="1" t="s">
-        <v>2341</v>
+        <v>2346</v>
       </c>
       <c r="G680" t="s">
-        <v>2342</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="681" spans="1:7">
       <c r="A681" t="s">
-        <v>2343</v>
+        <v>2348</v>
       </c>
       <c r="B681" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C681" t="s">
-        <v>875</v>
+        <v>43</v>
       </c>
       <c r="D681" t="s">
         <v>10</v>
       </c>
       <c r="E681" t="s">
         <v>11</v>
       </c>
       <c r="F681" s="1" t="s">
-        <v>2344</v>
+        <v>2349</v>
       </c>
       <c r="G681" t="s">
-        <v>2345</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="682" spans="1:7">
       <c r="A682" t="s">
-        <v>2346</v>
+        <v>2351</v>
       </c>
       <c r="B682" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C682" t="s">
-        <v>879</v>
+        <v>47</v>
       </c>
       <c r="D682" t="s">
         <v>10</v>
       </c>
       <c r="E682" t="s">
         <v>11</v>
       </c>
       <c r="F682" s="1" t="s">
-        <v>2347</v>
+        <v>2352</v>
       </c>
       <c r="G682" t="s">
-        <v>2348</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="683" spans="1:7">
       <c r="A683" t="s">
-        <v>2349</v>
+        <v>2354</v>
       </c>
       <c r="B683" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C683" t="s">
-        <v>883</v>
+        <v>51</v>
       </c>
       <c r="D683" t="s">
         <v>10</v>
       </c>
       <c r="E683" t="s">
         <v>11</v>
       </c>
       <c r="F683" s="1" t="s">
-        <v>2350</v>
+        <v>2355</v>
       </c>
       <c r="G683" t="s">
-        <v>2351</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="684" spans="1:7">
       <c r="A684" t="s">
-        <v>2352</v>
+        <v>2357</v>
       </c>
       <c r="B684" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C684" t="s">
-        <v>887</v>
+        <v>55</v>
       </c>
       <c r="D684" t="s">
         <v>10</v>
       </c>
       <c r="E684" t="s">
         <v>11</v>
       </c>
       <c r="F684" s="1" t="s">
-        <v>2353</v>
+        <v>2358</v>
       </c>
       <c r="G684" t="s">
-        <v>2354</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="685" spans="1:7">
       <c r="A685" t="s">
-        <v>2355</v>
+        <v>2359</v>
       </c>
       <c r="B685" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C685" t="s">
-        <v>891</v>
+        <v>59</v>
       </c>
       <c r="D685" t="s">
         <v>10</v>
       </c>
       <c r="E685" t="s">
         <v>11</v>
       </c>
       <c r="F685" s="1" t="s">
-        <v>2356</v>
+        <v>2360</v>
       </c>
       <c r="G685" t="s">
-        <v>2357</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="686" spans="1:7">
       <c r="A686" t="s">
-        <v>2358</v>
+        <v>2362</v>
       </c>
       <c r="B686" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C686" t="s">
-        <v>895</v>
+        <v>63</v>
       </c>
       <c r="D686" t="s">
         <v>10</v>
       </c>
       <c r="E686" t="s">
         <v>11</v>
       </c>
       <c r="F686" s="1" t="s">
-        <v>2359</v>
+        <v>2363</v>
       </c>
       <c r="G686" t="s">
-        <v>2360</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="687" spans="1:7">
       <c r="A687" t="s">
-        <v>2361</v>
+        <v>2365</v>
       </c>
       <c r="B687" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C687" t="s">
-        <v>899</v>
+        <v>67</v>
       </c>
       <c r="D687" t="s">
         <v>10</v>
       </c>
       <c r="E687" t="s">
         <v>11</v>
       </c>
       <c r="F687" s="1" t="s">
-        <v>2362</v>
+        <v>2366</v>
       </c>
       <c r="G687" t="s">
-        <v>2363</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="688" spans="1:7">
       <c r="A688" t="s">
-        <v>2364</v>
+        <v>2368</v>
       </c>
       <c r="B688" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C688" t="s">
-        <v>903</v>
+        <v>71</v>
       </c>
       <c r="D688" t="s">
         <v>10</v>
       </c>
       <c r="E688" t="s">
         <v>11</v>
       </c>
       <c r="F688" s="1" t="s">
-        <v>2365</v>
+        <v>2369</v>
       </c>
       <c r="G688" t="s">
-        <v>2366</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="689" spans="1:7">
       <c r="A689" t="s">
-        <v>2367</v>
+        <v>2371</v>
       </c>
       <c r="B689" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C689" t="s">
-        <v>907</v>
+        <v>75</v>
       </c>
       <c r="D689" t="s">
         <v>10</v>
       </c>
       <c r="E689" t="s">
         <v>11</v>
       </c>
       <c r="F689" s="1" t="s">
-        <v>2368</v>
+        <v>2372</v>
       </c>
       <c r="G689" t="s">
-        <v>2369</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="690" spans="1:7">
       <c r="A690" t="s">
-        <v>2370</v>
+        <v>2374</v>
       </c>
       <c r="B690" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C690" t="s">
-        <v>911</v>
+        <v>79</v>
       </c>
       <c r="D690" t="s">
         <v>10</v>
       </c>
       <c r="E690" t="s">
         <v>11</v>
       </c>
       <c r="F690" s="1" t="s">
-        <v>2371</v>
+        <v>2375</v>
       </c>
       <c r="G690" t="s">
-        <v>2372</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="691" spans="1:7">
       <c r="A691" t="s">
-        <v>2373</v>
+        <v>2377</v>
       </c>
       <c r="B691" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C691" t="s">
-        <v>915</v>
+        <v>83</v>
       </c>
       <c r="D691" t="s">
         <v>10</v>
       </c>
       <c r="E691" t="s">
         <v>11</v>
       </c>
       <c r="F691" s="1" t="s">
-        <v>2374</v>
+        <v>2378</v>
       </c>
       <c r="G691" t="s">
-        <v>2375</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="692" spans="1:7">
       <c r="A692" t="s">
-        <v>2376</v>
+        <v>2380</v>
       </c>
       <c r="B692" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C692" t="s">
-        <v>919</v>
+        <v>87</v>
       </c>
       <c r="D692" t="s">
         <v>10</v>
       </c>
       <c r="E692" t="s">
         <v>11</v>
       </c>
       <c r="F692" s="1" t="s">
-        <v>2377</v>
+        <v>2381</v>
       </c>
       <c r="G692" t="s">
-        <v>2378</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="693" spans="1:7">
       <c r="A693" t="s">
-        <v>2379</v>
+        <v>2383</v>
       </c>
       <c r="B693" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C693" t="s">
-        <v>923</v>
+        <v>91</v>
       </c>
       <c r="D693" t="s">
         <v>10</v>
       </c>
       <c r="E693" t="s">
         <v>11</v>
       </c>
       <c r="F693" s="1" t="s">
-        <v>2380</v>
+        <v>2384</v>
       </c>
       <c r="G693" t="s">
-        <v>2381</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="694" spans="1:7">
       <c r="A694" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B694" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C694" t="s">
-        <v>927</v>
+        <v>95</v>
       </c>
       <c r="D694" t="s">
         <v>10</v>
       </c>
       <c r="E694" t="s">
         <v>11</v>
       </c>
       <c r="F694" s="1" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="G694" t="s">
-        <v>2384</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="695" spans="1:7">
       <c r="A695" t="s">
-        <v>2385</v>
+        <v>2389</v>
       </c>
       <c r="B695" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C695" t="s">
-        <v>931</v>
+        <v>99</v>
       </c>
       <c r="D695" t="s">
         <v>10</v>
       </c>
       <c r="E695" t="s">
         <v>11</v>
       </c>
       <c r="F695" s="1" t="s">
-        <v>2386</v>
+        <v>2390</v>
       </c>
       <c r="G695" t="s">
-        <v>2387</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="696" spans="1:7">
       <c r="A696" t="s">
-        <v>2388</v>
+        <v>2392</v>
       </c>
       <c r="B696" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C696" t="s">
-        <v>935</v>
+        <v>103</v>
       </c>
       <c r="D696" t="s">
         <v>10</v>
       </c>
       <c r="E696" t="s">
         <v>11</v>
       </c>
       <c r="F696" s="1" t="s">
-        <v>2389</v>
+        <v>2393</v>
       </c>
       <c r="G696" t="s">
-        <v>2390</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="697" spans="1:7">
       <c r="A697" t="s">
-        <v>2391</v>
+        <v>2395</v>
       </c>
       <c r="B697" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C697" t="s">
-        <v>939</v>
+        <v>107</v>
       </c>
       <c r="D697" t="s">
         <v>10</v>
       </c>
       <c r="E697" t="s">
         <v>11</v>
       </c>
       <c r="F697" s="1" t="s">
-        <v>2392</v>
+        <v>2396</v>
       </c>
       <c r="G697" t="s">
-        <v>2393</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="698" spans="1:7">
       <c r="A698" t="s">
-        <v>2394</v>
+        <v>2397</v>
       </c>
       <c r="B698" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C698" t="s">
-        <v>943</v>
+        <v>111</v>
       </c>
       <c r="D698" t="s">
         <v>10</v>
       </c>
       <c r="E698" t="s">
         <v>11</v>
       </c>
       <c r="F698" s="1" t="s">
-        <v>2395</v>
+        <v>2398</v>
       </c>
       <c r="G698" t="s">
-        <v>2396</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="699" spans="1:7">
       <c r="A699" t="s">
-        <v>2397</v>
+        <v>2400</v>
       </c>
       <c r="B699" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C699" t="s">
-        <v>947</v>
+        <v>115</v>
       </c>
       <c r="D699" t="s">
         <v>10</v>
       </c>
       <c r="E699" t="s">
         <v>11</v>
       </c>
       <c r="F699" s="1" t="s">
-        <v>2398</v>
+        <v>2401</v>
       </c>
       <c r="G699" t="s">
-        <v>2399</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="700" spans="1:7">
       <c r="A700" t="s">
-        <v>2400</v>
+        <v>2403</v>
       </c>
       <c r="B700" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C700" t="s">
-        <v>951</v>
+        <v>119</v>
       </c>
       <c r="D700" t="s">
         <v>10</v>
       </c>
       <c r="E700" t="s">
         <v>11</v>
       </c>
       <c r="F700" s="1" t="s">
-        <v>2401</v>
+        <v>2404</v>
       </c>
       <c r="G700" t="s">
-        <v>2366</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="701" spans="1:7">
       <c r="A701" t="s">
-        <v>2402</v>
+        <v>2406</v>
       </c>
       <c r="B701" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C701" t="s">
-        <v>955</v>
+        <v>123</v>
       </c>
       <c r="D701" t="s">
         <v>10</v>
       </c>
       <c r="E701" t="s">
         <v>11</v>
       </c>
       <c r="F701" s="1" t="s">
-        <v>2403</v>
+        <v>2407</v>
       </c>
       <c r="G701" t="s">
-        <v>2404</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="702" spans="1:7">
       <c r="A702" t="s">
-        <v>2405</v>
+        <v>2409</v>
       </c>
       <c r="B702" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C702" t="s">
-        <v>959</v>
+        <v>127</v>
       </c>
       <c r="D702" t="s">
         <v>10</v>
       </c>
       <c r="E702" t="s">
         <v>11</v>
       </c>
       <c r="F702" s="1" t="s">
-        <v>2406</v>
+        <v>2410</v>
       </c>
       <c r="G702" t="s">
-        <v>2407</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="703" spans="1:7">
       <c r="A703" t="s">
-        <v>2408</v>
+        <v>2412</v>
       </c>
       <c r="B703" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C703" t="s">
-        <v>963</v>
+        <v>131</v>
       </c>
       <c r="D703" t="s">
         <v>10</v>
       </c>
       <c r="E703" t="s">
         <v>11</v>
       </c>
       <c r="F703" s="1" t="s">
-        <v>2409</v>
+        <v>2413</v>
       </c>
       <c r="G703" t="s">
-        <v>2410</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="704" spans="1:7">
       <c r="A704" t="s">
-        <v>2411</v>
+        <v>2415</v>
       </c>
       <c r="B704" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C704" t="s">
-        <v>967</v>
+        <v>135</v>
       </c>
       <c r="D704" t="s">
         <v>10</v>
       </c>
       <c r="E704" t="s">
         <v>11</v>
       </c>
       <c r="F704" s="1" t="s">
-        <v>2412</v>
+        <v>2416</v>
       </c>
       <c r="G704" t="s">
-        <v>2413</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="705" spans="1:7">
       <c r="A705" t="s">
-        <v>2414</v>
+        <v>2418</v>
       </c>
       <c r="B705" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C705" t="s">
-        <v>971</v>
+        <v>139</v>
       </c>
       <c r="D705" t="s">
         <v>10</v>
       </c>
       <c r="E705" t="s">
         <v>11</v>
       </c>
       <c r="F705" s="1" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="G705" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="706" spans="1:7">
       <c r="A706" t="s">
-        <v>2417</v>
+        <v>2421</v>
       </c>
       <c r="B706" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C706" t="s">
-        <v>975</v>
+        <v>143</v>
       </c>
       <c r="D706" t="s">
         <v>10</v>
       </c>
       <c r="E706" t="s">
         <v>11</v>
       </c>
       <c r="F706" s="1" t="s">
-        <v>2418</v>
+        <v>2422</v>
       </c>
       <c r="G706" t="s">
-        <v>2419</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="707" spans="1:7">
       <c r="A707" t="s">
-        <v>2420</v>
+        <v>2424</v>
       </c>
       <c r="B707" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C707" t="s">
-        <v>979</v>
+        <v>147</v>
       </c>
       <c r="D707" t="s">
         <v>10</v>
       </c>
       <c r="E707" t="s">
         <v>11</v>
       </c>
       <c r="F707" s="1" t="s">
-        <v>2421</v>
+        <v>2425</v>
       </c>
       <c r="G707" t="s">
-        <v>2422</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="708" spans="1:7">
       <c r="A708" t="s">
-        <v>2423</v>
+        <v>2427</v>
       </c>
       <c r="B708" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C708" t="s">
-        <v>983</v>
+        <v>151</v>
       </c>
       <c r="D708" t="s">
         <v>10</v>
       </c>
       <c r="E708" t="s">
         <v>11</v>
       </c>
       <c r="F708" s="1" t="s">
-        <v>2424</v>
+        <v>2428</v>
       </c>
       <c r="G708" t="s">
-        <v>2425</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="709" spans="1:7">
       <c r="A709" t="s">
-        <v>2426</v>
+        <v>2430</v>
       </c>
       <c r="B709" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C709" t="s">
-        <v>987</v>
+        <v>155</v>
       </c>
       <c r="D709" t="s">
         <v>10</v>
       </c>
       <c r="E709" t="s">
         <v>11</v>
       </c>
       <c r="F709" s="1" t="s">
-        <v>2427</v>
+        <v>2431</v>
       </c>
       <c r="G709" t="s">
-        <v>2428</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="710" spans="1:7">
       <c r="A710" t="s">
-        <v>2429</v>
+        <v>2433</v>
       </c>
       <c r="B710" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C710" t="s">
-        <v>991</v>
+        <v>159</v>
       </c>
       <c r="D710" t="s">
         <v>10</v>
       </c>
       <c r="E710" t="s">
         <v>11</v>
       </c>
       <c r="F710" s="1" t="s">
-        <v>2430</v>
+        <v>2434</v>
       </c>
       <c r="G710" t="s">
-        <v>2431</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="711" spans="1:7">
       <c r="A711" t="s">
-        <v>2432</v>
+        <v>2436</v>
       </c>
       <c r="B711" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C711" t="s">
-        <v>995</v>
+        <v>163</v>
       </c>
       <c r="D711" t="s">
         <v>10</v>
       </c>
       <c r="E711" t="s">
         <v>11</v>
       </c>
       <c r="F711" s="1" t="s">
-        <v>2433</v>
+        <v>2437</v>
       </c>
       <c r="G711" t="s">
-        <v>2434</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="712" spans="1:7">
       <c r="A712" t="s">
-        <v>2435</v>
+        <v>2439</v>
       </c>
       <c r="B712" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C712" t="s">
-        <v>999</v>
+        <v>167</v>
       </c>
       <c r="D712" t="s">
         <v>10</v>
       </c>
       <c r="E712" t="s">
         <v>11</v>
       </c>
       <c r="F712" s="1" t="s">
-        <v>2436</v>
+        <v>2440</v>
       </c>
       <c r="G712" t="s">
-        <v>2437</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="713" spans="1:7">
       <c r="A713" t="s">
-        <v>2438</v>
+        <v>2442</v>
       </c>
       <c r="B713" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C713" t="s">
-        <v>1003</v>
+        <v>171</v>
       </c>
       <c r="D713" t="s">
         <v>10</v>
       </c>
       <c r="E713" t="s">
         <v>11</v>
       </c>
       <c r="F713" s="1" t="s">
-        <v>2439</v>
+        <v>2443</v>
       </c>
       <c r="G713" t="s">
-        <v>2440</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="714" spans="1:7">
       <c r="A714" t="s">
-        <v>2441</v>
+        <v>2445</v>
       </c>
       <c r="B714" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C714" t="s">
-        <v>1007</v>
+        <v>175</v>
       </c>
       <c r="D714" t="s">
         <v>10</v>
       </c>
       <c r="E714" t="s">
         <v>11</v>
       </c>
       <c r="F714" s="1" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="G714" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="715" spans="1:7">
       <c r="A715" t="s">
-        <v>2444</v>
+        <v>2448</v>
       </c>
       <c r="B715" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C715" t="s">
-        <v>1011</v>
+        <v>179</v>
       </c>
       <c r="D715" t="s">
         <v>10</v>
       </c>
       <c r="E715" t="s">
         <v>11</v>
       </c>
       <c r="F715" s="1" t="s">
-        <v>2445</v>
+        <v>2449</v>
       </c>
       <c r="G715" t="s">
-        <v>2446</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="716" spans="1:7">
       <c r="A716" t="s">
-        <v>2447</v>
+        <v>2451</v>
       </c>
       <c r="B716" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C716" t="s">
-        <v>1015</v>
+        <v>183</v>
       </c>
       <c r="D716" t="s">
         <v>10</v>
       </c>
       <c r="E716" t="s">
         <v>11</v>
       </c>
       <c r="F716" s="1" t="s">
-        <v>2448</v>
+        <v>2452</v>
       </c>
       <c r="G716" t="s">
-        <v>2449</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="717" spans="1:7">
       <c r="A717" t="s">
-        <v>2450</v>
+        <v>2454</v>
       </c>
       <c r="B717" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C717" t="s">
-        <v>1019</v>
+        <v>187</v>
       </c>
       <c r="D717" t="s">
         <v>10</v>
       </c>
       <c r="E717" t="s">
         <v>11</v>
       </c>
       <c r="F717" s="1" t="s">
-        <v>2451</v>
+        <v>2455</v>
       </c>
       <c r="G717" t="s">
-        <v>2452</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="718" spans="1:7">
       <c r="A718" t="s">
-        <v>2453</v>
+        <v>2457</v>
       </c>
       <c r="B718" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C718" t="s">
-        <v>1023</v>
+        <v>191</v>
       </c>
       <c r="D718" t="s">
         <v>10</v>
       </c>
       <c r="E718" t="s">
         <v>11</v>
       </c>
       <c r="F718" s="1" t="s">
-        <v>2454</v>
+        <v>2458</v>
       </c>
       <c r="G718" t="s">
-        <v>2455</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="719" spans="1:7">
       <c r="A719" t="s">
-        <v>2456</v>
+        <v>2460</v>
       </c>
       <c r="B719" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C719" t="s">
-        <v>1027</v>
+        <v>195</v>
       </c>
       <c r="D719" t="s">
         <v>10</v>
       </c>
       <c r="E719" t="s">
         <v>11</v>
       </c>
       <c r="F719" s="1" t="s">
-        <v>2457</v>
+        <v>2461</v>
       </c>
       <c r="G719" t="s">
-        <v>2458</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="720" spans="1:7">
       <c r="A720" t="s">
-        <v>2459</v>
+        <v>2463</v>
       </c>
       <c r="B720" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C720" t="s">
-        <v>1031</v>
+        <v>199</v>
       </c>
       <c r="D720" t="s">
         <v>10</v>
       </c>
       <c r="E720" t="s">
         <v>11</v>
       </c>
       <c r="F720" s="1" t="s">
-        <v>2460</v>
+        <v>2464</v>
       </c>
       <c r="G720" t="s">
-        <v>2461</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="721" spans="1:7">
       <c r="A721" t="s">
-        <v>2462</v>
+        <v>2466</v>
       </c>
       <c r="B721" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="C721" t="s">
-        <v>1035</v>
+        <v>203</v>
       </c>
       <c r="D721" t="s">
         <v>10</v>
       </c>
       <c r="E721" t="s">
         <v>11</v>
       </c>
       <c r="F721" s="1" t="s">
-        <v>2463</v>
+        <v>2467</v>
       </c>
       <c r="G721" t="s">
-        <v>2464</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="722" spans="1:7">
       <c r="A722" t="s">
-        <v>2465</v>
+        <v>2469</v>
       </c>
       <c r="B722" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C722" t="s">
-        <v>1039</v>
+        <v>1038</v>
       </c>
       <c r="D722" t="s">
         <v>10</v>
       </c>
       <c r="E722" t="s">
         <v>11</v>
       </c>
       <c r="F722" s="1" t="s">
-        <v>2466</v>
+        <v>2471</v>
       </c>
       <c r="G722" t="s">
-        <v>2467</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="723" spans="1:7">
       <c r="A723" t="s">
-        <v>2468</v>
+        <v>2473</v>
       </c>
       <c r="B723" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C723" t="s">
-        <v>1043</v>
+        <v>1042</v>
       </c>
       <c r="D723" t="s">
         <v>10</v>
       </c>
       <c r="E723" t="s">
         <v>11</v>
       </c>
       <c r="F723" s="1" t="s">
-        <v>2469</v>
+        <v>2474</v>
       </c>
       <c r="G723" t="s">
-        <v>2470</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="724" spans="1:7">
       <c r="A724" t="s">
-        <v>2471</v>
+        <v>2476</v>
       </c>
       <c r="B724" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C724" t="s">
-        <v>1047</v>
+        <v>1046</v>
       </c>
       <c r="D724" t="s">
         <v>10</v>
       </c>
       <c r="E724" t="s">
         <v>11</v>
       </c>
       <c r="F724" s="1" t="s">
-        <v>2472</v>
+        <v>2477</v>
       </c>
       <c r="G724" t="s">
-        <v>2473</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="725" spans="1:7">
       <c r="A725" t="s">
-        <v>2474</v>
+        <v>2479</v>
       </c>
       <c r="B725" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C725" t="s">
-        <v>1051</v>
+        <v>1050</v>
       </c>
       <c r="D725" t="s">
         <v>10</v>
       </c>
       <c r="E725" t="s">
         <v>11</v>
       </c>
       <c r="F725" s="1" t="s">
-        <v>2475</v>
+        <v>2480</v>
       </c>
       <c r="G725" t="s">
-        <v>2476</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="726" spans="1:7">
       <c r="A726" t="s">
-        <v>2477</v>
+        <v>2482</v>
       </c>
       <c r="B726" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C726" t="s">
-        <v>1055</v>
+        <v>1054</v>
       </c>
       <c r="D726" t="s">
         <v>10</v>
       </c>
       <c r="E726" t="s">
         <v>11</v>
       </c>
       <c r="F726" s="1" t="s">
-        <v>2478</v>
+        <v>2483</v>
       </c>
       <c r="G726" t="s">
-        <v>2479</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="727" spans="1:7">
       <c r="A727" t="s">
-        <v>2480</v>
+        <v>2485</v>
       </c>
       <c r="B727" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C727" t="s">
-        <v>1059</v>
+        <v>1058</v>
       </c>
       <c r="D727" t="s">
         <v>10</v>
       </c>
       <c r="E727" t="s">
         <v>11</v>
       </c>
       <c r="F727" s="1" t="s">
-        <v>2481</v>
+        <v>2486</v>
       </c>
       <c r="G727" t="s">
-        <v>2482</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="728" spans="1:7">
       <c r="A728" t="s">
-        <v>2483</v>
+        <v>2488</v>
       </c>
       <c r="B728" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C728" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
       <c r="D728" t="s">
         <v>10</v>
       </c>
       <c r="E728" t="s">
         <v>11</v>
       </c>
       <c r="F728" s="1" t="s">
-        <v>2484</v>
+        <v>2489</v>
       </c>
       <c r="G728" t="s">
-        <v>2485</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="729" spans="1:7">
       <c r="A729" t="s">
-        <v>2486</v>
+        <v>2491</v>
       </c>
       <c r="B729" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C729" t="s">
-        <v>1067</v>
+        <v>1066</v>
       </c>
       <c r="D729" t="s">
         <v>10</v>
       </c>
       <c r="E729" t="s">
         <v>11</v>
       </c>
       <c r="F729" s="1" t="s">
-        <v>2487</v>
+        <v>2492</v>
       </c>
       <c r="G729" t="s">
-        <v>2488</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="730" spans="1:7">
       <c r="A730" t="s">
-        <v>2489</v>
+        <v>2494</v>
       </c>
       <c r="B730" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C730" t="s">
-        <v>1071</v>
+        <v>1070</v>
       </c>
       <c r="D730" t="s">
         <v>10</v>
       </c>
       <c r="E730" t="s">
         <v>11</v>
       </c>
       <c r="F730" s="1" t="s">
-        <v>2490</v>
+        <v>2495</v>
       </c>
       <c r="G730" t="s">
-        <v>2491</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="731" spans="1:7">
       <c r="A731" t="s">
-        <v>2492</v>
+        <v>2497</v>
       </c>
       <c r="B731" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C731" t="s">
-        <v>1075</v>
+        <v>1074</v>
       </c>
       <c r="D731" t="s">
         <v>10</v>
       </c>
       <c r="E731" t="s">
         <v>11</v>
       </c>
       <c r="F731" s="1" t="s">
-        <v>2493</v>
+        <v>2498</v>
       </c>
       <c r="G731" t="s">
-        <v>2494</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="732" spans="1:7">
       <c r="A732" t="s">
-        <v>2495</v>
+        <v>2500</v>
       </c>
       <c r="B732" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C732" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="D732" t="s">
         <v>10</v>
       </c>
       <c r="E732" t="s">
         <v>11</v>
       </c>
       <c r="F732" s="1" t="s">
-        <v>2496</v>
+        <v>2501</v>
       </c>
       <c r="G732" t="s">
-        <v>2497</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="733" spans="1:7">
       <c r="A733" t="s">
-        <v>2498</v>
+        <v>2503</v>
       </c>
       <c r="B733" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C733" t="s">
-        <v>1083</v>
+        <v>1082</v>
       </c>
       <c r="D733" t="s">
         <v>10</v>
       </c>
       <c r="E733" t="s">
         <v>11</v>
       </c>
       <c r="F733" s="1" t="s">
-        <v>2499</v>
+        <v>2504</v>
       </c>
       <c r="G733" t="s">
-        <v>2500</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="734" spans="1:7">
       <c r="A734" t="s">
-        <v>2501</v>
+        <v>2506</v>
       </c>
       <c r="B734" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C734" t="s">
-        <v>1087</v>
+        <v>1086</v>
       </c>
       <c r="D734" t="s">
         <v>10</v>
       </c>
       <c r="E734" t="s">
         <v>11</v>
       </c>
       <c r="F734" s="1" t="s">
-        <v>2502</v>
+        <v>2507</v>
       </c>
       <c r="G734" t="s">
-        <v>2503</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="735" spans="1:7">
       <c r="A735" t="s">
-        <v>2504</v>
+        <v>2509</v>
       </c>
       <c r="B735" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C735" t="s">
         <v>1090</v>
       </c>
       <c r="D735" t="s">
         <v>10</v>
       </c>
       <c r="E735" t="s">
         <v>11</v>
       </c>
       <c r="F735" s="1" t="s">
-        <v>2505</v>
+        <v>2510</v>
       </c>
       <c r="G735" t="s">
-        <v>2506</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="736" spans="1:7">
       <c r="A736" t="s">
-        <v>2507</v>
+        <v>2512</v>
       </c>
       <c r="B736" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C736" t="s">
         <v>1094</v>
       </c>
       <c r="D736" t="s">
         <v>10</v>
       </c>
       <c r="E736" t="s">
         <v>11</v>
       </c>
       <c r="F736" s="1" t="s">
-        <v>2508</v>
+        <v>2513</v>
       </c>
       <c r="G736" t="s">
-        <v>2509</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="737" spans="1:7">
       <c r="A737" t="s">
-        <v>2510</v>
+        <v>2515</v>
       </c>
       <c r="B737" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C737" t="s">
         <v>1098</v>
       </c>
       <c r="D737" t="s">
         <v>10</v>
       </c>
       <c r="E737" t="s">
         <v>11</v>
       </c>
       <c r="F737" s="1" t="s">
-        <v>2511</v>
+        <v>2516</v>
       </c>
       <c r="G737" t="s">
-        <v>2512</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="738" spans="1:7">
       <c r="A738" t="s">
-        <v>2513</v>
+        <v>2518</v>
       </c>
       <c r="B738" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C738" t="s">
         <v>1102</v>
       </c>
       <c r="D738" t="s">
         <v>10</v>
       </c>
       <c r="E738" t="s">
         <v>11</v>
       </c>
       <c r="F738" s="1" t="s">
-        <v>2514</v>
+        <v>2519</v>
       </c>
       <c r="G738" t="s">
-        <v>2515</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="739" spans="1:7">
       <c r="A739" t="s">
-        <v>2516</v>
+        <v>2521</v>
       </c>
       <c r="B739" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C739" t="s">
         <v>1106</v>
       </c>
       <c r="D739" t="s">
         <v>10</v>
       </c>
       <c r="E739" t="s">
         <v>11</v>
       </c>
       <c r="F739" s="1" t="s">
-        <v>2517</v>
+        <v>2522</v>
       </c>
       <c r="G739" t="s">
-        <v>2518</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="740" spans="1:7">
       <c r="A740" t="s">
-        <v>2519</v>
+        <v>2524</v>
       </c>
       <c r="B740" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C740" t="s">
         <v>1110</v>
       </c>
       <c r="D740" t="s">
         <v>10</v>
       </c>
       <c r="E740" t="s">
         <v>11</v>
       </c>
       <c r="F740" s="1" t="s">
-        <v>2520</v>
+        <v>2525</v>
       </c>
       <c r="G740" t="s">
-        <v>2521</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="741" spans="1:7">
       <c r="A741" t="s">
-        <v>2522</v>
+        <v>2527</v>
       </c>
       <c r="B741" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C741" t="s">
         <v>1114</v>
       </c>
       <c r="D741" t="s">
         <v>10</v>
       </c>
       <c r="E741" t="s">
         <v>11</v>
       </c>
       <c r="F741" s="1" t="s">
-        <v>2523</v>
+        <v>2528</v>
       </c>
       <c r="G741" t="s">
-        <v>2524</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="742" spans="1:7">
       <c r="A742" t="s">
-        <v>2525</v>
+        <v>2530</v>
       </c>
       <c r="B742" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C742" t="s">
         <v>1118</v>
       </c>
       <c r="D742" t="s">
         <v>10</v>
       </c>
       <c r="E742" t="s">
         <v>11</v>
       </c>
       <c r="F742" s="1" t="s">
-        <v>2526</v>
+        <v>2531</v>
       </c>
       <c r="G742" t="s">
-        <v>2527</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="743" spans="1:7">
       <c r="A743" t="s">
-        <v>2528</v>
+        <v>2533</v>
       </c>
       <c r="B743" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C743" t="s">
         <v>1122</v>
       </c>
       <c r="D743" t="s">
         <v>10</v>
       </c>
       <c r="E743" t="s">
         <v>11</v>
       </c>
       <c r="F743" s="1" t="s">
-        <v>2529</v>
+        <v>2534</v>
       </c>
       <c r="G743" t="s">
-        <v>2530</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="744" spans="1:7">
       <c r="A744" t="s">
-        <v>2531</v>
+        <v>2536</v>
       </c>
       <c r="B744" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C744" t="s">
         <v>1126</v>
       </c>
       <c r="D744" t="s">
         <v>10</v>
       </c>
       <c r="E744" t="s">
         <v>11</v>
       </c>
       <c r="F744" s="1" t="s">
-        <v>2532</v>
+        <v>2537</v>
       </c>
       <c r="G744" t="s">
-        <v>2533</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="745" spans="1:7">
       <c r="A745" t="s">
-        <v>2534</v>
+        <v>2539</v>
       </c>
       <c r="B745" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C745" t="s">
         <v>1130</v>
       </c>
       <c r="D745" t="s">
         <v>10</v>
       </c>
       <c r="E745" t="s">
         <v>11</v>
       </c>
       <c r="F745" s="1" t="s">
-        <v>2535</v>
+        <v>2540</v>
       </c>
       <c r="G745" t="s">
-        <v>2536</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="746" spans="1:7">
       <c r="A746" t="s">
-        <v>2537</v>
+        <v>2542</v>
       </c>
       <c r="B746" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C746" t="s">
         <v>1134</v>
       </c>
       <c r="D746" t="s">
         <v>10</v>
       </c>
       <c r="E746" t="s">
         <v>11</v>
       </c>
       <c r="F746" s="1" t="s">
-        <v>2538</v>
+        <v>2543</v>
       </c>
       <c r="G746" t="s">
-        <v>2539</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="747" spans="1:7">
       <c r="A747" t="s">
-        <v>2540</v>
+        <v>2545</v>
       </c>
       <c r="B747" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C747" t="s">
         <v>1138</v>
       </c>
       <c r="D747" t="s">
         <v>10</v>
       </c>
       <c r="E747" t="s">
         <v>11</v>
       </c>
       <c r="F747" s="1" t="s">
-        <v>2541</v>
+        <v>2546</v>
       </c>
       <c r="G747" t="s">
-        <v>2542</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="748" spans="1:7">
       <c r="A748" t="s">
-        <v>2543</v>
+        <v>2548</v>
       </c>
       <c r="B748" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C748" t="s">
         <v>1142</v>
       </c>
       <c r="D748" t="s">
         <v>10</v>
       </c>
       <c r="E748" t="s">
         <v>11</v>
       </c>
       <c r="F748" s="1" t="s">
-        <v>2544</v>
+        <v>2549</v>
       </c>
       <c r="G748" t="s">
-        <v>2545</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="749" spans="1:7">
       <c r="A749" t="s">
-        <v>2546</v>
+        <v>2551</v>
       </c>
       <c r="B749" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C749" t="s">
         <v>1146</v>
       </c>
       <c r="D749" t="s">
         <v>10</v>
       </c>
       <c r="E749" t="s">
         <v>11</v>
       </c>
       <c r="F749" s="1" t="s">
-        <v>2547</v>
+        <v>2552</v>
       </c>
       <c r="G749" t="s">
-        <v>2548</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="750" spans="1:7">
       <c r="A750" t="s">
-        <v>2549</v>
+        <v>2554</v>
       </c>
       <c r="B750" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C750" t="s">
         <v>1150</v>
       </c>
       <c r="D750" t="s">
         <v>10</v>
       </c>
       <c r="E750" t="s">
         <v>11</v>
       </c>
       <c r="F750" s="1" t="s">
-        <v>2550</v>
+        <v>2555</v>
       </c>
       <c r="G750" t="s">
-        <v>2551</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="751" spans="1:7">
       <c r="A751" t="s">
-        <v>2552</v>
+        <v>2557</v>
       </c>
       <c r="B751" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C751" t="s">
         <v>1154</v>
       </c>
       <c r="D751" t="s">
         <v>10</v>
       </c>
       <c r="E751" t="s">
         <v>11</v>
       </c>
       <c r="F751" s="1" t="s">
-        <v>2553</v>
+        <v>2558</v>
       </c>
       <c r="G751" t="s">
-        <v>2554</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="752" spans="1:7">
       <c r="A752" t="s">
-        <v>2555</v>
+        <v>2560</v>
       </c>
       <c r="B752" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C752" t="s">
         <v>1158</v>
       </c>
       <c r="D752" t="s">
         <v>10</v>
       </c>
       <c r="E752" t="s">
         <v>11</v>
       </c>
       <c r="F752" s="1" t="s">
-        <v>2556</v>
+        <v>2561</v>
       </c>
       <c r="G752" t="s">
-        <v>2557</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="753" spans="1:7">
       <c r="A753" t="s">
-        <v>2558</v>
+        <v>2563</v>
       </c>
       <c r="B753" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C753" t="s">
         <v>1162</v>
       </c>
       <c r="D753" t="s">
         <v>10</v>
       </c>
       <c r="E753" t="s">
         <v>11</v>
       </c>
       <c r="F753" s="1" t="s">
-        <v>2559</v>
+        <v>2564</v>
       </c>
       <c r="G753" t="s">
-        <v>2560</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="754" spans="1:7">
       <c r="A754" t="s">
-        <v>2561</v>
+        <v>2566</v>
       </c>
       <c r="B754" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C754" t="s">
         <v>1166</v>
       </c>
       <c r="D754" t="s">
         <v>10</v>
       </c>
       <c r="E754" t="s">
         <v>11</v>
       </c>
       <c r="F754" s="1" t="s">
-        <v>2562</v>
+        <v>2567</v>
       </c>
       <c r="G754" t="s">
-        <v>2563</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="755" spans="1:7">
       <c r="A755" t="s">
-        <v>2564</v>
+        <v>2568</v>
       </c>
       <c r="B755" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C755" t="s">
         <v>1170</v>
       </c>
       <c r="D755" t="s">
         <v>10</v>
       </c>
       <c r="E755" t="s">
         <v>11</v>
       </c>
       <c r="F755" s="1" t="s">
-        <v>2565</v>
+        <v>2569</v>
       </c>
       <c r="G755" t="s">
-        <v>2566</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="756" spans="1:7">
       <c r="A756" t="s">
-        <v>2567</v>
+        <v>2571</v>
       </c>
       <c r="B756" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C756" t="s">
         <v>1174</v>
       </c>
       <c r="D756" t="s">
         <v>10</v>
       </c>
       <c r="E756" t="s">
         <v>11</v>
       </c>
       <c r="F756" s="1" t="s">
-        <v>2568</v>
+        <v>2572</v>
       </c>
       <c r="G756" t="s">
-        <v>2569</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="757" spans="1:7">
       <c r="A757" t="s">
-        <v>2570</v>
+        <v>2574</v>
       </c>
       <c r="B757" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C757" t="s">
         <v>1178</v>
       </c>
       <c r="D757" t="s">
         <v>10</v>
       </c>
       <c r="E757" t="s">
         <v>11</v>
       </c>
       <c r="F757" s="1" t="s">
-        <v>2571</v>
+        <v>2575</v>
       </c>
       <c r="G757" t="s">
-        <v>2572</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="758" spans="1:7">
       <c r="A758" t="s">
-        <v>2573</v>
+        <v>2577</v>
       </c>
       <c r="B758" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C758" t="s">
         <v>1182</v>
       </c>
       <c r="D758" t="s">
         <v>10</v>
       </c>
       <c r="E758" t="s">
         <v>11</v>
       </c>
       <c r="F758" s="1" t="s">
-        <v>2574</v>
+        <v>2578</v>
       </c>
       <c r="G758" t="s">
-        <v>2575</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="759" spans="1:7">
       <c r="A759" t="s">
-        <v>2576</v>
+        <v>2580</v>
       </c>
       <c r="B759" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C759" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="D759" t="s">
         <v>10</v>
       </c>
       <c r="E759" t="s">
         <v>11</v>
       </c>
       <c r="F759" s="1" t="s">
-        <v>2577</v>
+        <v>2581</v>
       </c>
       <c r="G759" t="s">
-        <v>2578</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="760" spans="1:7">
       <c r="A760" t="s">
-        <v>2579</v>
+        <v>2583</v>
       </c>
       <c r="B760" t="s">
-        <v>2304</v>
+        <v>2470</v>
       </c>
       <c r="C760" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="D760" t="s">
         <v>10</v>
       </c>
       <c r="E760" t="s">
         <v>11</v>
       </c>
       <c r="F760" s="1" t="s">
-        <v>2580</v>
+        <v>2584</v>
       </c>
       <c r="G760" t="s">
-        <v>2581</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="761" spans="1:7">
       <c r="A761" t="s">
-        <v>2582</v>
+        <v>2586</v>
       </c>
       <c r="B761" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C761" t="s">
-        <v>999</v>
+        <v>1194</v>
       </c>
       <c r="D761" t="s">
         <v>10</v>
       </c>
       <c r="E761" t="s">
         <v>11</v>
       </c>
       <c r="F761" s="1" t="s">
-        <v>2584</v>
+        <v>2587</v>
       </c>
       <c r="G761" t="s">
-        <v>2585</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="762" spans="1:7">
       <c r="A762" t="s">
-        <v>2586</v>
+        <v>2589</v>
       </c>
       <c r="B762" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C762" t="s">
-        <v>1003</v>
+        <v>1198</v>
       </c>
       <c r="D762" t="s">
         <v>10</v>
       </c>
       <c r="E762" t="s">
         <v>11</v>
       </c>
       <c r="F762" s="1" t="s">
-        <v>2587</v>
+        <v>2590</v>
       </c>
       <c r="G762" t="s">
-        <v>2588</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="763" spans="1:7">
       <c r="A763" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="B763" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C763" t="s">
-        <v>1007</v>
+        <v>1202</v>
       </c>
       <c r="D763" t="s">
         <v>10</v>
       </c>
       <c r="E763" t="s">
         <v>11</v>
       </c>
       <c r="F763" s="1" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="G763" t="s">
-        <v>2591</v>
+        <v>2594</v>
       </c>
     </row>
     <row r="764" spans="1:7">
       <c r="A764" t="s">
-        <v>2592</v>
+        <v>2595</v>
       </c>
       <c r="B764" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C764" t="s">
-        <v>1011</v>
+        <v>1206</v>
       </c>
       <c r="D764" t="s">
         <v>10</v>
       </c>
       <c r="E764" t="s">
         <v>11</v>
       </c>
       <c r="F764" s="1" t="s">
-        <v>2593</v>
+        <v>2596</v>
       </c>
       <c r="G764" t="s">
-        <v>2594</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="765" spans="1:7">
       <c r="A765" t="s">
-        <v>2595</v>
+        <v>2598</v>
       </c>
       <c r="B765" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C765" t="s">
-        <v>1015</v>
+        <v>1210</v>
       </c>
       <c r="D765" t="s">
         <v>10</v>
       </c>
       <c r="E765" t="s">
         <v>11</v>
       </c>
       <c r="F765" s="1" t="s">
-        <v>2596</v>
+        <v>2599</v>
       </c>
       <c r="G765" t="s">
-        <v>2597</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="766" spans="1:7">
       <c r="A766" t="s">
-        <v>2598</v>
+        <v>2601</v>
       </c>
       <c r="B766" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C766" t="s">
-        <v>1019</v>
+        <v>9</v>
       </c>
       <c r="D766" t="s">
         <v>10</v>
       </c>
       <c r="E766" t="s">
         <v>11</v>
       </c>
       <c r="F766" s="1" t="s">
-        <v>2599</v>
+        <v>2602</v>
       </c>
       <c r="G766" t="s">
-        <v>2600</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="767" spans="1:7">
       <c r="A767" t="s">
-        <v>2601</v>
+        <v>2604</v>
       </c>
       <c r="B767" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C767" t="s">
-        <v>1023</v>
+        <v>15</v>
       </c>
       <c r="D767" t="s">
         <v>10</v>
       </c>
       <c r="E767" t="s">
         <v>11</v>
       </c>
       <c r="F767" s="1" t="s">
-        <v>2602</v>
+        <v>2605</v>
       </c>
       <c r="G767" t="s">
-        <v>2603</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="768" spans="1:7">
       <c r="A768" t="s">
-        <v>2604</v>
+        <v>2607</v>
       </c>
       <c r="B768" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C768" t="s">
-        <v>1027</v>
+        <v>19</v>
       </c>
       <c r="D768" t="s">
         <v>10</v>
       </c>
       <c r="E768" t="s">
         <v>11</v>
       </c>
       <c r="F768" s="1" t="s">
-        <v>2605</v>
+        <v>2608</v>
       </c>
       <c r="G768" t="s">
-        <v>2606</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="769" spans="1:7">
       <c r="A769" t="s">
-        <v>2607</v>
+        <v>2610</v>
       </c>
       <c r="B769" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C769" t="s">
-        <v>1031</v>
+        <v>23</v>
       </c>
       <c r="D769" t="s">
         <v>10</v>
       </c>
       <c r="E769" t="s">
         <v>11</v>
       </c>
       <c r="F769" s="1" t="s">
-        <v>2608</v>
+        <v>2611</v>
       </c>
       <c r="G769" t="s">
-        <v>2609</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="770" spans="1:7">
       <c r="A770" t="s">
-        <v>2610</v>
+        <v>2613</v>
       </c>
       <c r="B770" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C770" t="s">
-        <v>1035</v>
+        <v>27</v>
       </c>
       <c r="D770" t="s">
         <v>10</v>
       </c>
       <c r="E770" t="s">
         <v>11</v>
       </c>
       <c r="F770" s="1" t="s">
-        <v>2611</v>
+        <v>2614</v>
       </c>
       <c r="G770" t="s">
-        <v>2612</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="771" spans="1:7">
       <c r="A771" t="s">
-        <v>2613</v>
+        <v>2616</v>
       </c>
       <c r="B771" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C771" t="s">
-        <v>1039</v>
+        <v>31</v>
       </c>
       <c r="D771" t="s">
         <v>10</v>
       </c>
       <c r="E771" t="s">
         <v>11</v>
       </c>
       <c r="F771" s="1" t="s">
-        <v>2614</v>
+        <v>2617</v>
       </c>
       <c r="G771" t="s">
-        <v>2615</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="772" spans="1:7">
       <c r="A772" t="s">
-        <v>2616</v>
+        <v>2619</v>
       </c>
       <c r="B772" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C772" t="s">
-        <v>1043</v>
+        <v>35</v>
       </c>
       <c r="D772" t="s">
         <v>10</v>
       </c>
       <c r="E772" t="s">
         <v>11</v>
       </c>
       <c r="F772" s="1" t="s">
-        <v>2617</v>
+        <v>2620</v>
       </c>
       <c r="G772" t="s">
-        <v>2618</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="773" spans="1:7">
       <c r="A773" t="s">
-        <v>2619</v>
+        <v>2622</v>
       </c>
       <c r="B773" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C773" t="s">
-        <v>1047</v>
+        <v>39</v>
       </c>
       <c r="D773" t="s">
         <v>10</v>
       </c>
       <c r="E773" t="s">
         <v>11</v>
       </c>
       <c r="F773" s="1" t="s">
-        <v>2620</v>
+        <v>2623</v>
       </c>
       <c r="G773" t="s">
-        <v>2621</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="774" spans="1:7">
       <c r="A774" t="s">
-        <v>2622</v>
+        <v>2625</v>
       </c>
       <c r="B774" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C774" t="s">
-        <v>1051</v>
+        <v>43</v>
       </c>
       <c r="D774" t="s">
         <v>10</v>
       </c>
       <c r="E774" t="s">
         <v>11</v>
       </c>
       <c r="F774" s="1" t="s">
-        <v>2623</v>
+        <v>2626</v>
       </c>
       <c r="G774" t="s">
-        <v>2624</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="775" spans="1:7">
       <c r="A775" t="s">
-        <v>2625</v>
+        <v>2628</v>
       </c>
       <c r="B775" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C775" t="s">
-        <v>1055</v>
+        <v>47</v>
       </c>
       <c r="D775" t="s">
         <v>10</v>
       </c>
       <c r="E775" t="s">
         <v>11</v>
       </c>
       <c r="F775" s="1" t="s">
-        <v>2626</v>
+        <v>2629</v>
       </c>
       <c r="G775" t="s">
-        <v>2627</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="776" spans="1:7">
       <c r="A776" t="s">
-        <v>2628</v>
+        <v>2631</v>
       </c>
       <c r="B776" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C776" t="s">
-        <v>1059</v>
+        <v>51</v>
       </c>
       <c r="D776" t="s">
         <v>10</v>
       </c>
       <c r="E776" t="s">
         <v>11</v>
       </c>
       <c r="F776" s="1" t="s">
-        <v>2629</v>
+        <v>2632</v>
       </c>
       <c r="G776" t="s">
-        <v>2630</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="777" spans="1:7">
       <c r="A777" t="s">
-        <v>2631</v>
+        <v>2634</v>
       </c>
       <c r="B777" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C777" t="s">
-        <v>1063</v>
+        <v>55</v>
       </c>
       <c r="D777" t="s">
         <v>10</v>
       </c>
       <c r="E777" t="s">
         <v>11</v>
       </c>
       <c r="F777" s="1" t="s">
-        <v>2632</v>
+        <v>2635</v>
       </c>
       <c r="G777" t="s">
-        <v>2633</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="778" spans="1:7">
       <c r="A778" t="s">
-        <v>2634</v>
+        <v>2637</v>
       </c>
       <c r="B778" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C778" t="s">
-        <v>1067</v>
+        <v>59</v>
       </c>
       <c r="D778" t="s">
         <v>10</v>
       </c>
       <c r="E778" t="s">
         <v>11</v>
       </c>
       <c r="F778" s="1" t="s">
-        <v>2635</v>
+        <v>2638</v>
       </c>
       <c r="G778" t="s">
-        <v>2636</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="779" spans="1:7">
       <c r="A779" t="s">
-        <v>2637</v>
+        <v>2640</v>
       </c>
       <c r="B779" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C779" t="s">
-        <v>1071</v>
+        <v>63</v>
       </c>
       <c r="D779" t="s">
         <v>10</v>
       </c>
       <c r="E779" t="s">
         <v>11</v>
       </c>
       <c r="F779" s="1" t="s">
-        <v>2638</v>
+        <v>2641</v>
       </c>
       <c r="G779" t="s">
-        <v>2639</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="780" spans="1:7">
       <c r="A780" t="s">
-        <v>2640</v>
+        <v>2643</v>
       </c>
       <c r="B780" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C780" t="s">
-        <v>1075</v>
+        <v>67</v>
       </c>
       <c r="D780" t="s">
         <v>10</v>
       </c>
       <c r="E780" t="s">
         <v>11</v>
       </c>
       <c r="F780" s="1" t="s">
-        <v>2641</v>
+        <v>2644</v>
       </c>
       <c r="G780" t="s">
-        <v>2642</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="781" spans="1:7">
       <c r="A781" t="s">
-        <v>2643</v>
+        <v>2646</v>
       </c>
       <c r="B781" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C781" t="s">
-        <v>1079</v>
+        <v>71</v>
       </c>
       <c r="D781" t="s">
         <v>10</v>
       </c>
       <c r="E781" t="s">
         <v>11</v>
       </c>
       <c r="F781" s="1" t="s">
-        <v>2644</v>
+        <v>2647</v>
       </c>
       <c r="G781" t="s">
-        <v>2645</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="782" spans="1:7">
       <c r="A782" t="s">
-        <v>2646</v>
+        <v>2649</v>
       </c>
       <c r="B782" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C782" t="s">
-        <v>1083</v>
+        <v>75</v>
       </c>
       <c r="D782" t="s">
         <v>10</v>
       </c>
       <c r="E782" t="s">
         <v>11</v>
       </c>
       <c r="F782" s="1" t="s">
-        <v>2647</v>
+        <v>2650</v>
       </c>
       <c r="G782" t="s">
-        <v>2648</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="783" spans="1:7">
       <c r="A783" t="s">
-        <v>2649</v>
+        <v>2652</v>
       </c>
       <c r="B783" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C783" t="s">
-        <v>1087</v>
+        <v>79</v>
       </c>
       <c r="D783" t="s">
         <v>10</v>
       </c>
       <c r="E783" t="s">
         <v>11</v>
       </c>
       <c r="F783" s="1" t="s">
-        <v>2650</v>
+        <v>2653</v>
       </c>
       <c r="G783" t="s">
-        <v>2651</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="784" spans="1:7">
       <c r="A784" t="s">
-        <v>2652</v>
+        <v>2655</v>
       </c>
       <c r="B784" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C784" t="s">
-        <v>1090</v>
+        <v>83</v>
       </c>
       <c r="D784" t="s">
         <v>10</v>
       </c>
       <c r="E784" t="s">
         <v>11</v>
       </c>
       <c r="F784" s="1" t="s">
-        <v>2653</v>
+        <v>2656</v>
       </c>
       <c r="G784" t="s">
-        <v>2654</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="785" spans="1:7">
       <c r="A785" t="s">
-        <v>2655</v>
+        <v>2658</v>
       </c>
       <c r="B785" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C785" t="s">
-        <v>1094</v>
+        <v>87</v>
       </c>
       <c r="D785" t="s">
         <v>10</v>
       </c>
       <c r="E785" t="s">
         <v>11</v>
       </c>
       <c r="F785" s="1" t="s">
-        <v>2656</v>
+        <v>2659</v>
       </c>
       <c r="G785" t="s">
-        <v>2657</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="786" spans="1:7">
       <c r="A786" t="s">
-        <v>2658</v>
+        <v>2661</v>
       </c>
       <c r="B786" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C786" t="s">
-        <v>1098</v>
+        <v>91</v>
       </c>
       <c r="D786" t="s">
         <v>10</v>
       </c>
       <c r="E786" t="s">
         <v>11</v>
       </c>
       <c r="F786" s="1" t="s">
-        <v>2659</v>
+        <v>2662</v>
       </c>
       <c r="G786" t="s">
-        <v>2660</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="787" spans="1:7">
       <c r="A787" t="s">
-        <v>2661</v>
+        <v>2664</v>
       </c>
       <c r="B787" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C787" t="s">
-        <v>1102</v>
+        <v>95</v>
       </c>
       <c r="D787" t="s">
         <v>10</v>
       </c>
       <c r="E787" t="s">
         <v>11</v>
       </c>
       <c r="F787" s="1" t="s">
-        <v>2662</v>
+        <v>2665</v>
       </c>
       <c r="G787" t="s">
-        <v>2663</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="788" spans="1:7">
       <c r="A788" t="s">
-        <v>2664</v>
+        <v>2667</v>
       </c>
       <c r="B788" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C788" t="s">
-        <v>1106</v>
+        <v>99</v>
       </c>
       <c r="D788" t="s">
         <v>10</v>
       </c>
       <c r="E788" t="s">
         <v>11</v>
       </c>
       <c r="F788" s="1" t="s">
-        <v>2665</v>
+        <v>2668</v>
       </c>
       <c r="G788" t="s">
-        <v>2666</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="789" spans="1:7">
       <c r="A789" t="s">
-        <v>2667</v>
+        <v>2670</v>
       </c>
       <c r="B789" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C789" t="s">
-        <v>1110</v>
+        <v>103</v>
       </c>
       <c r="D789" t="s">
         <v>10</v>
       </c>
       <c r="E789" t="s">
         <v>11</v>
       </c>
       <c r="F789" s="1" t="s">
-        <v>2668</v>
+        <v>2671</v>
       </c>
       <c r="G789" t="s">
-        <v>2669</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="790" spans="1:7">
       <c r="A790" t="s">
-        <v>2670</v>
+        <v>2673</v>
       </c>
       <c r="B790" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C790" t="s">
-        <v>1114</v>
+        <v>107</v>
       </c>
       <c r="D790" t="s">
         <v>10</v>
       </c>
       <c r="E790" t="s">
         <v>11</v>
       </c>
       <c r="F790" s="1" t="s">
-        <v>2671</v>
+        <v>2674</v>
       </c>
       <c r="G790" t="s">
-        <v>2672</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="791" spans="1:7">
       <c r="A791" t="s">
-        <v>2673</v>
+        <v>2676</v>
       </c>
       <c r="B791" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C791" t="s">
-        <v>1118</v>
+        <v>111</v>
       </c>
       <c r="D791" t="s">
         <v>10</v>
       </c>
       <c r="E791" t="s">
         <v>11</v>
       </c>
       <c r="F791" s="1" t="s">
-        <v>2674</v>
+        <v>2677</v>
       </c>
       <c r="G791" t="s">
-        <v>2675</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="792" spans="1:7">
       <c r="A792" t="s">
-        <v>2676</v>
+        <v>2679</v>
       </c>
       <c r="B792" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C792" t="s">
-        <v>1122</v>
+        <v>115</v>
       </c>
       <c r="D792" t="s">
         <v>10</v>
       </c>
       <c r="E792" t="s">
         <v>11</v>
       </c>
       <c r="F792" s="1" t="s">
-        <v>2677</v>
+        <v>2680</v>
       </c>
       <c r="G792" t="s">
-        <v>2678</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="793" spans="1:7">
       <c r="A793" t="s">
-        <v>2679</v>
+        <v>2682</v>
       </c>
       <c r="B793" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C793" t="s">
-        <v>1126</v>
+        <v>119</v>
       </c>
       <c r="D793" t="s">
         <v>10</v>
       </c>
       <c r="E793" t="s">
         <v>11</v>
       </c>
       <c r="F793" s="1" t="s">
-        <v>2680</v>
+        <v>2683</v>
       </c>
       <c r="G793" t="s">
-        <v>2681</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="794" spans="1:7">
       <c r="A794" t="s">
-        <v>2682</v>
+        <v>2685</v>
       </c>
       <c r="B794" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C794" t="s">
-        <v>1130</v>
+        <v>123</v>
       </c>
       <c r="D794" t="s">
         <v>10</v>
       </c>
       <c r="E794" t="s">
         <v>11</v>
       </c>
       <c r="F794" s="1" t="s">
-        <v>2683</v>
+        <v>2686</v>
       </c>
       <c r="G794" t="s">
-        <v>2684</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="795" spans="1:7">
       <c r="A795" t="s">
-        <v>2685</v>
+        <v>2688</v>
       </c>
       <c r="B795" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C795" t="s">
-        <v>1134</v>
+        <v>127</v>
       </c>
       <c r="D795" t="s">
         <v>10</v>
       </c>
       <c r="E795" t="s">
         <v>11</v>
       </c>
       <c r="F795" s="1" t="s">
-        <v>2686</v>
+        <v>2689</v>
       </c>
       <c r="G795" t="s">
-        <v>2687</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="796" spans="1:7">
       <c r="A796" t="s">
-        <v>2688</v>
+        <v>2691</v>
       </c>
       <c r="B796" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C796" t="s">
-        <v>1138</v>
+        <v>131</v>
       </c>
       <c r="D796" t="s">
         <v>10</v>
       </c>
       <c r="E796" t="s">
         <v>11</v>
       </c>
       <c r="F796" s="1" t="s">
-        <v>2689</v>
+        <v>2692</v>
       </c>
       <c r="G796" t="s">
-        <v>2690</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="797" spans="1:7">
       <c r="A797" t="s">
-        <v>2691</v>
+        <v>2694</v>
       </c>
       <c r="B797" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C797" t="s">
-        <v>1142</v>
+        <v>135</v>
       </c>
       <c r="D797" t="s">
         <v>10</v>
       </c>
       <c r="E797" t="s">
         <v>11</v>
       </c>
       <c r="F797" s="1" t="s">
-        <v>2692</v>
+        <v>2695</v>
       </c>
       <c r="G797" t="s">
-        <v>2693</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="798" spans="1:7">
       <c r="A798" t="s">
-        <v>2694</v>
+        <v>2697</v>
       </c>
       <c r="B798" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C798" t="s">
-        <v>1146</v>
+        <v>139</v>
       </c>
       <c r="D798" t="s">
         <v>10</v>
       </c>
       <c r="E798" t="s">
         <v>11</v>
       </c>
       <c r="F798" s="1" t="s">
-        <v>2695</v>
+        <v>2698</v>
       </c>
       <c r="G798" t="s">
-        <v>2696</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="799" spans="1:7">
       <c r="A799" t="s">
-        <v>2697</v>
+        <v>2700</v>
       </c>
       <c r="B799" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C799" t="s">
-        <v>1150</v>
+        <v>143</v>
       </c>
       <c r="D799" t="s">
         <v>10</v>
       </c>
       <c r="E799" t="s">
         <v>11</v>
       </c>
       <c r="F799" s="1" t="s">
-        <v>2698</v>
+        <v>2701</v>
       </c>
       <c r="G799" t="s">
-        <v>2699</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="800" spans="1:7">
       <c r="A800" t="s">
-        <v>2700</v>
+        <v>2703</v>
       </c>
       <c r="B800" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C800" t="s">
-        <v>1154</v>
+        <v>147</v>
       </c>
       <c r="D800" t="s">
         <v>10</v>
       </c>
       <c r="E800" t="s">
         <v>11</v>
       </c>
       <c r="F800" s="1" t="s">
-        <v>2701</v>
+        <v>2704</v>
       </c>
       <c r="G800" t="s">
-        <v>2702</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="801" spans="1:7">
       <c r="A801" t="s">
-        <v>2703</v>
+        <v>2706</v>
       </c>
       <c r="B801" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C801" t="s">
-        <v>1158</v>
+        <v>151</v>
       </c>
       <c r="D801" t="s">
         <v>10</v>
       </c>
       <c r="E801" t="s">
         <v>11</v>
       </c>
       <c r="F801" s="1" t="s">
-        <v>2704</v>
+        <v>2707</v>
       </c>
       <c r="G801" t="s">
-        <v>2705</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="802" spans="1:7">
       <c r="A802" t="s">
-        <v>2706</v>
+        <v>2709</v>
       </c>
       <c r="B802" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C802" t="s">
-        <v>1162</v>
+        <v>155</v>
       </c>
       <c r="D802" t="s">
         <v>10</v>
       </c>
       <c r="E802" t="s">
         <v>11</v>
       </c>
       <c r="F802" s="1" t="s">
-        <v>2707</v>
+        <v>2710</v>
       </c>
       <c r="G802" t="s">
-        <v>2708</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="803" spans="1:7">
       <c r="A803" t="s">
-        <v>2709</v>
+        <v>2712</v>
       </c>
       <c r="B803" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C803" t="s">
-        <v>1166</v>
+        <v>159</v>
       </c>
       <c r="D803" t="s">
         <v>10</v>
       </c>
       <c r="E803" t="s">
         <v>11</v>
       </c>
       <c r="F803" s="1" t="s">
-        <v>2710</v>
+        <v>2713</v>
       </c>
       <c r="G803" t="s">
-        <v>2711</v>
+        <v>2714</v>
       </c>
     </row>
     <row r="804" spans="1:7">
       <c r="A804" t="s">
-        <v>2712</v>
+        <v>2715</v>
       </c>
       <c r="B804" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C804" t="s">
-        <v>1170</v>
+        <v>163</v>
       </c>
       <c r="D804" t="s">
         <v>10</v>
       </c>
       <c r="E804" t="s">
         <v>11</v>
       </c>
       <c r="F804" s="1" t="s">
-        <v>2713</v>
+        <v>2716</v>
       </c>
       <c r="G804" t="s">
-        <v>2714</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="805" spans="1:7">
       <c r="A805" t="s">
-        <v>2715</v>
+        <v>2718</v>
       </c>
       <c r="B805" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C805" t="s">
-        <v>1174</v>
+        <v>167</v>
       </c>
       <c r="D805" t="s">
         <v>10</v>
       </c>
       <c r="E805" t="s">
         <v>11</v>
       </c>
       <c r="F805" s="1" t="s">
-        <v>2716</v>
+        <v>2719</v>
       </c>
       <c r="G805" t="s">
-        <v>2717</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="806" spans="1:7">
       <c r="A806" t="s">
-        <v>2718</v>
+        <v>2721</v>
       </c>
       <c r="B806" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C806" t="s">
-        <v>1178</v>
+        <v>171</v>
       </c>
       <c r="D806" t="s">
         <v>10</v>
       </c>
       <c r="E806" t="s">
         <v>11</v>
       </c>
       <c r="F806" s="1" t="s">
-        <v>2719</v>
+        <v>2722</v>
       </c>
       <c r="G806" t="s">
-        <v>2720</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="807" spans="1:7">
       <c r="A807" t="s">
-        <v>2721</v>
+        <v>2724</v>
       </c>
       <c r="B807" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C807" t="s">
-        <v>1182</v>
+        <v>175</v>
       </c>
       <c r="D807" t="s">
         <v>10</v>
       </c>
       <c r="E807" t="s">
         <v>11</v>
       </c>
       <c r="F807" s="1" t="s">
-        <v>2722</v>
+        <v>2725</v>
       </c>
       <c r="G807" t="s">
-        <v>2723</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="808" spans="1:7">
       <c r="A808" t="s">
-        <v>2724</v>
+        <v>2727</v>
       </c>
       <c r="B808" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C808" t="s">
-        <v>1185</v>
+        <v>179</v>
       </c>
       <c r="D808" t="s">
         <v>10</v>
       </c>
       <c r="E808" t="s">
         <v>11</v>
       </c>
       <c r="F808" s="1" t="s">
-        <v>2725</v>
+        <v>2728</v>
       </c>
       <c r="G808" t="s">
-        <v>2726</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="809" spans="1:7">
       <c r="A809" t="s">
-        <v>2727</v>
+        <v>2730</v>
       </c>
       <c r="B809" t="s">
-        <v>2583</v>
+        <v>2470</v>
       </c>
       <c r="C809" t="s">
-        <v>1189</v>
+        <v>183</v>
       </c>
       <c r="D809" t="s">
         <v>10</v>
       </c>
       <c r="E809" t="s">
         <v>11</v>
       </c>
       <c r="F809" s="1" t="s">
-        <v>2728</v>
+        <v>2731</v>
       </c>
       <c r="G809" t="s">
-        <v>2729</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="810" spans="1:7">
       <c r="A810" t="s">
-        <v>2730</v>
+        <v>2733</v>
       </c>
       <c r="B810" t="s">
-        <v>2731</v>
+        <v>2470</v>
       </c>
       <c r="C810" t="s">
-        <v>883</v>
+        <v>187</v>
       </c>
       <c r="D810" t="s">
         <v>10</v>
       </c>
       <c r="E810" t="s">
         <v>11</v>
       </c>
       <c r="F810" s="1" t="s">
-        <v>2732</v>
+        <v>2734</v>
       </c>
       <c r="G810" t="s">
-        <v>2733</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="811" spans="1:7">
       <c r="A811" t="s">
-        <v>2734</v>
+        <v>2736</v>
       </c>
       <c r="B811" t="s">
-        <v>2731</v>
+        <v>2470</v>
       </c>
       <c r="C811" t="s">
-        <v>887</v>
+        <v>191</v>
       </c>
       <c r="D811" t="s">
         <v>10</v>
       </c>
       <c r="E811" t="s">
         <v>11</v>
       </c>
       <c r="F811" s="1" t="s">
-        <v>2735</v>
+        <v>2737</v>
       </c>
       <c r="G811" t="s">
-        <v>2736</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="812" spans="1:7">
       <c r="A812" t="s">
-        <v>2737</v>
+        <v>2739</v>
       </c>
       <c r="B812" t="s">
-        <v>2731</v>
+        <v>2470</v>
       </c>
       <c r="C812" t="s">
-        <v>891</v>
+        <v>195</v>
       </c>
       <c r="D812" t="s">
         <v>10</v>
       </c>
       <c r="E812" t="s">
         <v>11</v>
       </c>
       <c r="F812" s="1" t="s">
-        <v>2738</v>
+        <v>2740</v>
       </c>
       <c r="G812" t="s">
-        <v>2739</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="813" spans="1:7">
       <c r="A813" t="s">
-        <v>2740</v>
+        <v>2742</v>
       </c>
       <c r="B813" t="s">
-        <v>2731</v>
+        <v>2470</v>
       </c>
       <c r="C813" t="s">
-        <v>895</v>
+        <v>199</v>
       </c>
       <c r="D813" t="s">
         <v>10</v>
       </c>
       <c r="E813" t="s">
         <v>11</v>
       </c>
       <c r="F813" s="1" t="s">
-        <v>2741</v>
+        <v>2743</v>
       </c>
       <c r="G813" t="s">
-        <v>2742</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="814" spans="1:7">
       <c r="A814" t="s">
-        <v>2743</v>
+        <v>2745</v>
       </c>
       <c r="B814" t="s">
-        <v>2731</v>
+        <v>2470</v>
       </c>
       <c r="C814" t="s">
-        <v>899</v>
+        <v>203</v>
       </c>
       <c r="D814" t="s">
         <v>10</v>
       </c>
       <c r="E814" t="s">
         <v>11</v>
       </c>
       <c r="F814" s="1" t="s">
-        <v>2744</v>
+        <v>2746</v>
       </c>
       <c r="G814" t="s">
-        <v>2745</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="815" spans="1:7">
       <c r="A815" t="s">
-        <v>2746</v>
+        <v>2748</v>
       </c>
       <c r="B815" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C815" t="s">
-        <v>903</v>
+        <v>9</v>
       </c>
       <c r="D815" t="s">
         <v>10</v>
       </c>
       <c r="E815" t="s">
         <v>11</v>
       </c>
       <c r="F815" s="1" t="s">
-        <v>2747</v>
+        <v>2750</v>
       </c>
       <c r="G815" t="s">
-        <v>2748</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="816" spans="1:7">
       <c r="A816" t="s">
+        <v>2752</v>
+      </c>
+      <c r="B816" t="s">
         <v>2749</v>
       </c>
-      <c r="B816" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C816" t="s">
-        <v>907</v>
+        <v>15</v>
       </c>
       <c r="D816" t="s">
         <v>10</v>
       </c>
       <c r="E816" t="s">
         <v>11</v>
       </c>
       <c r="F816" s="1" t="s">
-        <v>2750</v>
+        <v>2753</v>
       </c>
       <c r="G816" t="s">
-        <v>2751</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="817" spans="1:7">
       <c r="A817" t="s">
-        <v>2752</v>
+        <v>2755</v>
       </c>
       <c r="B817" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C817" t="s">
-        <v>911</v>
+        <v>19</v>
       </c>
       <c r="D817" t="s">
         <v>10</v>
       </c>
       <c r="E817" t="s">
         <v>11</v>
       </c>
       <c r="F817" s="1" t="s">
-        <v>2753</v>
+        <v>2756</v>
       </c>
       <c r="G817" t="s">
-        <v>2754</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="818" spans="1:7">
       <c r="A818" t="s">
-        <v>2755</v>
+        <v>2758</v>
       </c>
       <c r="B818" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C818" t="s">
-        <v>915</v>
+        <v>23</v>
       </c>
       <c r="D818" t="s">
         <v>10</v>
       </c>
       <c r="E818" t="s">
         <v>11</v>
       </c>
       <c r="F818" s="1" t="s">
-        <v>2756</v>
+        <v>2759</v>
       </c>
       <c r="G818" t="s">
-        <v>2757</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="819" spans="1:7">
       <c r="A819" t="s">
-        <v>2758</v>
+        <v>2761</v>
       </c>
       <c r="B819" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C819" t="s">
-        <v>919</v>
+        <v>27</v>
       </c>
       <c r="D819" t="s">
         <v>10</v>
       </c>
       <c r="E819" t="s">
         <v>11</v>
       </c>
       <c r="F819" s="1" t="s">
-        <v>2759</v>
+        <v>2762</v>
       </c>
       <c r="G819" t="s">
-        <v>2760</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="820" spans="1:7">
       <c r="A820" t="s">
-        <v>2761</v>
+        <v>2764</v>
       </c>
       <c r="B820" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C820" t="s">
-        <v>923</v>
+        <v>31</v>
       </c>
       <c r="D820" t="s">
         <v>10</v>
       </c>
       <c r="E820" t="s">
         <v>11</v>
       </c>
       <c r="F820" s="1" t="s">
-        <v>2762</v>
+        <v>2765</v>
       </c>
       <c r="G820" t="s">
-        <v>2763</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="821" spans="1:7">
       <c r="A821" t="s">
-        <v>2764</v>
+        <v>2767</v>
       </c>
       <c r="B821" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C821" t="s">
-        <v>927</v>
+        <v>35</v>
       </c>
       <c r="D821" t="s">
         <v>10</v>
       </c>
       <c r="E821" t="s">
         <v>11</v>
       </c>
       <c r="F821" s="1" t="s">
-        <v>2765</v>
+        <v>2768</v>
       </c>
       <c r="G821" t="s">
-        <v>2766</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="822" spans="1:7">
       <c r="A822" t="s">
-        <v>2767</v>
+        <v>2770</v>
       </c>
       <c r="B822" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C822" t="s">
-        <v>931</v>
+        <v>39</v>
       </c>
       <c r="D822" t="s">
         <v>10</v>
       </c>
       <c r="E822" t="s">
         <v>11</v>
       </c>
       <c r="F822" s="1" t="s">
-        <v>2768</v>
+        <v>2771</v>
       </c>
       <c r="G822" t="s">
-        <v>2769</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="823" spans="1:7">
       <c r="A823" t="s">
-        <v>2770</v>
+        <v>2773</v>
       </c>
       <c r="B823" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C823" t="s">
-        <v>935</v>
+        <v>43</v>
       </c>
       <c r="D823" t="s">
         <v>10</v>
       </c>
       <c r="E823" t="s">
         <v>11</v>
       </c>
       <c r="F823" s="1" t="s">
-        <v>2771</v>
+        <v>2774</v>
       </c>
       <c r="G823" t="s">
-        <v>2772</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="824" spans="1:7">
       <c r="A824" t="s">
-        <v>2773</v>
+        <v>2776</v>
       </c>
       <c r="B824" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C824" t="s">
-        <v>939</v>
+        <v>47</v>
       </c>
       <c r="D824" t="s">
         <v>10</v>
       </c>
       <c r="E824" t="s">
         <v>11</v>
       </c>
       <c r="F824" s="1" t="s">
-        <v>2774</v>
+        <v>2777</v>
       </c>
       <c r="G824" t="s">
-        <v>2775</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="825" spans="1:7">
       <c r="A825" t="s">
-        <v>2776</v>
+        <v>2779</v>
       </c>
       <c r="B825" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C825" t="s">
-        <v>943</v>
+        <v>51</v>
       </c>
       <c r="D825" t="s">
         <v>10</v>
       </c>
       <c r="E825" t="s">
         <v>11</v>
       </c>
       <c r="F825" s="1" t="s">
-        <v>2777</v>
+        <v>2780</v>
       </c>
       <c r="G825" t="s">
-        <v>2778</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="826" spans="1:7">
       <c r="A826" t="s">
-        <v>2779</v>
+        <v>2782</v>
       </c>
       <c r="B826" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C826" t="s">
-        <v>947</v>
+        <v>55</v>
       </c>
       <c r="D826" t="s">
         <v>10</v>
       </c>
       <c r="E826" t="s">
         <v>11</v>
       </c>
       <c r="F826" s="1" t="s">
-        <v>2780</v>
+        <v>2783</v>
       </c>
       <c r="G826" t="s">
-        <v>2781</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="827" spans="1:7">
       <c r="A827" t="s">
-        <v>2782</v>
+        <v>2785</v>
       </c>
       <c r="B827" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C827" t="s">
-        <v>951</v>
+        <v>59</v>
       </c>
       <c r="D827" t="s">
         <v>10</v>
       </c>
       <c r="E827" t="s">
         <v>11</v>
       </c>
       <c r="F827" s="1" t="s">
-        <v>2783</v>
+        <v>2786</v>
       </c>
       <c r="G827" t="s">
-        <v>2784</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="828" spans="1:7">
       <c r="A828" t="s">
-        <v>2785</v>
+        <v>2788</v>
       </c>
       <c r="B828" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C828" t="s">
-        <v>955</v>
+        <v>63</v>
       </c>
       <c r="D828" t="s">
         <v>10</v>
       </c>
       <c r="E828" t="s">
         <v>11</v>
       </c>
       <c r="F828" s="1" t="s">
-        <v>2786</v>
+        <v>2789</v>
       </c>
       <c r="G828" t="s">
-        <v>2787</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="829" spans="1:7">
       <c r="A829" t="s">
-        <v>2788</v>
+        <v>2791</v>
       </c>
       <c r="B829" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C829" t="s">
-        <v>959</v>
+        <v>67</v>
       </c>
       <c r="D829" t="s">
         <v>10</v>
       </c>
       <c r="E829" t="s">
         <v>11</v>
       </c>
       <c r="F829" s="1" t="s">
-        <v>2789</v>
+        <v>2792</v>
       </c>
       <c r="G829" t="s">
-        <v>2790</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="830" spans="1:7">
       <c r="A830" t="s">
-        <v>2791</v>
+        <v>2794</v>
       </c>
       <c r="B830" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C830" t="s">
-        <v>963</v>
+        <v>71</v>
       </c>
       <c r="D830" t="s">
         <v>10</v>
       </c>
       <c r="E830" t="s">
         <v>11</v>
       </c>
       <c r="F830" s="1" t="s">
-        <v>2792</v>
+        <v>2795</v>
       </c>
       <c r="G830" t="s">
-        <v>2793</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="831" spans="1:7">
       <c r="A831" t="s">
-        <v>2794</v>
+        <v>2797</v>
       </c>
       <c r="B831" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C831" t="s">
-        <v>967</v>
+        <v>75</v>
       </c>
       <c r="D831" t="s">
         <v>10</v>
       </c>
       <c r="E831" t="s">
         <v>11</v>
       </c>
       <c r="F831" s="1" t="s">
-        <v>2795</v>
+        <v>2798</v>
       </c>
       <c r="G831" t="s">
-        <v>2796</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="832" spans="1:7">
       <c r="A832" t="s">
-        <v>2797</v>
+        <v>2800</v>
       </c>
       <c r="B832" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C832" t="s">
-        <v>971</v>
+        <v>79</v>
       </c>
       <c r="D832" t="s">
         <v>10</v>
       </c>
       <c r="E832" t="s">
         <v>11</v>
       </c>
       <c r="F832" s="1" t="s">
-        <v>2798</v>
+        <v>2801</v>
       </c>
       <c r="G832" t="s">
-        <v>2799</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="833" spans="1:7">
       <c r="A833" t="s">
-        <v>2800</v>
+        <v>2803</v>
       </c>
       <c r="B833" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C833" t="s">
-        <v>975</v>
+        <v>83</v>
       </c>
       <c r="D833" t="s">
         <v>10</v>
       </c>
       <c r="E833" t="s">
         <v>11</v>
       </c>
       <c r="F833" s="1" t="s">
-        <v>2801</v>
+        <v>2804</v>
       </c>
       <c r="G833" t="s">
-        <v>2802</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="834" spans="1:7">
       <c r="A834" t="s">
-        <v>2803</v>
+        <v>2806</v>
       </c>
       <c r="B834" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C834" t="s">
-        <v>979</v>
+        <v>87</v>
       </c>
       <c r="D834" t="s">
         <v>10</v>
       </c>
       <c r="E834" t="s">
         <v>11</v>
       </c>
       <c r="F834" s="1" t="s">
-        <v>2804</v>
+        <v>2807</v>
       </c>
       <c r="G834" t="s">
-        <v>2805</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="835" spans="1:7">
       <c r="A835" t="s">
-        <v>2806</v>
+        <v>2809</v>
       </c>
       <c r="B835" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C835" t="s">
-        <v>983</v>
+        <v>91</v>
       </c>
       <c r="D835" t="s">
         <v>10</v>
       </c>
       <c r="E835" t="s">
         <v>11</v>
       </c>
       <c r="F835" s="1" t="s">
-        <v>2807</v>
+        <v>2810</v>
       </c>
       <c r="G835" t="s">
-        <v>2808</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="836" spans="1:7">
       <c r="A836" t="s">
-        <v>2809</v>
+        <v>2812</v>
       </c>
       <c r="B836" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C836" t="s">
-        <v>987</v>
+        <v>95</v>
       </c>
       <c r="D836" t="s">
         <v>10</v>
       </c>
       <c r="E836" t="s">
         <v>11</v>
       </c>
       <c r="F836" s="1" t="s">
-        <v>2810</v>
+        <v>2813</v>
       </c>
       <c r="G836" t="s">
-        <v>2811</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="837" spans="1:7">
       <c r="A837" t="s">
-        <v>2812</v>
+        <v>2815</v>
       </c>
       <c r="B837" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C837" t="s">
-        <v>991</v>
+        <v>99</v>
       </c>
       <c r="D837" t="s">
         <v>10</v>
       </c>
       <c r="E837" t="s">
         <v>11</v>
       </c>
       <c r="F837" s="1" t="s">
-        <v>2813</v>
+        <v>2816</v>
       </c>
       <c r="G837" t="s">
-        <v>2814</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="838" spans="1:7">
       <c r="A838" t="s">
-        <v>2815</v>
+        <v>2818</v>
       </c>
       <c r="B838" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C838" t="s">
-        <v>995</v>
+        <v>103</v>
       </c>
       <c r="D838" t="s">
         <v>10</v>
       </c>
       <c r="E838" t="s">
         <v>11</v>
       </c>
       <c r="F838" s="1" t="s">
-        <v>2816</v>
+        <v>2819</v>
       </c>
       <c r="G838" t="s">
-        <v>2817</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="839" spans="1:7">
       <c r="A839" t="s">
-        <v>2818</v>
+        <v>2821</v>
       </c>
       <c r="B839" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C839" t="s">
-        <v>999</v>
+        <v>107</v>
       </c>
       <c r="D839" t="s">
         <v>10</v>
       </c>
       <c r="E839" t="s">
         <v>11</v>
       </c>
       <c r="F839" s="1" t="s">
-        <v>2819</v>
+        <v>2822</v>
       </c>
       <c r="G839" t="s">
-        <v>2820</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="840" spans="1:7">
       <c r="A840" t="s">
-        <v>2821</v>
+        <v>2824</v>
       </c>
       <c r="B840" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C840" t="s">
-        <v>1003</v>
+        <v>111</v>
       </c>
       <c r="D840" t="s">
         <v>10</v>
       </c>
       <c r="E840" t="s">
         <v>11</v>
       </c>
       <c r="F840" s="1" t="s">
-        <v>2822</v>
+        <v>2825</v>
       </c>
       <c r="G840" t="s">
-        <v>2823</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="841" spans="1:7">
       <c r="A841" t="s">
-        <v>2824</v>
+        <v>2827</v>
       </c>
       <c r="B841" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C841" t="s">
-        <v>1007</v>
+        <v>115</v>
       </c>
       <c r="D841" t="s">
         <v>10</v>
       </c>
       <c r="E841" t="s">
         <v>11</v>
       </c>
       <c r="F841" s="1" t="s">
-        <v>2825</v>
+        <v>2828</v>
       </c>
       <c r="G841" t="s">
-        <v>2826</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="842" spans="1:7">
       <c r="A842" t="s">
-        <v>2827</v>
+        <v>2830</v>
       </c>
       <c r="B842" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C842" t="s">
-        <v>1011</v>
+        <v>119</v>
       </c>
       <c r="D842" t="s">
         <v>10</v>
       </c>
       <c r="E842" t="s">
         <v>11</v>
       </c>
       <c r="F842" s="1" t="s">
-        <v>2828</v>
+        <v>2831</v>
       </c>
       <c r="G842" t="s">
-        <v>2829</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="843" spans="1:7">
       <c r="A843" t="s">
-        <v>2830</v>
+        <v>2833</v>
       </c>
       <c r="B843" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C843" t="s">
-        <v>1015</v>
+        <v>123</v>
       </c>
       <c r="D843" t="s">
         <v>10</v>
       </c>
       <c r="E843" t="s">
         <v>11</v>
       </c>
       <c r="F843" s="1" t="s">
-        <v>2831</v>
+        <v>2834</v>
       </c>
       <c r="G843" t="s">
-        <v>2832</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="844" spans="1:7">
       <c r="A844" t="s">
-        <v>2833</v>
+        <v>2836</v>
       </c>
       <c r="B844" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C844" t="s">
-        <v>1019</v>
+        <v>127</v>
       </c>
       <c r="D844" t="s">
         <v>10</v>
       </c>
       <c r="E844" t="s">
         <v>11</v>
       </c>
       <c r="F844" s="1" t="s">
-        <v>2834</v>
+        <v>2837</v>
       </c>
       <c r="G844" t="s">
-        <v>2835</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="845" spans="1:7">
       <c r="A845" t="s">
-        <v>2836</v>
+        <v>2839</v>
       </c>
       <c r="B845" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C845" t="s">
-        <v>1023</v>
+        <v>131</v>
       </c>
       <c r="D845" t="s">
         <v>10</v>
       </c>
       <c r="E845" t="s">
         <v>11</v>
       </c>
       <c r="F845" s="1" t="s">
-        <v>2837</v>
+        <v>2840</v>
       </c>
       <c r="G845" t="s">
-        <v>2838</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="846" spans="1:7">
       <c r="A846" t="s">
-        <v>2839</v>
+        <v>2842</v>
       </c>
       <c r="B846" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C846" t="s">
-        <v>1027</v>
+        <v>135</v>
       </c>
       <c r="D846" t="s">
         <v>10</v>
       </c>
       <c r="E846" t="s">
         <v>11</v>
       </c>
       <c r="F846" s="1" t="s">
-        <v>2840</v>
+        <v>2843</v>
       </c>
       <c r="G846" t="s">
-        <v>2841</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="847" spans="1:7">
       <c r="A847" t="s">
-        <v>2842</v>
+        <v>2845</v>
       </c>
       <c r="B847" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C847" t="s">
-        <v>1031</v>
+        <v>139</v>
       </c>
       <c r="D847" t="s">
         <v>10</v>
       </c>
       <c r="E847" t="s">
         <v>11</v>
       </c>
       <c r="F847" s="1" t="s">
-        <v>2843</v>
+        <v>2846</v>
       </c>
       <c r="G847" t="s">
-        <v>2844</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="848" spans="1:7">
       <c r="A848" t="s">
-        <v>2845</v>
+        <v>2848</v>
       </c>
       <c r="B848" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C848" t="s">
-        <v>1035</v>
+        <v>143</v>
       </c>
       <c r="D848" t="s">
         <v>10</v>
       </c>
       <c r="E848" t="s">
         <v>11</v>
       </c>
       <c r="F848" s="1" t="s">
-        <v>2846</v>
+        <v>2849</v>
       </c>
       <c r="G848" t="s">
-        <v>2847</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="849" spans="1:7">
       <c r="A849" t="s">
-        <v>2848</v>
+        <v>2851</v>
       </c>
       <c r="B849" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C849" t="s">
-        <v>1039</v>
+        <v>147</v>
       </c>
       <c r="D849" t="s">
         <v>10</v>
       </c>
       <c r="E849" t="s">
         <v>11</v>
       </c>
       <c r="F849" s="1" t="s">
-        <v>2849</v>
+        <v>2852</v>
       </c>
       <c r="G849" t="s">
-        <v>2850</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="850" spans="1:7">
       <c r="A850" t="s">
-        <v>2851</v>
+        <v>2854</v>
       </c>
       <c r="B850" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C850" t="s">
-        <v>1043</v>
+        <v>151</v>
       </c>
       <c r="D850" t="s">
         <v>10</v>
       </c>
       <c r="E850" t="s">
         <v>11</v>
       </c>
       <c r="F850" s="1" t="s">
-        <v>2852</v>
+        <v>2855</v>
       </c>
       <c r="G850" t="s">
-        <v>2853</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="851" spans="1:7">
       <c r="A851" t="s">
-        <v>2854</v>
+        <v>2857</v>
       </c>
       <c r="B851" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C851" t="s">
-        <v>1047</v>
+        <v>155</v>
       </c>
       <c r="D851" t="s">
         <v>10</v>
       </c>
       <c r="E851" t="s">
         <v>11</v>
       </c>
       <c r="F851" s="1" t="s">
-        <v>2855</v>
+        <v>2858</v>
       </c>
       <c r="G851" t="s">
-        <v>2856</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="852" spans="1:7">
       <c r="A852" t="s">
-        <v>2857</v>
+        <v>2860</v>
       </c>
       <c r="B852" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C852" t="s">
-        <v>1051</v>
+        <v>159</v>
       </c>
       <c r="D852" t="s">
         <v>10</v>
       </c>
       <c r="E852" t="s">
         <v>11</v>
       </c>
       <c r="F852" s="1" t="s">
-        <v>2858</v>
+        <v>2861</v>
       </c>
       <c r="G852" t="s">
-        <v>2859</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="853" spans="1:7">
       <c r="A853" t="s">
-        <v>2860</v>
+        <v>2863</v>
       </c>
       <c r="B853" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C853" t="s">
-        <v>1055</v>
+        <v>163</v>
       </c>
       <c r="D853" t="s">
         <v>10</v>
       </c>
       <c r="E853" t="s">
         <v>11</v>
       </c>
       <c r="F853" s="1" t="s">
-        <v>2861</v>
+        <v>2864</v>
       </c>
       <c r="G853" t="s">
-        <v>2862</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="854" spans="1:7">
       <c r="A854" t="s">
-        <v>2863</v>
+        <v>2866</v>
       </c>
       <c r="B854" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C854" t="s">
-        <v>1059</v>
+        <v>167</v>
       </c>
       <c r="D854" t="s">
         <v>10</v>
       </c>
       <c r="E854" t="s">
         <v>11</v>
       </c>
       <c r="F854" s="1" t="s">
-        <v>2864</v>
+        <v>2867</v>
       </c>
       <c r="G854" t="s">
-        <v>2865</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="855" spans="1:7">
       <c r="A855" t="s">
-        <v>2866</v>
+        <v>2869</v>
       </c>
       <c r="B855" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C855" t="s">
-        <v>1063</v>
+        <v>171</v>
       </c>
       <c r="D855" t="s">
         <v>10</v>
       </c>
       <c r="E855" t="s">
         <v>11</v>
       </c>
       <c r="F855" s="1" t="s">
-        <v>2867</v>
+        <v>2870</v>
       </c>
       <c r="G855" t="s">
-        <v>2868</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="856" spans="1:7">
       <c r="A856" t="s">
-        <v>2869</v>
+        <v>2872</v>
       </c>
       <c r="B856" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C856" t="s">
-        <v>1067</v>
+        <v>175</v>
       </c>
       <c r="D856" t="s">
         <v>10</v>
       </c>
       <c r="E856" t="s">
         <v>11</v>
       </c>
       <c r="F856" s="1" t="s">
-        <v>2870</v>
+        <v>2873</v>
       </c>
       <c r="G856" t="s">
-        <v>2871</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="857" spans="1:7">
       <c r="A857" t="s">
-        <v>2872</v>
+        <v>2875</v>
       </c>
       <c r="B857" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C857" t="s">
-        <v>1071</v>
+        <v>179</v>
       </c>
       <c r="D857" t="s">
         <v>10</v>
       </c>
       <c r="E857" t="s">
         <v>11</v>
       </c>
       <c r="F857" s="1" t="s">
-        <v>2873</v>
+        <v>2876</v>
       </c>
       <c r="G857" t="s">
-        <v>2874</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="858" spans="1:7">
       <c r="A858" t="s">
-        <v>2875</v>
+        <v>2878</v>
       </c>
       <c r="B858" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C858" t="s">
-        <v>1075</v>
+        <v>183</v>
       </c>
       <c r="D858" t="s">
         <v>10</v>
       </c>
       <c r="E858" t="s">
         <v>11</v>
       </c>
       <c r="F858" s="1" t="s">
-        <v>2876</v>
+        <v>2879</v>
       </c>
       <c r="G858" t="s">
-        <v>2877</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="859" spans="1:7">
       <c r="A859" t="s">
-        <v>2878</v>
+        <v>2881</v>
       </c>
       <c r="B859" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C859" t="s">
-        <v>1079</v>
+        <v>187</v>
       </c>
       <c r="D859" t="s">
         <v>10</v>
       </c>
       <c r="E859" t="s">
         <v>11</v>
       </c>
       <c r="F859" s="1" t="s">
-        <v>2879</v>
+        <v>2882</v>
       </c>
       <c r="G859" t="s">
-        <v>2880</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="860" spans="1:7">
       <c r="A860" t="s">
-        <v>2881</v>
+        <v>2884</v>
       </c>
       <c r="B860" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C860" t="s">
-        <v>1083</v>
+        <v>191</v>
       </c>
       <c r="D860" t="s">
         <v>10</v>
       </c>
       <c r="E860" t="s">
         <v>11</v>
       </c>
       <c r="F860" s="1" t="s">
-        <v>2882</v>
+        <v>2885</v>
       </c>
       <c r="G860" t="s">
-        <v>2883</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="861" spans="1:7">
       <c r="A861" t="s">
-        <v>2884</v>
+        <v>2887</v>
       </c>
       <c r="B861" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C861" t="s">
-        <v>1087</v>
+        <v>195</v>
       </c>
       <c r="D861" t="s">
         <v>10</v>
       </c>
       <c r="E861" t="s">
         <v>11</v>
       </c>
       <c r="F861" s="1" t="s">
-        <v>2885</v>
+        <v>2888</v>
       </c>
       <c r="G861" t="s">
-        <v>2886</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="862" spans="1:7">
       <c r="A862" t="s">
-        <v>2887</v>
+        <v>2890</v>
       </c>
       <c r="B862" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C862" t="s">
-        <v>1090</v>
+        <v>199</v>
       </c>
       <c r="D862" t="s">
         <v>10</v>
       </c>
       <c r="E862" t="s">
         <v>11</v>
       </c>
       <c r="F862" s="1" t="s">
-        <v>2888</v>
+        <v>2891</v>
       </c>
       <c r="G862" t="s">
-        <v>2889</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="863" spans="1:7">
       <c r="A863" t="s">
-        <v>2890</v>
+        <v>2893</v>
       </c>
       <c r="B863" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C863" t="s">
-        <v>1094</v>
+        <v>203</v>
       </c>
       <c r="D863" t="s">
         <v>10</v>
       </c>
       <c r="E863" t="s">
         <v>11</v>
       </c>
       <c r="F863" s="1" t="s">
-        <v>2891</v>
+        <v>2894</v>
       </c>
       <c r="G863" t="s">
-        <v>2892</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="864" spans="1:7">
       <c r="A864" t="s">
-        <v>2893</v>
+        <v>2896</v>
       </c>
       <c r="B864" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C864" t="s">
         <v>1098</v>
       </c>
       <c r="D864" t="s">
         <v>10</v>
       </c>
       <c r="E864" t="s">
         <v>11</v>
       </c>
       <c r="F864" s="1" t="s">
-        <v>2894</v>
+        <v>2898</v>
       </c>
       <c r="G864" t="s">
-        <v>2895</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="865" spans="1:7">
       <c r="A865" t="s">
-        <v>2896</v>
+        <v>2900</v>
       </c>
       <c r="B865" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C865" t="s">
         <v>1102</v>
       </c>
       <c r="D865" t="s">
         <v>10</v>
       </c>
       <c r="E865" t="s">
         <v>11</v>
       </c>
       <c r="F865" s="1" t="s">
-        <v>2897</v>
+        <v>2901</v>
       </c>
       <c r="G865" t="s">
-        <v>2898</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="866" spans="1:7">
       <c r="A866" t="s">
-        <v>2899</v>
+        <v>2903</v>
       </c>
       <c r="B866" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C866" t="s">
         <v>1106</v>
       </c>
       <c r="D866" t="s">
         <v>10</v>
       </c>
       <c r="E866" t="s">
         <v>11</v>
       </c>
       <c r="F866" s="1" t="s">
-        <v>2900</v>
+        <v>2904</v>
       </c>
       <c r="G866" t="s">
-        <v>2901</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="867" spans="1:7">
       <c r="A867" t="s">
-        <v>2902</v>
+        <v>2906</v>
       </c>
       <c r="B867" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C867" t="s">
         <v>1110</v>
       </c>
       <c r="D867" t="s">
         <v>10</v>
       </c>
       <c r="E867" t="s">
         <v>11</v>
       </c>
       <c r="F867" s="1" t="s">
-        <v>2903</v>
+        <v>2907</v>
       </c>
       <c r="G867" t="s">
-        <v>2904</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="868" spans="1:7">
       <c r="A868" t="s">
-        <v>2905</v>
+        <v>2909</v>
       </c>
       <c r="B868" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C868" t="s">
         <v>1114</v>
       </c>
       <c r="D868" t="s">
         <v>10</v>
       </c>
       <c r="E868" t="s">
         <v>11</v>
       </c>
       <c r="F868" s="1" t="s">
-        <v>2906</v>
+        <v>2910</v>
       </c>
       <c r="G868" t="s">
-        <v>2907</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="869" spans="1:7">
       <c r="A869" t="s">
-        <v>2908</v>
+        <v>2912</v>
       </c>
       <c r="B869" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C869" t="s">
         <v>1118</v>
       </c>
       <c r="D869" t="s">
         <v>10</v>
       </c>
       <c r="E869" t="s">
         <v>11</v>
       </c>
       <c r="F869" s="1" t="s">
-        <v>2909</v>
+        <v>2913</v>
       </c>
       <c r="G869" t="s">
-        <v>2910</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="870" spans="1:7">
       <c r="A870" t="s">
-        <v>2911</v>
+        <v>2915</v>
       </c>
       <c r="B870" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C870" t="s">
         <v>1122</v>
       </c>
       <c r="D870" t="s">
         <v>10</v>
       </c>
       <c r="E870" t="s">
         <v>11</v>
       </c>
       <c r="F870" s="1" t="s">
-        <v>2912</v>
+        <v>2916</v>
       </c>
       <c r="G870" t="s">
-        <v>2913</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="871" spans="1:7">
       <c r="A871" t="s">
-        <v>2914</v>
+        <v>2918</v>
       </c>
       <c r="B871" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C871" t="s">
         <v>1126</v>
       </c>
       <c r="D871" t="s">
         <v>10</v>
       </c>
       <c r="E871" t="s">
         <v>11</v>
       </c>
       <c r="F871" s="1" t="s">
-        <v>2915</v>
+        <v>2919</v>
       </c>
       <c r="G871" t="s">
-        <v>2916</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="872" spans="1:7">
       <c r="A872" t="s">
-        <v>2917</v>
+        <v>2921</v>
       </c>
       <c r="B872" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C872" t="s">
         <v>1130</v>
       </c>
       <c r="D872" t="s">
         <v>10</v>
       </c>
       <c r="E872" t="s">
         <v>11</v>
       </c>
       <c r="F872" s="1" t="s">
-        <v>2918</v>
+        <v>2922</v>
       </c>
       <c r="G872" t="s">
-        <v>2919</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="873" spans="1:7">
       <c r="A873" t="s">
-        <v>2920</v>
+        <v>2924</v>
       </c>
       <c r="B873" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C873" t="s">
         <v>1134</v>
       </c>
       <c r="D873" t="s">
         <v>10</v>
       </c>
       <c r="E873" t="s">
         <v>11</v>
       </c>
       <c r="F873" s="1" t="s">
-        <v>2921</v>
+        <v>2925</v>
       </c>
       <c r="G873" t="s">
-        <v>2922</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="874" spans="1:7">
       <c r="A874" t="s">
-        <v>2923</v>
+        <v>2927</v>
       </c>
       <c r="B874" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C874" t="s">
         <v>1138</v>
       </c>
       <c r="D874" t="s">
         <v>10</v>
       </c>
       <c r="E874" t="s">
         <v>11</v>
       </c>
       <c r="F874" s="1" t="s">
-        <v>2924</v>
+        <v>2928</v>
       </c>
       <c r="G874" t="s">
-        <v>2925</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="875" spans="1:7">
       <c r="A875" t="s">
-        <v>2926</v>
+        <v>2930</v>
       </c>
       <c r="B875" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C875" t="s">
         <v>1142</v>
       </c>
       <c r="D875" t="s">
         <v>10</v>
       </c>
       <c r="E875" t="s">
         <v>11</v>
       </c>
       <c r="F875" s="1" t="s">
-        <v>2927</v>
+        <v>2931</v>
       </c>
       <c r="G875" t="s">
-        <v>2928</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="876" spans="1:7">
       <c r="A876" t="s">
-        <v>2929</v>
+        <v>2933</v>
       </c>
       <c r="B876" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C876" t="s">
         <v>1146</v>
       </c>
       <c r="D876" t="s">
         <v>10</v>
       </c>
       <c r="E876" t="s">
         <v>11</v>
       </c>
       <c r="F876" s="1" t="s">
-        <v>2930</v>
+        <v>2934</v>
       </c>
       <c r="G876" t="s">
-        <v>2931</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="877" spans="1:7">
       <c r="A877" t="s">
-        <v>2932</v>
+        <v>2936</v>
       </c>
       <c r="B877" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C877" t="s">
         <v>1150</v>
       </c>
       <c r="D877" t="s">
         <v>10</v>
       </c>
       <c r="E877" t="s">
         <v>11</v>
       </c>
       <c r="F877" s="1" t="s">
-        <v>2933</v>
+        <v>2937</v>
       </c>
       <c r="G877" t="s">
-        <v>2934</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="878" spans="1:7">
       <c r="A878" t="s">
-        <v>2935</v>
+        <v>2939</v>
       </c>
       <c r="B878" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C878" t="s">
         <v>1154</v>
       </c>
       <c r="D878" t="s">
         <v>10</v>
       </c>
       <c r="E878" t="s">
         <v>11</v>
       </c>
       <c r="F878" s="1" t="s">
-        <v>2936</v>
+        <v>2940</v>
       </c>
       <c r="G878" t="s">
-        <v>2937</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="879" spans="1:7">
       <c r="A879" t="s">
-        <v>2938</v>
+        <v>2942</v>
       </c>
       <c r="B879" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C879" t="s">
         <v>1158</v>
       </c>
       <c r="D879" t="s">
         <v>10</v>
       </c>
       <c r="E879" t="s">
         <v>11</v>
       </c>
       <c r="F879" s="1" t="s">
-        <v>2939</v>
+        <v>2943</v>
       </c>
       <c r="G879" t="s">
-        <v>2940</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="880" spans="1:7">
       <c r="A880" t="s">
-        <v>2941</v>
+        <v>2945</v>
       </c>
       <c r="B880" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C880" t="s">
         <v>1162</v>
       </c>
       <c r="D880" t="s">
         <v>10</v>
       </c>
       <c r="E880" t="s">
         <v>11</v>
       </c>
       <c r="F880" s="1" t="s">
-        <v>2942</v>
+        <v>2946</v>
       </c>
       <c r="G880" t="s">
-        <v>2943</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="881" spans="1:7">
       <c r="A881" t="s">
-        <v>2944</v>
+        <v>2948</v>
       </c>
       <c r="B881" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C881" t="s">
         <v>1166</v>
       </c>
       <c r="D881" t="s">
         <v>10</v>
       </c>
       <c r="E881" t="s">
         <v>11</v>
       </c>
       <c r="F881" s="1" t="s">
-        <v>2945</v>
+        <v>2949</v>
       </c>
       <c r="G881" t="s">
-        <v>2946</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="882" spans="1:7">
       <c r="A882" t="s">
-        <v>2947</v>
+        <v>2951</v>
       </c>
       <c r="B882" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C882" t="s">
         <v>1170</v>
       </c>
       <c r="D882" t="s">
         <v>10</v>
       </c>
       <c r="E882" t="s">
         <v>11</v>
       </c>
       <c r="F882" s="1" t="s">
-        <v>2948</v>
+        <v>2952</v>
       </c>
       <c r="G882" t="s">
-        <v>2949</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="883" spans="1:7">
       <c r="A883" t="s">
-        <v>2950</v>
+        <v>2954</v>
       </c>
       <c r="B883" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C883" t="s">
         <v>1174</v>
       </c>
       <c r="D883" t="s">
         <v>10</v>
       </c>
       <c r="E883" t="s">
         <v>11</v>
       </c>
       <c r="F883" s="1" t="s">
-        <v>2951</v>
+        <v>2955</v>
       </c>
       <c r="G883" t="s">
-        <v>2952</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="884" spans="1:7">
       <c r="A884" t="s">
-        <v>2953</v>
+        <v>2957</v>
       </c>
       <c r="B884" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C884" t="s">
         <v>1178</v>
       </c>
       <c r="D884" t="s">
         <v>10</v>
       </c>
       <c r="E884" t="s">
         <v>11</v>
       </c>
       <c r="F884" s="1" t="s">
-        <v>2954</v>
+        <v>2958</v>
       </c>
       <c r="G884" t="s">
-        <v>2955</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="885" spans="1:7">
       <c r="A885" t="s">
-        <v>2956</v>
+        <v>2960</v>
       </c>
       <c r="B885" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C885" t="s">
         <v>1182</v>
       </c>
       <c r="D885" t="s">
         <v>10</v>
       </c>
       <c r="E885" t="s">
         <v>11</v>
       </c>
       <c r="F885" s="1" t="s">
-        <v>2957</v>
+        <v>2961</v>
       </c>
       <c r="G885" t="s">
-        <v>2958</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="886" spans="1:7">
       <c r="A886" t="s">
-        <v>2959</v>
+        <v>2963</v>
       </c>
       <c r="B886" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C886" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="D886" t="s">
         <v>10</v>
       </c>
       <c r="E886" t="s">
         <v>11</v>
       </c>
       <c r="F886" s="1" t="s">
-        <v>2960</v>
+        <v>2964</v>
       </c>
       <c r="G886" t="s">
-        <v>2961</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="887" spans="1:7">
       <c r="A887" t="s">
-        <v>2962</v>
+        <v>2966</v>
       </c>
       <c r="B887" t="s">
-        <v>2731</v>
+        <v>2897</v>
       </c>
       <c r="C887" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="D887" t="s">
         <v>10</v>
       </c>
       <c r="E887" t="s">
         <v>11</v>
       </c>
       <c r="F887" s="1" t="s">
-        <v>2963</v>
+        <v>2967</v>
       </c>
       <c r="G887" t="s">
-        <v>2964</v>
+        <v>2968</v>
+      </c>
+    </row>
+    <row r="888" spans="1:7">
+      <c r="A888" t="s">
+        <v>2969</v>
+      </c>
+      <c r="B888" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C888" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D888" t="s">
+        <v>10</v>
+      </c>
+      <c r="E888" t="s">
+        <v>11</v>
+      </c>
+      <c r="F888" s="1" t="s">
+        <v>2970</v>
+      </c>
+      <c r="G888" t="s">
+        <v>2971</v>
+      </c>
+    </row>
+    <row r="889" spans="1:7">
+      <c r="A889" t="s">
+        <v>2972</v>
+      </c>
+      <c r="B889" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C889" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D889" t="s">
+        <v>10</v>
+      </c>
+      <c r="E889" t="s">
+        <v>11</v>
+      </c>
+      <c r="F889" s="1" t="s">
+        <v>2973</v>
+      </c>
+      <c r="G889" t="s">
+        <v>2974</v>
+      </c>
+    </row>
+    <row r="890" spans="1:7">
+      <c r="A890" t="s">
+        <v>2975</v>
+      </c>
+      <c r="B890" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C890" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D890" t="s">
+        <v>10</v>
+      </c>
+      <c r="E890" t="s">
+        <v>11</v>
+      </c>
+      <c r="F890" s="1" t="s">
+        <v>2976</v>
+      </c>
+      <c r="G890" t="s">
+        <v>2977</v>
+      </c>
+    </row>
+    <row r="891" spans="1:7">
+      <c r="A891" t="s">
+        <v>2978</v>
+      </c>
+      <c r="B891" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C891" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D891" t="s">
+        <v>10</v>
+      </c>
+      <c r="E891" t="s">
+        <v>11</v>
+      </c>
+      <c r="F891" s="1" t="s">
+        <v>2979</v>
+      </c>
+      <c r="G891" t="s">
+        <v>2980</v>
+      </c>
+    </row>
+    <row r="892" spans="1:7">
+      <c r="A892" t="s">
+        <v>2981</v>
+      </c>
+      <c r="B892" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C892" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D892" t="s">
+        <v>10</v>
+      </c>
+      <c r="E892" t="s">
+        <v>11</v>
+      </c>
+      <c r="F892" s="1" t="s">
+        <v>2982</v>
+      </c>
+      <c r="G892" t="s">
+        <v>2983</v>
+      </c>
+    </row>
+    <row r="893" spans="1:7">
+      <c r="A893" t="s">
+        <v>2984</v>
+      </c>
+      <c r="B893" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C893" t="s">
+        <v>9</v>
+      </c>
+      <c r="D893" t="s">
+        <v>10</v>
+      </c>
+      <c r="E893" t="s">
+        <v>11</v>
+      </c>
+      <c r="F893" s="1" t="s">
+        <v>2985</v>
+      </c>
+      <c r="G893" t="s">
+        <v>2986</v>
+      </c>
+    </row>
+    <row r="894" spans="1:7">
+      <c r="A894" t="s">
+        <v>2987</v>
+      </c>
+      <c r="B894" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C894" t="s">
+        <v>15</v>
+      </c>
+      <c r="D894" t="s">
+        <v>10</v>
+      </c>
+      <c r="E894" t="s">
+        <v>11</v>
+      </c>
+      <c r="F894" s="1" t="s">
+        <v>2988</v>
+      </c>
+      <c r="G894" t="s">
+        <v>2989</v>
+      </c>
+    </row>
+    <row r="895" spans="1:7">
+      <c r="A895" t="s">
+        <v>2990</v>
+      </c>
+      <c r="B895" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C895" t="s">
+        <v>19</v>
+      </c>
+      <c r="D895" t="s">
+        <v>10</v>
+      </c>
+      <c r="E895" t="s">
+        <v>11</v>
+      </c>
+      <c r="F895" s="1" t="s">
+        <v>2991</v>
+      </c>
+      <c r="G895" t="s">
+        <v>2992</v>
+      </c>
+    </row>
+    <row r="896" spans="1:7">
+      <c r="A896" t="s">
+        <v>2993</v>
+      </c>
+      <c r="B896" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C896" t="s">
+        <v>23</v>
+      </c>
+      <c r="D896" t="s">
+        <v>10</v>
+      </c>
+      <c r="E896" t="s">
+        <v>11</v>
+      </c>
+      <c r="F896" s="1" t="s">
+        <v>2994</v>
+      </c>
+      <c r="G896" t="s">
+        <v>2995</v>
+      </c>
+    </row>
+    <row r="897" spans="1:7">
+      <c r="A897" t="s">
+        <v>2996</v>
+      </c>
+      <c r="B897" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C897" t="s">
+        <v>27</v>
+      </c>
+      <c r="D897" t="s">
+        <v>10</v>
+      </c>
+      <c r="E897" t="s">
+        <v>11</v>
+      </c>
+      <c r="F897" s="1" t="s">
+        <v>2997</v>
+      </c>
+      <c r="G897" t="s">
+        <v>2998</v>
+      </c>
+    </row>
+    <row r="898" spans="1:7">
+      <c r="A898" t="s">
+        <v>2999</v>
+      </c>
+      <c r="B898" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C898" t="s">
+        <v>31</v>
+      </c>
+      <c r="D898" t="s">
+        <v>10</v>
+      </c>
+      <c r="E898" t="s">
+        <v>11</v>
+      </c>
+      <c r="F898" s="1" t="s">
+        <v>3000</v>
+      </c>
+      <c r="G898" t="s">
+        <v>3001</v>
+      </c>
+    </row>
+    <row r="899" spans="1:7">
+      <c r="A899" t="s">
+        <v>3002</v>
+      </c>
+      <c r="B899" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C899" t="s">
+        <v>35</v>
+      </c>
+      <c r="D899" t="s">
+        <v>10</v>
+      </c>
+      <c r="E899" t="s">
+        <v>11</v>
+      </c>
+      <c r="F899" s="1" t="s">
+        <v>3003</v>
+      </c>
+      <c r="G899" t="s">
+        <v>3004</v>
+      </c>
+    </row>
+    <row r="900" spans="1:7">
+      <c r="A900" t="s">
+        <v>3005</v>
+      </c>
+      <c r="B900" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C900" t="s">
+        <v>39</v>
+      </c>
+      <c r="D900" t="s">
+        <v>10</v>
+      </c>
+      <c r="E900" t="s">
+        <v>11</v>
+      </c>
+      <c r="F900" s="1" t="s">
+        <v>3006</v>
+      </c>
+      <c r="G900" t="s">
+        <v>3007</v>
+      </c>
+    </row>
+    <row r="901" spans="1:7">
+      <c r="A901" t="s">
+        <v>3008</v>
+      </c>
+      <c r="B901" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C901" t="s">
+        <v>43</v>
+      </c>
+      <c r="D901" t="s">
+        <v>10</v>
+      </c>
+      <c r="E901" t="s">
+        <v>11</v>
+      </c>
+      <c r="F901" s="1" t="s">
+        <v>3009</v>
+      </c>
+      <c r="G901" t="s">
+        <v>3010</v>
+      </c>
+    </row>
+    <row r="902" spans="1:7">
+      <c r="A902" t="s">
+        <v>3011</v>
+      </c>
+      <c r="B902" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C902" t="s">
+        <v>47</v>
+      </c>
+      <c r="D902" t="s">
+        <v>10</v>
+      </c>
+      <c r="E902" t="s">
+        <v>11</v>
+      </c>
+      <c r="F902" s="1" t="s">
+        <v>3012</v>
+      </c>
+      <c r="G902" t="s">
+        <v>3013</v>
+      </c>
+    </row>
+    <row r="903" spans="1:7">
+      <c r="A903" t="s">
+        <v>3014</v>
+      </c>
+      <c r="B903" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C903" t="s">
+        <v>51</v>
+      </c>
+      <c r="D903" t="s">
+        <v>10</v>
+      </c>
+      <c r="E903" t="s">
+        <v>11</v>
+      </c>
+      <c r="F903" s="1" t="s">
+        <v>3015</v>
+      </c>
+      <c r="G903" t="s">
+        <v>3016</v>
+      </c>
+    </row>
+    <row r="904" spans="1:7">
+      <c r="A904" t="s">
+        <v>3017</v>
+      </c>
+      <c r="B904" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C904" t="s">
+        <v>55</v>
+      </c>
+      <c r="D904" t="s">
+        <v>10</v>
+      </c>
+      <c r="E904" t="s">
+        <v>11</v>
+      </c>
+      <c r="F904" s="1" t="s">
+        <v>3018</v>
+      </c>
+      <c r="G904" t="s">
+        <v>3019</v>
+      </c>
+    </row>
+    <row r="905" spans="1:7">
+      <c r="A905" t="s">
+        <v>3020</v>
+      </c>
+      <c r="B905" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C905" t="s">
+        <v>59</v>
+      </c>
+      <c r="D905" t="s">
+        <v>10</v>
+      </c>
+      <c r="E905" t="s">
+        <v>11</v>
+      </c>
+      <c r="F905" s="1" t="s">
+        <v>3021</v>
+      </c>
+      <c r="G905" t="s">
+        <v>3022</v>
+      </c>
+    </row>
+    <row r="906" spans="1:7">
+      <c r="A906" t="s">
+        <v>3023</v>
+      </c>
+      <c r="B906" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C906" t="s">
+        <v>63</v>
+      </c>
+      <c r="D906" t="s">
+        <v>10</v>
+      </c>
+      <c r="E906" t="s">
+        <v>11</v>
+      </c>
+      <c r="F906" s="1" t="s">
+        <v>3024</v>
+      </c>
+      <c r="G906" t="s">
+        <v>3025</v>
+      </c>
+    </row>
+    <row r="907" spans="1:7">
+      <c r="A907" t="s">
+        <v>3026</v>
+      </c>
+      <c r="B907" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C907" t="s">
+        <v>67</v>
+      </c>
+      <c r="D907" t="s">
+        <v>10</v>
+      </c>
+      <c r="E907" t="s">
+        <v>11</v>
+      </c>
+      <c r="F907" s="1" t="s">
+        <v>3027</v>
+      </c>
+      <c r="G907" t="s">
+        <v>3028</v>
+      </c>
+    </row>
+    <row r="908" spans="1:7">
+      <c r="A908" t="s">
+        <v>3029</v>
+      </c>
+      <c r="B908" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C908" t="s">
+        <v>71</v>
+      </c>
+      <c r="D908" t="s">
+        <v>10</v>
+      </c>
+      <c r="E908" t="s">
+        <v>11</v>
+      </c>
+      <c r="F908" s="1" t="s">
+        <v>3030</v>
+      </c>
+      <c r="G908" t="s">
+        <v>3031</v>
+      </c>
+    </row>
+    <row r="909" spans="1:7">
+      <c r="A909" t="s">
+        <v>3032</v>
+      </c>
+      <c r="B909" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C909" t="s">
+        <v>75</v>
+      </c>
+      <c r="D909" t="s">
+        <v>10</v>
+      </c>
+      <c r="E909" t="s">
+        <v>11</v>
+      </c>
+      <c r="F909" s="1" t="s">
+        <v>3033</v>
+      </c>
+      <c r="G909" t="s">
+        <v>3034</v>
+      </c>
+    </row>
+    <row r="910" spans="1:7">
+      <c r="A910" t="s">
+        <v>3035</v>
+      </c>
+      <c r="B910" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C910" t="s">
+        <v>79</v>
+      </c>
+      <c r="D910" t="s">
+        <v>10</v>
+      </c>
+      <c r="E910" t="s">
+        <v>11</v>
+      </c>
+      <c r="F910" s="1" t="s">
+        <v>3036</v>
+      </c>
+      <c r="G910" t="s">
+        <v>3037</v>
+      </c>
+    </row>
+    <row r="911" spans="1:7">
+      <c r="A911" t="s">
+        <v>3038</v>
+      </c>
+      <c r="B911" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C911" t="s">
+        <v>83</v>
+      </c>
+      <c r="D911" t="s">
+        <v>10</v>
+      </c>
+      <c r="E911" t="s">
+        <v>11</v>
+      </c>
+      <c r="F911" s="1" t="s">
+        <v>3039</v>
+      </c>
+      <c r="G911" t="s">
+        <v>3040</v>
+      </c>
+    </row>
+    <row r="912" spans="1:7">
+      <c r="A912" t="s">
+        <v>3041</v>
+      </c>
+      <c r="B912" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C912" t="s">
+        <v>87</v>
+      </c>
+      <c r="D912" t="s">
+        <v>10</v>
+      </c>
+      <c r="E912" t="s">
+        <v>11</v>
+      </c>
+      <c r="F912" s="1" t="s">
+        <v>3042</v>
+      </c>
+      <c r="G912" t="s">
+        <v>3043</v>
+      </c>
+    </row>
+    <row r="913" spans="1:7">
+      <c r="A913" t="s">
+        <v>3044</v>
+      </c>
+      <c r="B913" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C913" t="s">
+        <v>91</v>
+      </c>
+      <c r="D913" t="s">
+        <v>10</v>
+      </c>
+      <c r="E913" t="s">
+        <v>11</v>
+      </c>
+      <c r="F913" s="1" t="s">
+        <v>3045</v>
+      </c>
+      <c r="G913" t="s">
+        <v>3046</v>
+      </c>
+    </row>
+    <row r="914" spans="1:7">
+      <c r="A914" t="s">
+        <v>3047</v>
+      </c>
+      <c r="B914" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C914" t="s">
+        <v>95</v>
+      </c>
+      <c r="D914" t="s">
+        <v>10</v>
+      </c>
+      <c r="E914" t="s">
+        <v>11</v>
+      </c>
+      <c r="F914" s="1" t="s">
+        <v>3048</v>
+      </c>
+      <c r="G914" t="s">
+        <v>3049</v>
+      </c>
+    </row>
+    <row r="915" spans="1:7">
+      <c r="A915" t="s">
+        <v>3050</v>
+      </c>
+      <c r="B915" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C915" t="s">
+        <v>99</v>
+      </c>
+      <c r="D915" t="s">
+        <v>10</v>
+      </c>
+      <c r="E915" t="s">
+        <v>11</v>
+      </c>
+      <c r="F915" s="1" t="s">
+        <v>3051</v>
+      </c>
+      <c r="G915" t="s">
+        <v>3052</v>
+      </c>
+    </row>
+    <row r="916" spans="1:7">
+      <c r="A916" t="s">
+        <v>3053</v>
+      </c>
+      <c r="B916" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C916" t="s">
+        <v>103</v>
+      </c>
+      <c r="D916" t="s">
+        <v>10</v>
+      </c>
+      <c r="E916" t="s">
+        <v>11</v>
+      </c>
+      <c r="F916" s="1" t="s">
+        <v>3054</v>
+      </c>
+      <c r="G916" t="s">
+        <v>3055</v>
+      </c>
+    </row>
+    <row r="917" spans="1:7">
+      <c r="A917" t="s">
+        <v>3056</v>
+      </c>
+      <c r="B917" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C917" t="s">
+        <v>107</v>
+      </c>
+      <c r="D917" t="s">
+        <v>10</v>
+      </c>
+      <c r="E917" t="s">
+        <v>11</v>
+      </c>
+      <c r="F917" s="1" t="s">
+        <v>3057</v>
+      </c>
+      <c r="G917" t="s">
+        <v>3058</v>
+      </c>
+    </row>
+    <row r="918" spans="1:7">
+      <c r="A918" t="s">
+        <v>3059</v>
+      </c>
+      <c r="B918" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C918" t="s">
+        <v>111</v>
+      </c>
+      <c r="D918" t="s">
+        <v>10</v>
+      </c>
+      <c r="E918" t="s">
+        <v>11</v>
+      </c>
+      <c r="F918" s="1" t="s">
+        <v>3060</v>
+      </c>
+      <c r="G918" t="s">
+        <v>3061</v>
+      </c>
+    </row>
+    <row r="919" spans="1:7">
+      <c r="A919" t="s">
+        <v>3062</v>
+      </c>
+      <c r="B919" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C919" t="s">
+        <v>115</v>
+      </c>
+      <c r="D919" t="s">
+        <v>10</v>
+      </c>
+      <c r="E919" t="s">
+        <v>11</v>
+      </c>
+      <c r="F919" s="1" t="s">
+        <v>3063</v>
+      </c>
+      <c r="G919" t="s">
+        <v>3064</v>
+      </c>
+    </row>
+    <row r="920" spans="1:7">
+      <c r="A920" t="s">
+        <v>3065</v>
+      </c>
+      <c r="B920" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C920" t="s">
+        <v>119</v>
+      </c>
+      <c r="D920" t="s">
+        <v>10</v>
+      </c>
+      <c r="E920" t="s">
+        <v>11</v>
+      </c>
+      <c r="F920" s="1" t="s">
+        <v>3066</v>
+      </c>
+      <c r="G920" t="s">
+        <v>3067</v>
+      </c>
+    </row>
+    <row r="921" spans="1:7">
+      <c r="A921" t="s">
+        <v>3068</v>
+      </c>
+      <c r="B921" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C921" t="s">
+        <v>123</v>
+      </c>
+      <c r="D921" t="s">
+        <v>10</v>
+      </c>
+      <c r="E921" t="s">
+        <v>11</v>
+      </c>
+      <c r="F921" s="1" t="s">
+        <v>3069</v>
+      </c>
+      <c r="G921" t="s">
+        <v>3070</v>
+      </c>
+    </row>
+    <row r="922" spans="1:7">
+      <c r="A922" t="s">
+        <v>3071</v>
+      </c>
+      <c r="B922" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C922" t="s">
+        <v>127</v>
+      </c>
+      <c r="D922" t="s">
+        <v>10</v>
+      </c>
+      <c r="E922" t="s">
+        <v>11</v>
+      </c>
+      <c r="F922" s="1" t="s">
+        <v>3072</v>
+      </c>
+      <c r="G922" t="s">
+        <v>3073</v>
+      </c>
+    </row>
+    <row r="923" spans="1:7">
+      <c r="A923" t="s">
+        <v>3074</v>
+      </c>
+      <c r="B923" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C923" t="s">
+        <v>131</v>
+      </c>
+      <c r="D923" t="s">
+        <v>10</v>
+      </c>
+      <c r="E923" t="s">
+        <v>11</v>
+      </c>
+      <c r="F923" s="1" t="s">
+        <v>3075</v>
+      </c>
+      <c r="G923" t="s">
+        <v>3076</v>
+      </c>
+    </row>
+    <row r="924" spans="1:7">
+      <c r="A924" t="s">
+        <v>3077</v>
+      </c>
+      <c r="B924" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C924" t="s">
+        <v>135</v>
+      </c>
+      <c r="D924" t="s">
+        <v>10</v>
+      </c>
+      <c r="E924" t="s">
+        <v>11</v>
+      </c>
+      <c r="F924" s="1" t="s">
+        <v>3078</v>
+      </c>
+      <c r="G924" t="s">
+        <v>3079</v>
+      </c>
+    </row>
+    <row r="925" spans="1:7">
+      <c r="A925" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B925" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C925" t="s">
+        <v>139</v>
+      </c>
+      <c r="D925" t="s">
+        <v>10</v>
+      </c>
+      <c r="E925" t="s">
+        <v>11</v>
+      </c>
+      <c r="F925" s="1" t="s">
+        <v>3081</v>
+      </c>
+      <c r="G925" t="s">
+        <v>3082</v>
+      </c>
+    </row>
+    <row r="926" spans="1:7">
+      <c r="A926" t="s">
+        <v>3083</v>
+      </c>
+      <c r="B926" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C926" t="s">
+        <v>143</v>
+      </c>
+      <c r="D926" t="s">
+        <v>10</v>
+      </c>
+      <c r="E926" t="s">
+        <v>11</v>
+      </c>
+      <c r="F926" s="1" t="s">
+        <v>3084</v>
+      </c>
+      <c r="G926" t="s">
+        <v>3085</v>
+      </c>
+    </row>
+    <row r="927" spans="1:7">
+      <c r="A927" t="s">
+        <v>3086</v>
+      </c>
+      <c r="B927" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C927" t="s">
+        <v>147</v>
+      </c>
+      <c r="D927" t="s">
+        <v>10</v>
+      </c>
+      <c r="E927" t="s">
+        <v>11</v>
+      </c>
+      <c r="F927" s="1" t="s">
+        <v>3087</v>
+      </c>
+      <c r="G927" t="s">
+        <v>3088</v>
+      </c>
+    </row>
+    <row r="928" spans="1:7">
+      <c r="A928" t="s">
+        <v>3089</v>
+      </c>
+      <c r="B928" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C928" t="s">
+        <v>151</v>
+      </c>
+      <c r="D928" t="s">
+        <v>10</v>
+      </c>
+      <c r="E928" t="s">
+        <v>11</v>
+      </c>
+      <c r="F928" s="1" t="s">
+        <v>3090</v>
+      </c>
+      <c r="G928" t="s">
+        <v>3091</v>
+      </c>
+    </row>
+    <row r="929" spans="1:7">
+      <c r="A929" t="s">
+        <v>3092</v>
+      </c>
+      <c r="B929" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C929" t="s">
+        <v>155</v>
+      </c>
+      <c r="D929" t="s">
+        <v>10</v>
+      </c>
+      <c r="E929" t="s">
+        <v>11</v>
+      </c>
+      <c r="F929" s="1" t="s">
+        <v>3093</v>
+      </c>
+      <c r="G929" t="s">
+        <v>3094</v>
+      </c>
+    </row>
+    <row r="930" spans="1:7">
+      <c r="A930" t="s">
+        <v>3095</v>
+      </c>
+      <c r="B930" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C930" t="s">
+        <v>159</v>
+      </c>
+      <c r="D930" t="s">
+        <v>10</v>
+      </c>
+      <c r="E930" t="s">
+        <v>11</v>
+      </c>
+      <c r="F930" s="1" t="s">
+        <v>3096</v>
+      </c>
+      <c r="G930" t="s">
+        <v>3097</v>
+      </c>
+    </row>
+    <row r="931" spans="1:7">
+      <c r="A931" t="s">
+        <v>3098</v>
+      </c>
+      <c r="B931" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C931" t="s">
+        <v>163</v>
+      </c>
+      <c r="D931" t="s">
+        <v>10</v>
+      </c>
+      <c r="E931" t="s">
+        <v>11</v>
+      </c>
+      <c r="F931" s="1" t="s">
+        <v>3099</v>
+      </c>
+      <c r="G931" t="s">
+        <v>3100</v>
+      </c>
+    </row>
+    <row r="932" spans="1:7">
+      <c r="A932" t="s">
+        <v>3101</v>
+      </c>
+      <c r="B932" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C932" t="s">
+        <v>167</v>
+      </c>
+      <c r="D932" t="s">
+        <v>10</v>
+      </c>
+      <c r="E932" t="s">
+        <v>11</v>
+      </c>
+      <c r="F932" s="1" t="s">
+        <v>3102</v>
+      </c>
+      <c r="G932" t="s">
+        <v>3103</v>
+      </c>
+    </row>
+    <row r="933" spans="1:7">
+      <c r="A933" t="s">
+        <v>3104</v>
+      </c>
+      <c r="B933" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C933" t="s">
+        <v>171</v>
+      </c>
+      <c r="D933" t="s">
+        <v>10</v>
+      </c>
+      <c r="E933" t="s">
+        <v>11</v>
+      </c>
+      <c r="F933" s="1" t="s">
+        <v>3105</v>
+      </c>
+      <c r="G933" t="s">
+        <v>3106</v>
+      </c>
+    </row>
+    <row r="934" spans="1:7">
+      <c r="A934" t="s">
+        <v>3107</v>
+      </c>
+      <c r="B934" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C934" t="s">
+        <v>175</v>
+      </c>
+      <c r="D934" t="s">
+        <v>10</v>
+      </c>
+      <c r="E934" t="s">
+        <v>11</v>
+      </c>
+      <c r="F934" s="1" t="s">
+        <v>3108</v>
+      </c>
+      <c r="G934" t="s">
+        <v>3109</v>
+      </c>
+    </row>
+    <row r="935" spans="1:7">
+      <c r="A935" t="s">
+        <v>3110</v>
+      </c>
+      <c r="B935" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C935" t="s">
+        <v>179</v>
+      </c>
+      <c r="D935" t="s">
+        <v>10</v>
+      </c>
+      <c r="E935" t="s">
+        <v>11</v>
+      </c>
+      <c r="F935" s="1" t="s">
+        <v>3111</v>
+      </c>
+      <c r="G935" t="s">
+        <v>3112</v>
+      </c>
+    </row>
+    <row r="936" spans="1:7">
+      <c r="A936" t="s">
+        <v>3113</v>
+      </c>
+      <c r="B936" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C936" t="s">
+        <v>183</v>
+      </c>
+      <c r="D936" t="s">
+        <v>10</v>
+      </c>
+      <c r="E936" t="s">
+        <v>11</v>
+      </c>
+      <c r="F936" s="1" t="s">
+        <v>3114</v>
+      </c>
+      <c r="G936" t="s">
+        <v>3115</v>
+      </c>
+    </row>
+    <row r="937" spans="1:7">
+      <c r="A937" t="s">
+        <v>3116</v>
+      </c>
+      <c r="B937" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C937" t="s">
+        <v>187</v>
+      </c>
+      <c r="D937" t="s">
+        <v>10</v>
+      </c>
+      <c r="E937" t="s">
+        <v>11</v>
+      </c>
+      <c r="F937" s="1" t="s">
+        <v>3117</v>
+      </c>
+      <c r="G937" t="s">
+        <v>3118</v>
+      </c>
+    </row>
+    <row r="938" spans="1:7">
+      <c r="A938" t="s">
+        <v>3119</v>
+      </c>
+      <c r="B938" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C938" t="s">
+        <v>191</v>
+      </c>
+      <c r="D938" t="s">
+        <v>10</v>
+      </c>
+      <c r="E938" t="s">
+        <v>11</v>
+      </c>
+      <c r="F938" s="1" t="s">
+        <v>3120</v>
+      </c>
+      <c r="G938" t="s">
+        <v>3121</v>
+      </c>
+    </row>
+    <row r="939" spans="1:7">
+      <c r="A939" t="s">
+        <v>3122</v>
+      </c>
+      <c r="B939" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C939" t="s">
+        <v>195</v>
+      </c>
+      <c r="D939" t="s">
+        <v>10</v>
+      </c>
+      <c r="E939" t="s">
+        <v>11</v>
+      </c>
+      <c r="F939" s="1" t="s">
+        <v>3123</v>
+      </c>
+      <c r="G939" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="940" spans="1:7">
+      <c r="A940" t="s">
+        <v>3125</v>
+      </c>
+      <c r="B940" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C940" t="s">
+        <v>199</v>
+      </c>
+      <c r="D940" t="s">
+        <v>10</v>
+      </c>
+      <c r="E940" t="s">
+        <v>11</v>
+      </c>
+      <c r="F940" s="1" t="s">
+        <v>3126</v>
+      </c>
+      <c r="G940" t="s">
+        <v>3127</v>
+      </c>
+    </row>
+    <row r="941" spans="1:7">
+      <c r="A941" t="s">
+        <v>3128</v>
+      </c>
+      <c r="B941" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C941" t="s">
+        <v>203</v>
+      </c>
+      <c r="D941" t="s">
+        <v>10</v>
+      </c>
+      <c r="E941" t="s">
+        <v>11</v>
+      </c>
+      <c r="F941" s="1" t="s">
+        <v>3129</v>
+      </c>
+      <c r="G941" t="s">
+        <v>3130</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -30609,50 +32352,104 @@
     <hyperlink ref="F863" r:id="rId862"/>
     <hyperlink ref="F864" r:id="rId863"/>
     <hyperlink ref="F865" r:id="rId864"/>
     <hyperlink ref="F866" r:id="rId865"/>
     <hyperlink ref="F867" r:id="rId866"/>
     <hyperlink ref="F868" r:id="rId867"/>
     <hyperlink ref="F869" r:id="rId868"/>
     <hyperlink ref="F870" r:id="rId869"/>
     <hyperlink ref="F871" r:id="rId870"/>
     <hyperlink ref="F872" r:id="rId871"/>
     <hyperlink ref="F873" r:id="rId872"/>
     <hyperlink ref="F874" r:id="rId873"/>
     <hyperlink ref="F875" r:id="rId874"/>
     <hyperlink ref="F876" r:id="rId875"/>
     <hyperlink ref="F877" r:id="rId876"/>
     <hyperlink ref="F878" r:id="rId877"/>
     <hyperlink ref="F879" r:id="rId878"/>
     <hyperlink ref="F880" r:id="rId879"/>
     <hyperlink ref="F881" r:id="rId880"/>
     <hyperlink ref="F882" r:id="rId881"/>
     <hyperlink ref="F883" r:id="rId882"/>
     <hyperlink ref="F884" r:id="rId883"/>
     <hyperlink ref="F885" r:id="rId884"/>
     <hyperlink ref="F886" r:id="rId885"/>
     <hyperlink ref="F887" r:id="rId886"/>
+    <hyperlink ref="F888" r:id="rId887"/>
+    <hyperlink ref="F889" r:id="rId888"/>
+    <hyperlink ref="F890" r:id="rId889"/>
+    <hyperlink ref="F891" r:id="rId890"/>
+    <hyperlink ref="F892" r:id="rId891"/>
+    <hyperlink ref="F893" r:id="rId892"/>
+    <hyperlink ref="F894" r:id="rId893"/>
+    <hyperlink ref="F895" r:id="rId894"/>
+    <hyperlink ref="F896" r:id="rId895"/>
+    <hyperlink ref="F897" r:id="rId896"/>
+    <hyperlink ref="F898" r:id="rId897"/>
+    <hyperlink ref="F899" r:id="rId898"/>
+    <hyperlink ref="F900" r:id="rId899"/>
+    <hyperlink ref="F901" r:id="rId900"/>
+    <hyperlink ref="F902" r:id="rId901"/>
+    <hyperlink ref="F903" r:id="rId902"/>
+    <hyperlink ref="F904" r:id="rId903"/>
+    <hyperlink ref="F905" r:id="rId904"/>
+    <hyperlink ref="F906" r:id="rId905"/>
+    <hyperlink ref="F907" r:id="rId906"/>
+    <hyperlink ref="F908" r:id="rId907"/>
+    <hyperlink ref="F909" r:id="rId908"/>
+    <hyperlink ref="F910" r:id="rId909"/>
+    <hyperlink ref="F911" r:id="rId910"/>
+    <hyperlink ref="F912" r:id="rId911"/>
+    <hyperlink ref="F913" r:id="rId912"/>
+    <hyperlink ref="F914" r:id="rId913"/>
+    <hyperlink ref="F915" r:id="rId914"/>
+    <hyperlink ref="F916" r:id="rId915"/>
+    <hyperlink ref="F917" r:id="rId916"/>
+    <hyperlink ref="F918" r:id="rId917"/>
+    <hyperlink ref="F919" r:id="rId918"/>
+    <hyperlink ref="F920" r:id="rId919"/>
+    <hyperlink ref="F921" r:id="rId920"/>
+    <hyperlink ref="F922" r:id="rId921"/>
+    <hyperlink ref="F923" r:id="rId922"/>
+    <hyperlink ref="F924" r:id="rId923"/>
+    <hyperlink ref="F925" r:id="rId924"/>
+    <hyperlink ref="F926" r:id="rId925"/>
+    <hyperlink ref="F927" r:id="rId926"/>
+    <hyperlink ref="F928" r:id="rId927"/>
+    <hyperlink ref="F929" r:id="rId928"/>
+    <hyperlink ref="F930" r:id="rId929"/>
+    <hyperlink ref="F931" r:id="rId930"/>
+    <hyperlink ref="F932" r:id="rId931"/>
+    <hyperlink ref="F933" r:id="rId932"/>
+    <hyperlink ref="F934" r:id="rId933"/>
+    <hyperlink ref="F935" r:id="rId934"/>
+    <hyperlink ref="F936" r:id="rId935"/>
+    <hyperlink ref="F937" r:id="rId936"/>
+    <hyperlink ref="F938" r:id="rId937"/>
+    <hyperlink ref="F939" r:id="rId938"/>
+    <hyperlink ref="F940" r:id="rId939"/>
+    <hyperlink ref="F941" r:id="rId940"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>