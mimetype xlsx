--- v0 (2025-11-21)
+++ v1 (2026-03-19)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>6541</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Valdir Frias</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/</t>
   </si>
   <si>
     <t>ROÇAGEM DO MATO NAS RUAS DO DISTRITO DE VILA REIS.</t>
   </si>
   <si>
     <t>6542</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>LIMPEZA DE MATO NA CALÇADA NA RUA SÃO PAULO ENTRE A RUA MUNHOZ DA ROCHA E AVENIDA CURITIBA.</t>
   </si>
   <si>
     <t>6543</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>TAMPA EM GALERIAS DE ÁGUAS PLUVIAIS NA RUA TIRADENTES, RUA SÃO PEDRO E AVENIDA MANOEL BERNARDES REIS, DISTRITO DE VILA REIS.</t>
   </si>
   <si>
     <t>6544</t>
   </si>
@@ -7130,3125 +7130,3125 @@
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE SEMÁFORO NA RUA JOÃO CANDIDO FERREIRA ESQUINA COM A RUA GASTÃO VIDIGAL.</t>
   </si>
   <si>
     <t>7769</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>RECUPERAÇÃO ASFÁLTICA, MELHORIAS NA SINALIZAÇÃO DE TRANSITO, LIMPEZA DE BOCAS-DE-LOBO E PODA DE ARVORES NAS RUAS DO JARDIM MILANI.</t>
   </si>
   <si>
     <t>6809</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6809/mocao_01-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6809/mocao_01-2011.pdf</t>
   </si>
   <si>
     <t>CONCEDE MOÇÃO DE APLAUSOS AO PIONEIRO FUNDADOR DA ECONOMIA DO BONÉ EM APUCARANA, SENHOR JAIME DIONÍZIO RAMOS, PELOS RELEVANTES SERVIÇOS PRESTADOS Á COMUNIDADE APUCARANENSE.</t>
   </si>
   <si>
     <t>6810</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6810/mocao_02-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6810/mocao_02-2011.pdf</t>
   </si>
   <si>
     <t>CONCEDE MOÇÃO DE APLAUSOS PARA O GRÊMIO DAS VIOLETAS, PELOS RELEVANTES SERVIÇOS PRESTADOS Á COMUNIDADE APUCARANENSE.</t>
   </si>
   <si>
     <t>6811</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6811/mocao_03-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6811/mocao_03-2011.pdf</t>
   </si>
   <si>
     <t>CONCEDE MOÇÃO DE APLAUSOS PARA OS MILITARES DO 30ºBIMTZ QUE RETORNARAM DO HAITI, PELOS RELEVANTES SERVIÇOS PRESTADOS AO NOSSO MUNICÍPIO E À NAÇÃO BRASILEIRA.</t>
   </si>
   <si>
     <t>6812</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6812/mocao_04-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6812/mocao_04-2011.pdf</t>
   </si>
   <si>
     <t>CONCEDE MOÇÃO DE APLAUSOS PARA COMUNIDADE EVANGÉLICA NOVA ALIANÇA, PELA COMEMORAÇÃO DE SEU 45º ANIVERSÁRIO DE FUNDAÇÃO, PRESTANDO RELEVANTES SERVIÇOS À COMUNIDADE APUCARANENSE.</t>
   </si>
   <si>
     <t>6782</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6782/mocao_05-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6782/mocao_05-2011.pdf</t>
   </si>
   <si>
     <t>CONCEDE MOÇÃO DE APLAUSOS PARA A ASSOCIAÇÃO DE SENHORAS DE ROTARIANOS, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE APUCARANENSE.</t>
   </si>
   <si>
     <t>6783</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6783/mocao_06-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6783/mocao_06-2011.pdf</t>
   </si>
   <si>
     <t>CONCEDE MOÇÃO DE APLAUSOS PARA AS IRMÃS SERVAS DE MARIA IMACULADA, DO COLÉGIO NOSSA SENHORA DA GLÓRIA, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE APUCARANENSE.</t>
   </si>
   <si>
     <t>24612</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24612/mocao_07-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24612/mocao_07-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO PARA A UTFPR, ATRAVÉS DO DIRETOR ALOÍSIO GOMES DE SOUZA FILHO E DO REITOR CARLOS EDUARDO CANTARELLI, PELOS TRABALHOS REALIZADOS EM PROL DA IMPLANTAÇÃO DOS CURSOS DE ENGENHARIA QUÍMICA, ENGENHARIA ELÉTRICA E ENGENHARIA CIVIL, NO CAMPUS DE APUCARANA.</t>
   </si>
   <si>
     <t>24613</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24613/mocao_08-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24613/mocao_08-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO PARA A COORDENADORA DP CURSO DE PROMOTORAS LEGAIS POPULARES, KARINE DOS SANTOS COSTA, ESTENDENDO ESTA HOMENAGEM PARA AS 35 PARTICIPANTES DO CURSO.</t>
   </si>
   <si>
     <t>24614</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24614/mocao_09-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24614/mocao_09-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO PARA O S.T.F. , PELA LIBERAÇÃO DA "MARCHA DA MACONHA".</t>
   </si>
   <si>
     <t>24615</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24615/mocao_10-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24615/mocao_10-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA A PROFESSORA LENY FERNANDES ZULIM, PELO LANÇAMENTO DO LIVRO "LITERATURA NO ENSINO FUNDAMENTAL", DA TEORIA ÀS PRÁTICAS EM SALA DE AULA.</t>
   </si>
   <si>
     <t>7222</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7222/7222_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7222/7222_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR SANTO TREVISAN, PELOS RELEVANTES SERVIÇOS PRESTADOS AO ESPORTE APUCARANENSE.</t>
   </si>
   <si>
     <t>7291</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7291/mocao_12-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7291/mocao_12-2011.pdf</t>
   </si>
   <si>
     <t>MOÇ~~AO DE APLAUSOS PARA O INSTRUTOR POLICIAL CABO ELIAS DO NASCIMENTO E PARA A INSTRUTORA POLICIAL SOLDADO ANA REGINA SEBRIAN, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE APUCARANENSE, EM ESPECIAL NO PROGRAMA EDUCACIONAL DE RESISTÊNCIA ÀS DROGAS - PROERD.</t>
   </si>
   <si>
     <t>7292</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7292/mocao_13-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7292/mocao_13-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA A EMPRESA SOS OFFICE, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE APUCARANENSE.</t>
   </si>
   <si>
     <t>6527</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>JUSTIÇA, LEGISLAÇÃO E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6527/pdl01_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6527/pdl01_2011.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONTRATO DE REPASSE QUE ENTRE SI CELEBRAM A UNIÃO FEDERAL, POR INTERMÉDIO DO MINISTÉRIO DA SAÚDE, REPRESENTADO PELA CAIXA ECONÔMICA FEDERAL, E O MUNICÍPIO DE APUCARANA, OBJETIVANDO A EXECUÇÃO DO PROGRAMA ASSISTÊNCIA AMBULATORIAL E HOSPITALAR ESPECIALIZADA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>6526</t>
   </si>
   <si>
     <t>FIN - Comissão de Finanças, Economia e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6526/pdl02_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6526/pdl02_2011.pdf</t>
   </si>
   <si>
     <t>REJEITA O PARECER PRÉVIO EMITIDO PELO ACÓRDÃO Nº1445/2009 - SEGUNDA CÂMARA - TRIBUNAL DE CONTAS DO ESTADO DO PARANÁ E CONSEQUENTEMENTE FICA REJEITADO AS CONTAS DO EXECUTIVO MUNICIPAL, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2007, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>6630</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6630/pdl03_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6630/pdl03_2011.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONVÊNIO Nº710424/2008 QUE ENTRE SI CELEBRAM O FUNDO NACIONAL DE DESENVOLVIMENTO DA EDUCAÇÃO - FNDEE O MUNICÍPIO DE APUCARANA, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6751</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6751/pdl04_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6751/pdl04_2011.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO QUE ENTRE SI FAZEM O MUNICÍPIO DE APUCARANA E O CAMPUS APUCARANA DA UNIVERSIDADE TECNOLÓGICA FEDERAL DO PARANÁ - UTFPR, VISANDO A DISPONIBILIZAÇÃO DE ESTAGIARIOS, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>24626</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24626/pdl05_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24626/pdl05_2011.pdf</t>
   </si>
   <si>
     <t>Autorização para viagem, conforme especifica e dá outras providências.</t>
   </si>
   <si>
     <t>6872</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6872/pdl06_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6872/pdl06_2011.pdf</t>
   </si>
   <si>
     <t>CONVÊNIO QUE ENTRE SI FAZEM O MUNICÍPIO DE APUCARANA E O CAMPUS APUCARANA DA UNIVERSIDADE TECNOLÓGICA FEDERAL DO PARANÁ - UTFPR, VISANDO A DISPONIBILIZAÇÃO DE ESTÁGIARIOS.</t>
   </si>
   <si>
     <t>6991</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6991/pdl07_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6991/pdl07_2011.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO DE COOPERAÇÃO FINANCEIRA QUE ENTRE SI CELEBRAM O MUNICÍPIO DE APUCARANA, ESTADO DO PARANÁ, E A CASA DE APOIO DIVINA PROVIDÊNCIA, COM SEDE E FORO NESTA CIDADE DE APUCARANA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>7000</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7000/pdl08_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7000/pdl08_2011.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUTORIZAÇÃO DE VIAGEM PARA FORA DO PAÍS, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7066</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7066/pdl09_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7066/pdl09_2011.pdf</t>
   </si>
   <si>
     <t>REFERENDA CONTRATO Nº 16/2011, QUE ENTRE CELEBRAM O MUNICÍPIO DE APUCARANA E A ASSOCIAÇÃO COMERCIAL E INDUSTRIAL E DE SERVIÇOS DE APUCARANA - ACIA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>7099</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7099/pdl10_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7099/pdl10_2011.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO QUE ENTRE SI CELEBRAM A UNIÃO, POR INTERMÉDIO DO MINISTÉRIO DO DESENVOLVIMENTO SOCIAL E COMBATE À FOME E O MUNICÍPIO DE APUCARANA PARA OS FINS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>7195</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7195/pdl11_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7195/pdl11_2011.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONVÊNIO Nº 139/2011 - SEDU/PARANÁCIDADE, QUE ENTRE SI CELEBRAM O ESTADO DO PARANÁ, POR INTERMÉDIO DA SECRETARIA DE ESTADO DO DESENVOLVIMENTO URBANO - SEDU, O SERVIÇO SOCIAL AUTÔNOMO PARANACIDADE E O MUNICÍPIO DE APUCARANA, PARA OS FINS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>7196</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7196/pdl12_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7196/pdl12_2011.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONVÊNIO QUE ENTRE SI CELEBRAM O ESTADO DO PARANÁ, POR INTERMÉDIO DA SECRETARIA DE ESTADO DA CRIANÇA E DA JUVENTUDE - SECJ, CONSELHO ESTADUAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE - CEDCA/PR, FUNDO ESTADUAL PARA A INFÂNCIA E A ADOLESCÊNCIA - FIA/PR E O MUNICÍPIO DE APUCARANA, OBJETIVANDO A EXECUÇÃO DO PROJETO CONSELHOS TUTELARES - APROVADO DE ACORDO COM A DELIBERAÇÃO 005/10, ALTERADA PELA DELIBERAÇÃO Nº 008/10 - CEDCA/PR., COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7244</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7244/pdl13_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7244/pdl13_2011.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO DE COOPERAÇÃO QUE ENTRE SI CELEBRAM O MUNICÍPIO DE APUCARANA, ESTADO DO PARANÁ, E A ACDH - ASSOCIAÇÃO DE CIDADANIA E DIGNIDADE HUMANA.</t>
   </si>
   <si>
     <t>7406</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7406/pdl14_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7406/pdl14_2011.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE COOPERAÇÃO, PARA REGULAMENTAR A CESSÃO NÃO ONEROSA DO LICENCIAMENTO DE USO DO SOFTWARE CONSIGSIMPLES® - MÓDULOS DA CONSIGNANTE E DO SERVIDOR - LIBERADO PELA SÃO PAULO CONSIG LTDA A PREFEITURA MUNICIPAL DE APUCARANA, OBJETIVANDO GERENCIAR OS DESCONTOS CONSIGNADOS EM SUA FOLHA DE PAGAMENTO JUNTO AS INSTITUIÇÕES FINANCEIRAS.</t>
   </si>
   <si>
     <t>7074</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Unanime</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7074/7074_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7074/7074_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DO §2º DO ARTIGO 10 E SEUS INCISOS, ALTERADO PELA EMENDA Nº 02/2003 DE 22 DE ABRIL DE 2003, DA LEI ORGÂNICA DO MUNICÍPIO, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>6504</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6504/6504_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6504/6504_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE APUCARANA, AO SENHOR ODIVAL FRANCISCON, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE APUCARANENSE, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>6480</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6480/6480_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6480/6480_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REAJUSTE SALARIAL, CONFORME ESPECIFICA A DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6481</t>
   </si>
   <si>
     <t>Mesa Executiva</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6481/6481_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6481/6481_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$200.000,00 (DUZENTOS MIL REAIS), COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6482</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6482/6482_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6482/6482_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMPLEMENTA A ESTRUTURA ADMINISTRATIVA DA AUTARQUIA MUNICIPAL DE EDUCAÇÃO - A.M.E.,CRIADA PELA LEI Nº242/2009, DE 30/12/2009, ALTERADA PELA LEI Nº256/2010, DE 30/12/2010, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6524</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6524/6524_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6524/6524_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL, A PROCEDER POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S. A ALIENAÇÃO DE SUCATAS E BENS INSERVÍVEIS PATRIMÔNIO DA ENTIDADE, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6483</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6483/6483_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6483/6483_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO, O QUADRO DE CARGOS EM COMISSÃO E GRATIFICAÇÃO PELO EXERCÍCIO DE FUNÇÃO DE DIREÇÃO, CHEFIA OU ASSESSORAMENTO DA RESOLUÇÃO Nº04/96, DE 29/06/1996, ALTERADA PELA LEI Nº09/09, DE 19/01/2009 E PELA RESOLUÇÃO Nº 01/03, DE 31/03/2003, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6484</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6484/6484_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6484/6484_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A DOAÇÃO DO IMÓVEL QUE ESPECIFICA PARA A ENTIDADE ASSISTENCIAL ASSOCIAÇÃO FILANTRÓPICA GERAÇÃO VIDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6485</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6485/6485_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6485/6485_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REAJUSTE SALARIAL, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6505</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6505/6505_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6505/6505_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O COMÉRCIO DE ARTIGOS DE CONVENIÊNCIA E PRESTAÇÃO DE SERVIÇOS DE UTILIDADE PÚBLICA EM FARMÁCIAS E DROGARIAS, NO ÂMBITO DO MUNICÍPIO COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6523</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6523/6523_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6523/6523_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A RECEBER POR DOAÇÃO COM ENCARGOS, O IMÓVEL QUE ESPECIFICA, DA COMPANHIA DE HABITAÇÃO DO PARANÁ - COHAPAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6486</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE EDUCAÇÃO, A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE ATÉ R$ 110.000,00 (CENTO E DEZ MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6487</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 15.000,00 (QUINZE MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6488</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 504.993,50 (QUINHENTOS E QUATRO MIL, NOVECENTOS E NOVENTA E TRÊS REAIS E CINQUENTA CENTAVOS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6489</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 100.000,00 (CEM MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6490</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6490/6490_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6490/6490_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 125.000,00 (CENTO E VINTE CINCO MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6491</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6491/6491_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6491/6491_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 22.148,04 (VINTE E DOIS MIL, CENTO E QUARENTA E OITO REAIS E QUATRO CENTAVOS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6492</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6492/6492_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6492/6492_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 400.000,00 (QUATROCENTOS MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6493</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6493/6493_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6493/6493_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 102.000,00 (CENTO E DOIS MIL REAIS),CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6494</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6494/6494_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6494/6494_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A INCLUSÃO DE AÇÃO E PROGRAMA DE GOVERNO ESPECIFICADO NA LEI Nº 233/2009, DE 23/12/2009 (PLANO PLURIANUAL DO MUNICÍPIO DE APUCARANA PARA 2010 A 2013) E LEI Nº 140/2010, 16 DE JULHO DE 2010, (DIRETRIZES ORÇAMENTÁRIAS PARA 2011) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6495</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6495/6495_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6495/6495_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 1.000.000,00 (UM MILHÃO DE REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6496</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6496/6496_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6496/6496_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 87.000,00 (OITENTA E SETE MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6497</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6497/6497_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6497/6497_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 186.000,00 (CENTO E OITENTA E SEIS MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6498</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6498/6498_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6498/6498_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PARA A FACE - FUNDAÇÃO APUCARANA CIDADE EDUCAÇÃO, NO VALOR DE ATÉ R$ 500.000,00 (QUINHETOS MIL REAIS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6499</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6499/6499_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6499/6499_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER PERMISSÃO PARA A EMPRESA ALVIM E CIA LTDA.ME, PROCEDA A ESCRITURA E REGISTRO SEM RESTRIÇÕES E, POSTERIORMENTE A ALIENAÇÃO NOS TERMOS DO ARTIGO 4º DA LEI Nº 080/2001, DE 17/12/2001, DO IMÓVEL DOADO COMO ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6500</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6500/6500_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6500/6500_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6501</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6501/6501_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6501/6501_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 1.300.000,00 (UM MILHÃO E TREZENTOS MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6502</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6502/6502_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6502/6502_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 20.000,00 (VINTE MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6503</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6503/6503_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6503/6503_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 12.000,00 (DOZE MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6734</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6734/6734_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6734/6734_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA AS RUAS DO LOTEAMENTO MONTE BELO, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6528</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6528/6528_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6528/6528_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE INTERESSE SOCIAL, A ÁREA DE TERRAS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>6529</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6529/6529_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6529/6529_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$1.000,00 (UM MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6530</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6530/6530_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6530/6530_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROMOVER ALTERAÇÕES NAS LEIS NºS. 233/2009 (PLANO PLURIANUAL 2010/2013), 140/2010 (DIRETRIZES ORÇAMENTÁRIAS PARA 2011), DATADAS RESPECTIVAMENTE DE 23/12/2009 E 19/07/2010, EM FACE DE SUPLEMENTAÇÕES DE DOTAÇÕES REALIZADAS NA LEI ORÇAMENTÁRIA (LEI Nº240/2010, DE 23/12/2010), MEDIANTE DECRETO, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6531</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6531/6531_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6531/6531_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE EDUCAÇÃO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$1.000.000,00 (UM MILHÃO DE REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6532</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6532/6532_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6532/6532_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DO IDEPPLAN (INSTITUTO DE DESENVOLVIMENTO, PESQUISA E PLANEJAMENTO) A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$9.000,00 (NOVE MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6533</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6533/6533_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6533/6533_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$360.000,00 (TREZENTOS E SESSENTA MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6556</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6556/6556_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6556/6556_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 244,57 (DUZENTOS E QUARENTA E QUATRO REAIS E CINQUENTA E SETE CENTAVOS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6563</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6563/6563_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6563/6563_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., CRÉDITO ADICIONAL ESPECIAL POR SUPERÁVIT FINANCEIRO, NO VALOR DE ATÉ R$ 406.822,84 (QUATROCENTOS E SEIS MIL E OITOCENTOS E VINTE DOIS REAIS E OITENTA E QUATRO CENTAVOS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6534</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6534/6534_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6534/6534_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., CRÉDITO ADICIONAL ESPECIAL POR SUPERÁVIT FINANCEIRO, NO VALOR DE ATÉ R$75.000,00 (SETENTA E CINCO MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6535</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6535/6535_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6535/6535_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., CRÉDITO ADICIONAL ESPECIAL POR SUPERAVIT FINANCEIRO, NO VALOR DE ATÉ R$ 38.340,95 (TRINTA E OITO MIL E TREZENTOS E QUARENTA REAIS E NOVENTA E CINCO CENTAVOS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6536</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6536/6536_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6536/6536_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., CRÉDITO ADICIONAL ESPECIAL POR SUPERÁVIT FINANCEIRO, NO VALOR DE ATÉ R$ 108.601,28 (CENTO E OITO MIL, SEISCENTOS E UM REAIS E VINTE E OITO CENTAVOS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6568</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6568/6568_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6568/6568_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 625.394,53 (SEISCENTOS E VINTE E CINCO MIL, TREZENTOS E NOVENTA E NOVENTA E QUATRO REAIS E CINQUENTA E TRÊS CENTAVOS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6538</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6538/6538_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6538/6538_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE A.M.S., A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE ATÉ R$ 71.000,00 (SETENTA E UM MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6539</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6539/6539_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6539/6539_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE IMÓVEL PERTENCENTE AO MUNICIPIO, PARA A MITRA DIOCESANA DE APUCARANA, PARÓQUIA NOSSA SENHORA APARECIDA, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6571</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6571/6571_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6571/6571_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DO ART.4º DA LEI Nº230/2009, DE 21/12/2009, QUE AUTORIZA O EXECUTIVO MUNICIPAL A ADERIR AO CONSÓRCIO INTERMUNICIPAL DE SEGURANÇA PÚBLICA E CIDADANIA - CISMEI, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6575</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6575/6575_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6575/6575_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADOÇÃO DE POSTURAS NOS CEMITÉRIOS DA MUNICIPALIDADE TENDO EM VISTA O PLANO DE REPRESSÃO E COMBATE AOS FOCOS DO MOSQUITO TRANSMISSOR DE DENGUE, NO MUNICIPIO DE APUCARANA, COMO ESPECIFICA, REVOGA A LEI Nº48/2010, DE 26/03/2010 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6580</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6580/6580_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6580/6580_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESAFETA DO DOMÍNIO PÚBLICO, ÁREA DENOMINADA DE "ÁREA INSTITUCIONAL II", E A TRANSFORMA EM LOTE 01, QUADRA 04-A, COMO ESPECIFICA DO CONJUNTO RESIDENCIAL OSMAR GUARACY FREIRE, REGULAMENTA A SUA UTILIZAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6585</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6585/6585_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6585/6585_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO PELO MUNICÍPIO, DE UMA CONTRIBUIÇÃO NO VALOR DE R$ 35.970,00 (TRINTA E CINCO MIL E NOVECENTOS E SETENTA REAIS), PARA A ASSOCIAÇÃO DOS ENGENHEIROS E ARQUITETOS DE APUCARANA, PARA O ATENDIMENTO AO PROGRAMA CASA FÁCIL - MINHA CASA MINHA VIDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6586</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6586/6586_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6586/6586_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE INTERESSE SOCIAL, A ÁREA DE TERRAS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6587</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6587/6587_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6587/6587_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE, A.M.S., CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE ATÉ R$ 190.000,00 (CENTO E NOVENTA MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6588</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6588/6588_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6588/6588_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER O USO DE OCUPAÇÃO DE SOLO DE IMÓVEL DE PROPRIEDADE DO MUNICÍPIO, PARA A ENTIDADE COMANDER - COMANDO ANDERSON DE DEFESA DO CIDADÃO DE APUCARANA, DISPÕE SOBRE A PERMISSÃO DE USO DAS DEPENDÊNCIAS DO GINÁSIO DE ESPORTES ADILDO ROMANHOL MECENAS, ATÉ 31/12/2012, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6589</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6589/6589_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6589/6589_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DAS DISPOSIÇÕES DO ART.1º DA LEI Nº239/2010, DE 16/12/2010, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>6737</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6737/6737_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6737/6737_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº61/93 DE 13/06/1993 E REVERTE AO PATRIMÔNIO PÚBLICO MUNICIPAL, O IMÓVEL DOADO À EMATER, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6738</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6738/6738_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6738/6738_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE BIOMBOS (PAINÉIS DE MATERIAL OPACO OU ESTRUTURAS SIMILARES) ENTRE OS CAIXAS E OS CLIENTES EM TODAS AS AGÊNCIAS BANCÁRIAS E INSTITUIÇÕES FINANCEIRAS, LOCALIZADAS NO MUNICÍPIO, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6698</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6698/6698_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6698/6698_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS DO LOTEAMENTO RESIDENCIAL OURO FINO, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6771</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6771/6771_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6771/6771_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA REDAÇÃO DA SÚMULA DA LEI Nº148/09 DE 18/08/09, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>6742</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6742/6742_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6742/6742_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITOS EM TAREFAS COMUNITÁRIAS DE APUCARANA, À SENHORA DIVA FERREIRA GRAVENA, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE APUCARANENSE, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>6744</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6744/6744_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6744/6744_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE MÉRITOS EM TAREFAS COMUNITÁRIAS À EMPRESA IRMÃOS MUFFATO &amp; CIA., COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>6746</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6746/6746_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6746/6746_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PROFESSORA LEONINA DE REZENDE MARTINS A CRECHE A SER CONSTRUÍDA AO LADO DA ESCOLA KAREL KOBER.</t>
   </si>
   <si>
     <t>6748</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6748/6748_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6748/6748_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA FIRMAR CONVÊNIO ENTRE A FUNDAÇÃO APUCARANA CIDADE EDUCAÇÃO - FACE E A FACULDADE ESTADUAL DE CIÊNCIAS ECONÔMICAS DE APUCARANA - FECEA, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6749</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6749/6749_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6749/6749_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA "ANTIBULLYING" A SER DESENVOLVIDA PELAS INSTITUIÇÕES DE ENSINO EXISTENTES NO MUNICÍPIO, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6772</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6772/6772_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6772/6772_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXIGÊNCIA DA FICHA LIMPA QUANDO DAS NOMEAÇÕES DOS SECRETÁRIOS MUNICIPAL, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6773</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6773/6773_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6773/6773_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA FINS DE ENDEREÇAMENTO POSTAL, FICA CRIADO O BAIRRO JARDIM DIAMANTINA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>6776</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6776/6776_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6776/6776_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AFIXAÇÃO DE AVISO AO DIREITO DE ACESSO GRATUITO AO ASSENTO DE ÓBITO E DA RESPECTIVA PRIMEIRA CERTIDÃO, NOS TERMOS DA LEI FEDERAL Nº9.534, DE 10 DE DEZEMBRO DE 1997, EM TODOS OS VELÓRIOS EXISTENTES NO MUNICÍPIO DE APUCARANA, E EM TODAS AS UNIDADES ABERTAS AO PÚBLICO DO SERVIÇO FUNERÁRIO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6777</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6777/6777_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6777/6777_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DOS HIPERMERCADOS, SUPERMERCADOS, MERCADOS, FARMÁCIAS, LOJAS DE COSMÉTICOS E DEMAIS ESTABELECIMENTOS COMERCIAIS DE HIGIENIZAR OS CARRINHOS, CESTAS E DEMAIS UTENSÍLIOS DISPONIBILIZADOS AOS CLIENTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6778</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6778/6778_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6778/6778_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE PAIS, MESTRES E FUNCIONÁRIOS DO COLÉGIO ESTADUAL ANTÔNIO DOS TRÊS REIS DE OLIVEIRA - MÉDIO, APMF, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>6779</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6779/6779_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6779/6779_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PROFESSOR ALEX MAZARON, O CENTRO DA JUVENTUDE A SER CONSTRUÍDO AO LADO DA ESCOLA KAREL KOBER, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>6998</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6998/6998_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6998/6998_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE IMÓVEL PERTENCENTE AO MUNICÍPIO, PARA A CONGREGAÇÃO DOS OBLATOS DE SÃO JOSÉ - PARÓQUIA SANTUÁRIO SÃO JOSÉ, DIOCESE DE APUCARANA, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6791</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6791/6791_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6791/6791_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER PERMISSÃO PARA A EMPRESA ALVO FIXO - INDUSTRIA E COMERCIO DE CONFECÇÕES LTDA., A ESCRITURAR E REGISTRAR OBSERVADAS AS CONDIÇÕES DO ART. 11 E SUAS ALÍNEAS A;B;C;D;E;F;G; E H, DA LEI Nº009/2002, O IMÓVEL ALIENADO PELA LEI Nº071/2006, DE 26/05/2006, E ALTERADA PELA LEI Nº070/2008, DE 05/05/2008, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6780</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6780/6780_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6780/6780_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DA FRENTE PARLAMENTAR ANTIDROGAS, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6792</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6792/6792_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6792/6792_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER À ALIENAÇÃO DE IMÓVEL QUE ESPECIFICA A EMPRESA BATERIAS RÉGIOS SCARP LTDA., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6818</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6818/6818_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6818/6818_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PARA O SINDICATO DOS CONTABILISTAS DE APUCARANA, NO VALOR DE ATÉ R$ 4.000,00 (QUATRO MIL REAIS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6794</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6794/6794_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6794/6794_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A A.P.M.F. DO COLÉGIO ESTADUAL PROFESSORA GODOMÁ BEVILCQUA DE OLIVEIRA, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6795</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6795/6795_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6795/6795_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PERMUTA DE IMÓVEIS QUE ESPECIFICA, EM ATENDIMENTO AO ACORDO EFETIVADO NOS AUTOS DE Nº94/2006, QUE SÃO PARTES O MUNICIPIO DE APUCARANA E O SENHOR JORGE CANDIDO NETTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6796</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6796/6796_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6796/6796_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER PERMISSÃO PARA A EMPRESA VEGA PRODUTOS QUIMICOS LTDA., A ESCRITURAR E REGISTRAR O IMÓVEL DOADO PELA LEI Nº094/2000, DE 27/09/2000, EM NOME DA EMPRESA AGN INDUSTRIA, COMERCIO E TRANSPORTE DE CARGA LTDA - ME, COMO ESPECIFICA, BEM COMO A AUTORIZAÇÃO PARA A TRANSFERÊNCIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6797</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6797/6797_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6797/6797_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A ALIENAÇÃO DE IMÓVEL, MEDIANTE PROCESSO LICITATÓRIO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6798</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6798/6798_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6798/6798_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE ATÉ R$ 165.000,00 (CENBTO E SESSENTA E CINCO MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6799</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6799/6799_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6799/6799_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 1.200.000,00 (UM MILHÃO E DUZENTOS MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6844</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6844/6844_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6844/6844_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA QUE, NO MÍNIMO, 5% (CINCO POR CENTO) DAS VAGAS DAS EMPRESAS, COM FINS LUCRATIVOS, QUE FOREM BENEFICIADAS POR INCENTIVO OU ISENÇÃO FISCAL OUTORGADO PELO MUNICÍPIO DE APUCARANA DEVEM SER RESERVADAS AO PRIMEIRO EMPREGO.</t>
   </si>
   <si>
     <t>6805</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6805/6805_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6805/6805_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE INSTALAÇÃO DE BRINQUEDOS ADAPTADOS PARA CRIANÇAS COM DEFICIÊNCIA NOS LOCAIS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>6800</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6800/6800_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6800/6800_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 90.000,00 (NOVENTA MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6801</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6801/6801_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6801/6801_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 335.000,00 (TREZENTOS E TRINTA E CINCO MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6802</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6802/6802_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6802/6802_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 124.600,00 (CENTO E VINTE E QUATRO MIL E SEISCENTOS REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6803</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6803/6803_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6803/6803_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR ESPECIAL NO VALOR DE ATÉ R$ 240.000,00 (DUZENTOS E QUARENTA MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6806</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6806/6806_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6806/6806_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO FILANTRÓPICA E MISSIONÁRIA TENDA DE EVANGELIZAÇÃO E LIBERTAÇÃO CRISTO LIBERTA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>6999</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6999/6999_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6999/6999_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LEI Nº 106/2003, DE 11 DE SETEMBRO DE 2003, QUE CRIOU O CONSELHO MUNICIPAL GESTOR E O FUNDO MUNICIPAL DE DEFESA DO CONSUMIDOR, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6804</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6804/6804_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6804/6804_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER A EMPRESA CRISAG INDUSTRIA E COMERCIO DE BRINDES LTDA., A ESCRITURAR E REGISTRAR OBSERVADAS AS CONDIÇÕES DO ART. 11 E SUAS ALÍNEAS A;B;C;D;E;F;G; E H,DA LEI Nº009/2002, O IMÓVEL ALIENADO PELA LEI Nº235/2010, DE 16/12/2010, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6836</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6836/6836_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6836/6836_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6807</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6807/6807_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6807/6807_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE MARIA DOS SANTOS GRAVENA, O CEMEI LOCALIZADO NO JARDIM DIAMANTINA, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7065</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7065/7065_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7065/7065_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE APUCARANA O COMAD - CONSELHO MUNICIPAL ANTIDROGAS, DISPÕE SOBRE OS RECURSOS PARA A COMPOSIÇÃO DO FUNDO MUNICIPAL ANTIDROGA, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6819</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6819/6819_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6819/6819_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE NOELI TAURINO MOREIRA ALCANTARA DA SILVA A PRAÇA CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>6821</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6821/6821_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6821/6821_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 30.000,00 (TRINTA MIL REAIS) PARA O FIM QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6822</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6822/6822_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6822/6822_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE,  - A.M.S., CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE ATÉ R$ 355.500,00 (TREZENTOS E CINQUENTA E CINCO MIL E QUINHENTOS REAIS) PARA O FIM QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.				_x000D_
 					_x000D_
 					_x000D_
 					_x000D_
 					_x000D_
 					_x000D_
 					_x000D_
 					_x000D_
 					_x000D_
 					_x000D_
 </t>
   </si>
   <si>
     <t>6823</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6823/6823_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6823/6823_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 337.447,61 (TREZENTOS E TRINTA E SETE MIL, QUATROCENTOS E QUARENTA E SETE REAIS E SESSENTA E UM CENTAVOS), PARA O FIM QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6826</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6826/6826_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6826/6826_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 40.000,00 (QUARENTA MIL REAIS), PARA O FIM QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6824</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6824/6824_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6824/6824_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONFERÊNCIA MUNICIPAL DE SAÚDE, SOBRE O CONSELHO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6825</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6825/6825_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6825/6825_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE ATÉ R$ 144.000,00 (CENTO E QUARENTA E QUATRO MIL REAIS), COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6827</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6827/6827_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6827/6827_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 20.000,00 (VINTE MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6828</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6828/6828_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6828/6828_texto_integral.pdf</t>
   </si>
   <si>
     <t>DSPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PARA A ASSOCIAÇÃO COMERCIAL E INDUSTRIA DE APUCARANA, NO VALOR DE ATÉ R$ 30.000,00 (TRINTA MIL REAIS) PARA O FIM QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6831</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6831/6831_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6831/6831_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PARA A ASSOCIAÇÃO CULTURAL E ESPORTIVA DE APUCARANA - ACEA, DE ATÉ R$ 30.000,00 (TRINTA MIL REAIS) PARA O FIM QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6829</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6829/6829_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6829/6829_texto_integral.pdf</t>
   </si>
   <si>
     <t>6830</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6830/6830_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6830/6830_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFICIALIZA A DOAÇÃO DE IMÓVEL QUE ESPECIFICA À EMPRESA AGN INDUSTRIA COMERCIO E TRANSPORTES DE CARGA LTDA - ME, REVOGA AS LEIS NºS 094/2000 E 081/2011, DATADAS RESPECTIVAMENTE DE 27/09/2000 E 03/05/2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6837</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6837/pl104_11.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6837/pl104_11.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE APUCARANA, AO DR CLÓVIS GALVÃO GOMES, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE APUCARANENSE, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>6838</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6838/6838_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6838/6838_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE APUCARANA, AO MAESTRO DANIEL JESUS DE SOUZA, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE APUCARANENSE, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>6839</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6839/pl106_11.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6839/pl106_11.pdf</t>
   </si>
   <si>
     <t>PROIBE O USO DE CELULARES, NOS ESTABELECIMENTOS BANCÁRIOS EXISTENTES NO MUNICÍPIO, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6840</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6840/6840_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6840/6840_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA O ATENDIMENTO PREFERENCIAL E EXCLUSIVO, EM FILAS DAS INSTITUIÇÕES FINANCEIRAS DO MUNICÍPIO DE APUCARANA, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6847</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6847/pl108_11.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6847/pl108_11.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA DO LOTEAMENTO RESIDENCIAL SANTO EXPEDITO I, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6848</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6848/pl109_11.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6848/pl109_11.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA DO LOTEAMENTO RESIDENCIAL SANTO EXPEDITO II, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6849</t>
   </si>
   <si>
     <t>Telma Reis, Marcos Antonio Martins</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6849/pl110_11.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6849/pl110_11.pdf</t>
   </si>
   <si>
     <t>DENOMINA AS RUAS DO LOTEAMENTO RESIDENCIAL JARDIM DANIELE, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6992</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6992/6992_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6992/6992_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA TRATAMENTO DIFERENCIADO E FAVORECIDO ÀS MICROEMPRESAS E EMPRESAS DE PEQUENO PORTE DE QUE TRATAM AS LEIS COMPLEMENTARES NºS 123, DE 14 DE DEZEMBRO DE 2006, 127 DE 2007 E 128, DE 19 DE DEZEMBRO DE 2008, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6878</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6878/6878_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6878/6878_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DISSOLVIDA A CODAP - COMPANHIA DE DESENVOLVIMENTO DE APUCARANA, CONCRETIZA A LIQUIDAÇÃO E EXTINÇÃO, E DISPÕE SOBRE A INCORPORAÇÃO PELO MUNICÍPIO DE APUCARANA, DO ATIVO E PASSIVO, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6855</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6855/6855_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6855/6855_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 150.000,00 (CENTO E CINQUENTA MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6856</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6856/6856_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6856/6856_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE, A.M.S., CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE ATÉ R$ 20.000,00 (VINTE MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6857</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6857/6857_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6857/6857_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 720.000,00 (SETECENTOS E VINTE MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6858</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6858/6858_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6858/6858_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 8.000,00 (OITO MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6859</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6859/6859_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6859/6859_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 32.000,00 (TRINTA E DOIS MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6860</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6860/6860_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6860/6860_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 100.500,00 (CEM MIL E QUINHETOS REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6861</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6861/6861_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6861/6861_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 158.000,00 (CENTO E CINQUENTA E OITO MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6862</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6862/6862_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6862/6862_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 9.671,25 (NOVE MIL, SEISCENTOS E SETENTA E UM REAIS E VINTE E CINCO CENTAVOS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6863</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6863/6863_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6863/6863_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 989.191,00 (NOVECENTOS E OITENTA E NOVE MIL, CENTO E NOVENTA E UM REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6864</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6864/6864_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6864/6864_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 658.400,00 (SEISCENTOS E CINQUENTA E OITO MIL REAIS, QUATROCENTOS REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>6865</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6865/6865_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6865/6865_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., A ABRIR CRÉDITO ADICIONAL ESPECIAL POR SUPERÁVIT FINANCEIRO, NO VALOR DE ATÉ R$ 331.773,19 (TREZENTOS E TRINTA E UM MIL E SETECENTOS E SETENTA E TRÊS REAIS E DEZENOVE CENTAVOS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6876</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6876/6876_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6876/6876_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 100.000,00 (CEM MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6874</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6874/6874_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6874/6874_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ 3.000.000,00 (TRÊS MILHÕES DE REAIS), PARA REFORÇO DE DOTAÇÕES DO ORÇAMENTO DO MUNICÍPIO, PARA AO EXERCÍCIO DE 2011, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>6866</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6866/6866_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6866/6866_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER CONTRIBUIÇÃO NO VALOR DE R$ 40.000,00 (QUARENTA MIL REAIS) CONFORME ESPECIFICA, PARA A ASSOCIAÇÃO NACIONAL DAS INDÚSTRIAS DE BONÉS, BRINDES E SIMILARES - ANIBB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6993</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6993/6993_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6993/6993_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O INCISO IV AO ARTIGO 16 DA LEI Nº 99/2004 DE 24 DE NOVEMBRO DE 2004, QUE DISCIPLINA A EXPLORAÇÃO DOS SERVIÇOS DE TRANSPORTE DE ESCOLARES NO MUNICÍPIO DE APUCARANA, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6867</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6867/6867_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6867/6867_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA GRATIFICAÇÃO DE MAESTRO PARA SERVIDOR EFETIVO OCUPANTE DE CARGO DE MÚSICO QUE ATUAR NA REGÊNCIA DE BANDA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6854</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6854/pl129_11.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6854/pl129_11.pdf</t>
   </si>
   <si>
     <t>DENOMINA O HALL DE ENTRADA DA CÂMARA MUNICIPAL DE APUCARANA DE GOVERNADOR JOSÉ RICHA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>6868</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6868/6868_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6868/6868_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 009/96, DE 15/04/1996, QUE DOOU IMÓVEL A MITRA DIOCESANA DE APUCARANA - PARÓQUIA SÃO JOSÉ, DISPÕE SOBRE A REMISSÃO DE DÉBITOS INCIDENTES SOBRE O IMÓVEL OBJETO DA DOAÇÃO COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6869</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6869/6869_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6869/6869_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 980.000,00 (NOVECENTOS E OITENTA MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6870</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6870/6870_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6870/6870_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICPAL A ABRIR POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE, A.M.S., CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE ATÉ R$ 30.000,00 (TRINTA MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6879</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6879/6879_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6879/6879_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER DIREITO REAL DE USO PELO PRAZOQUE ESPECIFICA, DE IMÓVEL PERTENCENTE AO MUNICÍPIO, COM ENCARGOS PARA A EMPRESA KPS INDUSTRIAL LTDA., REVOGA A LEI Nº 070/2009, DE 27 DE ABRIL DE 2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6875</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6875/6875_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6875/6875_texto_integral.pdf</t>
   </si>
   <si>
     <t>INTRODUZ ALTERAÇÃO  E ACRESCENTA DISPOSITIVOS A LEI Nº 085/02, DE 30 DE DEZEMBRO DE 2002, QUE DISPÕE SOBRE O SISTEMA TRIBUTÁRIO DO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6871</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6871/6871_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6871/6871_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 220.000,00 (DUZENTOS E VINTE MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6880</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6880/6880_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6880/6880_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO POR INTERMÉDIO DO FUNDO MUNICIPAL DO MEIO AMBIENTE, DE CONTRIBUIÇÃO PARA A COOPERATIVA MISTA DE TRABALHO E PRODUÇÃO DE CATADORES E SEPARADORES DE MATERIAIS RECICLÁVEIS DE APUCARANA - COCAP, NO VALOR DE R$ 50.000,00 (CINQUENTA MIL REAIS), COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6881</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6881/6881_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6881/6881_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE BOLÍVAR PAVÃO A U.B.S. - UNIDADE BÁSICA DE SAÚDE LOCALIZADA NO JARDIM AMÉRICA COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>6882</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6882/6882_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6882/6882_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE APUCARANA, ESTADO DO PARANÁ A "SEMANA DA FAMÍLIA", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6927</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6927/6927_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6927/6927_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE, - A.M.S., CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE ATÉ R$ 30.000,00 (TRINTA MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6928</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6928/6928_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6928/6928_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER CONTRIBUIÇÃO PARA A ORGANIZAÇÃO NÃO GOVERNAMENTAL RAIO DE SOL DE APUCARANA, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6963</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6963/6963_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6963/6963_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER O USO E OCUPAÇÃO DO SOLO EM IMÓVEL PERTENCENTE AO MUNICÍPIO, CONFORME ESPECIFICA, PARA A IGREJA DO EVANGELHO QUADRANGULAR, NA CONFORMIDADE DA LEI Nº 001/2003, DE 15 DE JANEIRO DE 2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6964</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6964/6964_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6964/6964_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE IMÓVEIS QUE ESPECIFICA A COMPANHIA DE HABITAÇÃO DO PARANÁ - COHAPAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6965</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6965/6965_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6965/6965_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A SÚMULA E OS ARTIGO 1º E 3º, DA LEI Nº 166/03, DE 26 DE DEZEMBRO DE 2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6986</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6986/6986_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6986/6986_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O USO DE OCUPAÇÃO DO SOLO DE IMÓVEL PERTENCENTES AO MUNICÍPIO DE APUCARANA, PELA ASSOCIAÇÃO DA VILA MILITAR, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6987</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6987/6987_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6987/6987_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA AS LEIS MUNICIPAIS Nº 139/2000 E 087/2003, DATADAS RESPECTIVAMENTE DE 26/12/2000 E 28/07/2003, REVERTE O IMÓVEL QUE ESPECIFICA AO PATRIMÔNIO PÚBLICO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6988</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6988/6988_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6988/6988_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER PERMISSÃO PARA A EMPRESA TERRA BRASIL LOGÍSTICA LTDA., A ESCRITURAR E REGISTRAR OBSERVADAS AS CONDIÇÕES DO ART. 11 E SUAS ALÍNEAS A; B; C; D; E; F; G; E H, DA LEI Nº. 009/2002, O IMÓVEL ALIENADO PELA LEI Nº. 039/2008, DE 02/04/2008, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>6989</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6989/6989_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6989/6989_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER O USO E OCUPAÇÃO DO SOLO DO IMÓVEL QUE ESPECIFICA, PERTENCENTE AO MUNICÍPIO, PARA A ASSOCIAÇÃO DE MORADORES DO JARDIM CATUAÍ I, II E III, NA CONFORMIDADE COM A LEI Nº 001/2003, DE 15/01/2003, REVOGA A LEI Nº 114/2006, DE 31/07/2006 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6990</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6990/6990_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6990/6990_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER O USO E OCUPAÇÃO DO SOLO DO IMÓVEL QUE ESPECIFICA, PERTENCENTE AO MUNICÍPIO, PARA A ASSOCIAÇÃO DE MORADORES DA VILA REGINA, NA CONFORMIDADE COM A LEI Nº 001/2003, DE 15/01/2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6962</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6962/pl149_11.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6962/pl149_11.pdf</t>
   </si>
   <si>
     <t>TRANSFORMA PARA EIXO COMERCIAL 2 AS RUAS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6994</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6994/6994_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6994/6994_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 20.000,00 (VINTE MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6995</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6995/6995_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6995/6995_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 17.000,00 (DEZESSETE MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6996</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6996/6996_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6996/6996_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE ATÉ R$ 200.000,00 (DUZENTOS MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6997</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6997/6997_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6997/6997_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL, A DOAR IMÓVEL QUE ESPECIFICA AO ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7067</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7067/7067_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7067/7067_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ARTIGO 3º DA LEI Nº005/2003, DE 04/02/2003 (LEI DE INDENIZAÇÃO DAS DIÁRIAS), COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>7063</t>
   </si>
   <si>
     <t>Lucimar Scarpelini, Alcides Ramos Junior, Sebastião Ferreira Martins Junior</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7063/7063_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7063/7063_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE APUCARANA, AO PADRE PEDRO ODAIR MACHADO, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE APUCARANENSE, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>7076</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7076/7076_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7076/7076_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 126.000,00 (CENTO E VINTE E SEIS MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7077</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7077/7077_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7077/7077_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 80.711,92 (OITENTA MIL, SETECENTOS E ONZE REAIS E NOVENTA E DOIS CENTAVOS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7078</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7078/7078_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7078/7078_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 50.592,11 (CINQUENTA MIL, QUINHENTOS E NOVENTA E DOIS REAIS E ONZE CENTAVOS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7079</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7079/7079_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7079/7079_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DO ART. 1º DA LEI Nº. 5/2011, DE 31/01/2011, QUE AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A DOAÇÃO DO IMÓVEL QUE ESPECIFICA PARA A ENTIDADE ASSISTENCIAL ASSOCIAÇÃO FILANTRÓPICA GERAÇÃO VIDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7080</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7080/7080_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7080/7080_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PARA O JEEP CLUBE DE APUCARANA, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7081</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7081/7081_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7081/7081_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PAR AO CONSEG - CONSELHO COMUNITÁRIO DE SEGURANÇA DE APUCARANA, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7082</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7082/7082_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7082/7082_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AUXÍLIO MORADIA EMERGENCIAL PARA MULHERES VÍTIMAS DE VIOLÊNCIA DE GÊNERO COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7083</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7083/7083_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7083/7083_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INCLUSÃO DE PROGRAMA A AÇÃO NA LEI Nº.233/2009, DE 23/12/2009 (PLANO PLURIANUAL DO MUNICÍPIO DE APUCARANA PARA 2010 A 2013) E LEI Nº.140/2010, DE 19/07/2010 (DIRETRIZES ORÇAMENTÁRIAS PARA 2010) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7084</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7084/7084_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7084/7084_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 5.000,00 (CINCO MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7085</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7085/7085_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7085/7085_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PARA A FUNDAÇÃO DE APOIO À EDUCAÇÃO, PESQUISA E DESENVOLVIMENTO CIENTÍFICO E TECNOLÓGICO DA UNIVERSIDADE TECNOLÓGICA FEDERAL DO PARANÁ, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7086</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7086/7086_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7086/7086_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OFERTA DE CURSOS NA MODALIDADE À DISTÂNCIA, BEM COMO A IMPLANTAÇÃO DO POLO DE APOIO PRESENCIAL NO ÂMBITO DA UNIVERSIDADE ABERTA DO BRASIL, NO MUNICÍPIO DE APUCARANA, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7087</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7087/7087_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7087/7087_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DOAR O IMÓVEL QUE ESPECIFICA AO ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7088</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7088/7088_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7088/7088_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., A ABRIR CRÉDITO SUPLEMENTAR, NO VALOR DE ATÉ R$ 750.000,00 (SETECENTOS E CINQUENTA MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7089</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7089/7089_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7089/7089_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., A ABRIR CRÉDITO SUPLEMENTAR, NO VALOR DE ATÉ R$ 70.000,00 (SETENTA MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7090</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7090/7090_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7090/7090_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PARA A COCAP - COOPERATIVA MISTA DE TRABALHO E PRODUÇÃO DE CATADORES E SEPARADORES DE MATERIAIS RECICLÁVEIS DE APUCARANA, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7091</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7091/7091_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7091/7091_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE ATÉ R$ 30.200,00 (TRINTA MIL E DUZENTOS REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7092</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7092/7092_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7092/7092_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 19.000,00 (DEZENOVE MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7093</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7093/7093_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7093/7093_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PARA A ASSOCIAÇÃO KARA TE VIDA, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7094</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7094/pl175_11.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7094/pl175_11.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADCIONAL ESPECIAL, NO VALOR DE ATÉ R$ 120.000,00 (CENTO E VINTE MIL REAIS), COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7095</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7095/pl176_11.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7095/pl176_11.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE ATÉ R$ 70.000,00 (SETENTA MIL REAIS), COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7096</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7096/pl177_11.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7096/pl177_11.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE GUSTAVO HENRIQUE DE OLIVEIRA, A RUA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>7097</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7097/7097_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7097/7097_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA SÚMULA E DISPOSIÇÕES DO ART. 1º DA LEI Nº. 147/2011, DE 18/07/2011, QUE AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER PERMISSÃO PARA A EMPRERSA TERRA BRASIL LOGÍSTICA LTDA., ESCRITURAR E REGISTRAR, IMÓVEL ALIENADO PELA LEI Nº. 039/2008, DE 02/04/2008, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7098</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7098/7098_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7098/7098_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA AS RUAS NO LOTEAMENTO RESIDENCIAL CASA GRANDE, CONFORME ESPECIFICA E DÁ OUTRAS OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7385</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7385/7385_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7385/7385_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA AS METAS FISCAIS DA LEI 233/2009 DE 23/12/2009 (PLANO PLURIANUAL 2010/2013), NA FORMA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7384</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7384/7384_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7384/7384_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO DE METAS FICAIS DA LEI 140/2010 DE 19/07/2010 (LEI DE DIRETRIZES ORÇAMENTÁRIAS), NA FORMA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7100</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7100/7100_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7100/7100_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 38.000,00 (TRINTA E OITO MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7101</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7101/7101_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7101/7101_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 195.000,00 (CENTO E NOVENTA E CINCO MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7102</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7102/7102_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7102/7102_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 50.454,90 (CINQUENTA MIL, QUATROCENTOS E CINQUENTA E QUATRO REAIS E NOVENTA CENTAVOS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7103</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7103/7103_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7103/7103_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 86.800,00 (OITENTA E SEIS MIL E OITOCENTOS REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7104</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7104/7104_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7104/7104_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A ALIENAR IMÓVEL QUE ESPECIFICA, DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS PREVISTOS NA LEI Nº 009/02, DE 25/03/2002, PARA A EMPRESA SANCHES E DOMINGUES LTDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7105</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7105/7105_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7105/7105_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 14.000,00 (QUATORZE MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7106</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7106/7106_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7106/7106_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A ALIENAR IMÓVEL QUE ESPECIFICA, DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS PREVISTOS NA LEI Nº 009/02, DE 25/03/2002 PARA A EMPRESA ONIX CONFECÇÕES LTDA ME., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7113</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7113/7113_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7113/7113_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A ALIENAR IMÓVEL QUE ESPECIFICA, DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS PREVISTOS NA LEI Nº 009/02, DE 25/03/2002, PARA A EMPRESA I.C.E RIBEIRO LTDA., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7107</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7107/7107_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7107/7107_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A ALIENAR IMÓVEL QUE ESPECIFICA, DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS PREVISTOS NA LEI Nº 009/02, DE 25/03/2002, PARA A EMPRESA BRUMATI E BRUMATI LTDA ME., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7114</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7114/7114_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7114/7114_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A ALIENAR IMÓVEL QUE ESPECIFICA, DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS PREVISTOS NA LEI Nº 009/02, DE 25/03/2002, PARA A EMPRESA MEGAPLASTIC INDUSTRIA E COMÉRCIO DE PLÁSTICOS LTDA., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7108</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7108/7108_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7108/7108_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A ALIENAR IMÓVEL QUE ESPECIFICA, DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS PREVISTOS NA LEI Nº 009/02, DE 25/03/2002, PARA A EMPRESA PARANÁ NORTE INDÚSTRIA E COMÉRCIO LTDA ME., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7110</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7110/7110_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7110/7110_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PRAZO DE NOMEAÇÃO DE CANDIDATO APROVADO EM CONCURSO PÚBLICO, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7109</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7109/7109_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7109/7109_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 162/2007 QUE DISPÕE SOBRE A ORGANIZAÇÃO DOS SERVIÇOS DE TRANSPORTE COLETIVO NO MUNICÍPIO, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7115</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7115/7115_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7115/7115_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PARA A ASSOCIAÇÃO DOS CAFEICULTORES DE APUCARANA, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7116</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7116/7116_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7116/7116_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A RECEBER EM DAÇÃO DE PAGAMENTO, IMÓVEIS DE PROPRIEDADE PARTICULAR QUE ESPECIFICA, PELA QUITAÇÃO DE DÉBITOS FISCAIS INCIDENTES SOBRE OS MESMOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7117</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7117/7117_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7117/7117_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA PARÁGRAFO ÚNICO DO ART. 1º DA LEI Nº 154/11, DE 18/07/2011, QUE AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER CONTRIBUIÇÃO NO VALOR DE R$ 40.000,00 (QUARENTA MIL REAIS) CONFORME ESPECIFICA, PARA A ASSOCIAÇÃO NACIONAL DAS INDÚSTRIAS DE BONÉS, BRINDES E SIMILARES - ANIBB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7118</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7118/7118_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7118/7118_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PERMUTAR SEM TORNA DE PREÇOS OS IMÓVEIS DO MUNICÍPIO, POR ÁREA DE PROPRIEDADE PARTICULAR, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7119</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7119/7119_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7119/7119_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIOS, CONCEDER ISENÇÕES FISCAIS, ASSUMIR OBRIGAÇÕES DANDO OUTRAS PROVIDÊNCIAS REALTIVAS À CONSTRUÇÃO DE UNIDADES HABITACIONAIS DE INTERESSE SOCIAL, VINCULADAS AO PROGRAMA MORAR BEM PARANÁ, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>7120</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7120/7120_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7120/7120_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PARA O EDHUCCA - ESCOLA DE DESENVOLVIMENTO HUMANO CASO DO CAMINHO, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7121</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7121/7121_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7121/7121_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 250.000,00 (DUZENTOS E CINQUENTA MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>7134</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7134/7134_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7134/7134_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESAFETA DO DOMÍNIO PÚBLICO AS ÁREAS QUE ESPECIFICA, LOCALIZADAS NO NÚCLEO HABITACIONAL JOÃO PAULO, PARA POSTERIOR ALIENAÇÃO DESSAS ÁREAS, QUE SERÃO DESTINADAS PARA CONSTRUÇÃO DE MORADIAS PARA FAMÍLIAS DE RENDA DE ATÉ CINCO SALÁRIOS MÍNIMOS, REVOGA O ITEM Nº 1 DA LEI Nº 046/2006, DE 30/03/2006 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7122</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7122/7122_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7122/7122_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 182/05 QUE TRATA DO ESTACIONAMENTO ROTATIVO NAS VIAS E LOGRADOUROS PÚBLICOS NO MUNICÍPIO DE APUCARANA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7123</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7123/7123_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7123/7123_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA SÚMULA E DISPOSIÇÕES DO ART. 1º DA LEI Nº 136/2011, DE 18/07/2011, QUE AUTORIZA O EXECUTIVO MUNICIPAL A DOAR IMÓVEL PERTENCENTE AO MUNICÍPIO, PARA A CONGREGAÇÃO DOS OBLATOS DE SÃO JOSÉ - PARÓQUIA SANTUÁRIO SÃO JOSÉ, DIOCESE DE APUCARANA, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7135</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7135/7135_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7135/7135_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROJETO VIVA ARAUCÁRIA NO MUNICÍPIO DE APUCARANA, MEDIANTE INCENTIVO REMUNERATÓRIO PELO PLANTIO DA ARAUCÁRIA COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7124</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7124/7124_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7124/7124_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 168.000,00 (CENTO E SESSENTA E OITO MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7125</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7125/7125_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7125/7125_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR POR SUPERÁVIT FINANCEIRO, NO VALOR DE ATÉ R$ 210.000,00 (DUZENTOS E DEZ MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7126</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7126/7126_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7126/7126_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIANAL ESPECIAL, NO VALOR DE ATÉ R$ 600.000,00 (SEICENTOS MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7127</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7127/7127_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7127/7127_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DA SAÚDE - A.M.S., A ABRIR CRÉDITO ESPECIAL, NO VALOR DE ATÉ R$ 11.603,55 (ONZE MIL SEISCENTOS E TRÊS REAIS E CINQUENTA E CINCO CENTAVOS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7128</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7128/7128_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7128/7128_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE ATÉ R$ 90.300,00 (NOVENTA MIL E TREZENTOS REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7129</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7129/7129_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7129/7129_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., A ABRIR CRÉDITO ESPECIAL, NO VALOR DE ATÉ R$ 250.000,00 (DUZENTOS E CINQUENTA MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7130</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7130/7130_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7130/7130_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., A ABRIR CRÉDITO ESPECIAL, NO VALOR DE ATÉ R$ 50.000,00 (CINQUENTA MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7131</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7131/7131_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7131/7131_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 500.000,00 (QUINHENTOS MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7132</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7132/7132_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7132/7132_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICPAL DE SAÚDE - A.M.S., A ABRIR CRÉDITO ESPECIAL, NO VALOR DE ATÉ R$ 117.300,00 (CENTO E DEZESSETE MIL E TREZENTOS REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7133</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7133/7133_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7133/7133_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 6.950,00 (SEIS MIL NOVECENTOS E CINQUENTA RAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7136</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7136/7136_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7136/7136_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PARCELAR O IMPOSTO SOBRE A TRASMISSÃO DE BENS IMÓVEIS - ITBI, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7141</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7141/7141_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7141/7141_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE A CONCESSÃO DE CONTRIBUIÇÃO PARA O APAE - ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7142</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7142/7142_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7142/7142_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PARA O COMANDER - COMANDO ANDERSON DE DEFESA DO CIDADÃO, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7143</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7143/7143_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7143/7143_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PARA O GERBA - GRÊMIO ESPORTIVO E RECREATIVO BOMBEIROS, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7144</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7144/7144_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7144/7144_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUTORIZAÇÃO ESPECIAL PARA A EMPRESA FAVORETO ENGENHARIA LTDA., NOS TERMOS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7145</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7145/7145_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7145/7145_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A RECEBER POR DAÇÃO EM PAGAMENTO, ÁREA DO IMÓVEL QUE ESPECIFICA, PELA QUITAÇÃO DE DÉBITOS FISCAIS (IPTU), INCIDENTES SOBRE O IMÓVEL DE PROPRIEDADE DO SENHOR SABASTIÃO DE OLIVEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7146</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7146/7146_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7146/7146_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A RECEBER POR DAÇÃO EM PAGAMENTO, ÁREA DOS IMÓVEIS QUE ESPECIFICA, PELA QUITAÇÃO DE DÉBITOS FISCAIS (IPTU), INCIDENTES SOBRE O IMÓVEL DE PROPRIEDADE DA EMPRESA J.J.R. EMPREENDIMENTOS IMOBILIÁRIOS LTDA. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7147</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7147/7147_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7147/7147_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 82.000,00 (OITENTA E DOIS MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7148</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7148/7148_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7148/7148_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., A ABRIR CRÉDITO ESPECIAL, NO VALOR DE ATÉ R$ 15.000,00 (QUINZE MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7149</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7149/7149_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7149/7149_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A DOAÇÃO DO IMÓVEL QUE ESPECIFICA À FUNDAÇÃO NACIONAL DO ÍNDIO - FUNAI, DESTINADO À CONSTRUÇÃO DA CASA DE PASSAGEM DOS ÍNDIOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7151</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7151/7151_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7151/7151_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 11.700,00 (ONZE MIL E SETECENTOS REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7153</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7153/7153_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7153/7153_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 112.567,99 (CENTO E DOZE MIL, QUINHENTOS E SESSENTA E SETE REAIS E NOVENTA E NOVE CENTAVOS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7367</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA O LIMITE DE DESPESA DO MUNICÍPIO DE APUCARANA, PARA O EXERCÍCIO DE 2012, EM R$ 174.285.117,40 (CENTO E SETENTA E QUATRO MILHÕES, DUZENTOS E OITENTA E CINCO MIL, CENTO E DEZESSETE REAIS E QUARENTA CENTAVOS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7154</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7154/7154_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7154/7154_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PARA O CONSEG - CONSELHO COMUNITÁRIO DE SEGURANÇA DE APUCARANA, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>7150</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7150/7150_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7150/7150_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CREDITO ADICIONAL SUPLEMENTAR, NO VALORS DE ATÉ 140.000,00 (CENTO E QUARENTA MIL REAIS), COMO ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7152</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7152/7152_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7152/7152_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRANSFORMA PARA ZC2 - ZONA COMERCIAL 2, O TRECHO LOCALIZADO ENTRE AS RUAS DR. OSVALDO CRUZ E SÃO JERÔNIMO, COMO ESPECIFIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7155</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7155/7155_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7155/7155_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DAS DISPOSIÇÕES DO ART. 1º DA LEI Nº. 222/2007, DE 27/11/2007 E REVOGA A LEI Nº. 150/2010, DE 19/07/2010, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7156</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7156/7156_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7156/7156_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRANSFORMA PARA EIXO COMERCIAL 2 A RUA CARLOS CAVALCANTI QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7157</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7157/7157_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7157/7157_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRANSFORMA PARA EIXO COMERCIAL 2 A RUA OSVALDO DE OLIVEIRA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7162</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7162/7162_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7162/7162_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O SINDICATO DOS TRABALHADORES DOMÉSTICOS DE APUCARANA E REGIÃO COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>7163</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7163/7163_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7163/7163_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO APUCARANA CIDADE EDUCAÇÃO, À PROFESSORA JURNADEL COSTA FERREIRA DE SOUSA, PELOS RELEVANTES SERVIÇOS PRESTADOS EM PROL DA EDUCAÇÃO, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>7164</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7164/7164_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7164/7164_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITOS EM TAREFAS COMUNITÁRIAS A IGREJA PRESBITERIANA DO BRASIL, PELOS 50 ANOS DE RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE APUCARANENSE, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>7169</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7169/7169_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7169/7169_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 120.000,00 (CENTO E VINTE MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7181</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7181/7181_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7181/7181_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ENTIDADE AMA DEUS - ASSOCIAÇÃO PARA RECUPERAÇÃO DE DEPENDENTES QUÍMICOS COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>7170</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7170/7170_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7170/7170_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ATUALIZAÇÃO MONETÁRIA DO IMPOSTO PREDIAL E TARRITORIAL URBANO - IPTU E DO IMPOSTO SOBRE SERVIÇÕS - ISS, PARA O EXERCÍCIO DE 2012, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7171</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7171/7171_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7171/7171_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 1.287.561,66 (UM MILHÃO, DUZENTOS E OITENTA E SETE MIL, QUINHENTOS E SESSENTA E UM REAIS E SESSENTA E SEIS CENTAVOS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7172</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7172/7172_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7172/7172_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 185.000,00 (CENTO E OITENTA E CINCO MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7173</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7173/7173_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7173/7173_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL POR SUPERÁVIT FINANCEIRO, NO VALOR DE ATÉ R$ 87.000,00 (OITENTA E SETE MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7174</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7174/7174_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7174/7174_texto_integral.pdf</t>
   </si>
   <si>
     <t>7175</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7175/7175_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7175/7175_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PARA O GRUPO SOMA - SOMANDO AMOR PELA INFÂNCIA E ADOLESCÊNCIA, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7176</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7176/7176_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7176/7176_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 37.000,00 (TRINTA E SETE MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7177</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7177/7177_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7177/7177_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ACEITAR POR DOAÇÃO (ÁREA INSTITUCIONAL) REFERENTE A FUTUROS LOTEAMENTOS A SEREM IMPLANTADOS NOS LOTES QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7178</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7178/7178_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7178/7178_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 200.000,00 (DUZENTOS MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7179</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7179/7179_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7179/7179_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÃO DA LEI 068/97, DE 15/08/97, QUE TRATA DO SISTEMA DE CARGOS E CARREIRA DO FUNCIONALISMO DA AUTARQUIA MUNICIPAL DE SAÚDE DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7182</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7182/7182_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7182/7182_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS PARA A ABERTURA DE NOVAS AGÊNCIAS BANCÁRIAS NO MUNICÍPIO DE APUCARANA, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7193</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7193/7193_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7193/7193_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 130.000,00 (CENTO E TRINTA MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7194</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7194/7194_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7194/7194_texto_integral.pdf</t>
   </si>
   <si>
     <t>7213</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7213/7213_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7213/7213_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE, A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 612.013,00 (SEISCENTOS E DOZE MIL E TREZE REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7214</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7214/7214_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7214/7214_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 1.167.150,00 (UM MILHÃO CENTO E SESSENTA E SETE MIL CENTO E CINQUENTA REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7215</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7215/7215_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7215/7215_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE A ABRIR CRÉDITO ADICIONAL ESPECIAL POR SUPERÁVIT FINANCEIRO, NO VALOR DE ATÉ R$ 548.000,00 (QUINHENTOS E QUARENTA E OITO MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7216</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7216/7216_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7216/7216_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., A ABRIR CRÉDITO ESPECIAL, NO VALOR DE ATÉ R$ 20.000,00 (VINTE MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7217</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7217/7217_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7217/7217_texto_integral.pdf</t>
   </si>
   <si>
     <t>7218</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7218/7218_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7218/7218_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE APUCARANA, AO SR. EROS FELIPE, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE APUCARANENSE, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>7219</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7219/7219_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7219/7219_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE APUCARANA, AO MONSENHOR ROBERTO CARRARA, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE APUCARANENSE, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>7220</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7220/7220_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7220/7220_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A COMENDA CIDADE ALTA DE MÉRITO PROFISSIONAL APUCARANENSE, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7221</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7221/7221_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7221/7221_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRANSFORMA PARA EIXO COMERCIAL 2 A RUA AQUILES, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7235</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7235/7235_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7235/7235_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA DO LOTEAMENTO RESIDENCIAL MARINA, LOCALIZADA NO DISTRITO DE VILA REIS, NESTA CIDADE, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>7236</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7236/7236_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7236/7236_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 64.000,00 (SESSENTA E QUATRO MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7237</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7237/7237_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7237/7237_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 113.500,00 (CENTO E TREZE MIL E QUINHENTOS REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7238</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7238/7238_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7238/7238_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZAO EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 188.300,00 (CENTO E OITENTA E OITO MIL E TREZENTOS REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7239</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7239/7239_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7239/7239_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., A ABRIR CRÉDITO ESPECIAL, NO VALOR DE ATÉ R$ 10.000,00 (DEZ MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7240</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7240/7240_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7240/7240_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 71.600,00 (SETENTA E UM MIL E SEISCENTOS REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7241</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7241/7241_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7241/7241_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PARA A ACDH - ASSOCIAÇÃO DE CIDADANIA E DIGNIDADE HUMANA, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7242</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7242/7242_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7242/7242_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS DA VILA RURAL TERRA PROMETIDA, LOCALIZADA NO DISTRITO DE CAIXA DE SÃO PEDRO, NESTE MUNICÍPIO, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7243</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7243/7243_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7243/7243_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ACEUA - ASSOCIAÇÃO CULTURAL ETNICO-UCRANIANA DE APUCARANA COMO ESPECIFICA</t>
   </si>
   <si>
     <t>7245</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7245/7245_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7245/7245_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE ATÉ R$ 80.000,00 (OITENTA MIL REAIS), COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7246</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7246/7246_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7246/7246_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS DO LOTEAMENTO RESIDENCIAL ORLANDO BACARIN, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7399</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7399/7399_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7399/7399_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O NOVO SISTEMA ADMINISTRATIVO DA PREFEITURA DO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7368</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITOS EM TAREFAS COMUNITÁRIAS AO GRUPO DE ORAÇÃO AMIGOS EM AÇÃO, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7409</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7409/7409_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7409/7409_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 1 DA LEI 6/95, DE 01/04/95, CONFORME ESPECIFICA, REVERTE ÁREA AO PATRIMONIO PÚBLICO, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>7388</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7388/7388_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7388/7388_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LEI Nº. 008/09, ALTERADA PELA LEI Nº. 042/09 QUE DISPÕE SOBRE A SUA ORGANIZAÇÃO ADMINISTRATIVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7383</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7383/7383_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7383/7383_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 89.939,00 (OITENTA E NOVE MIL, NOVECENTOS E TRINTA E NOVE REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7382</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7382/7382_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7382/7382_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INCLUSÃO DE PROGRAMA E AÇÃO NA LEI Nº. 233/2009, DE 23/12/2009 (PLANO PLURIANUAL DO MUNICÍPIO DE APUCARANA PARA 2010 A 2013) E LEI Nº. 138/2011, DE 18/07/2011 (DIRETRIZES ORÇAMENTÁRIAS PARA 2012) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7381</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7381/7381_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7381/7381_texto_integral.pdf</t>
   </si>
   <si>
     <t>7380</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7380/7380_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7380/7380_texto_integral.pdf</t>
   </si>
   <si>
     <t>7379</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7379/7379_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7379/7379_texto_integral.pdf</t>
   </si>
   <si>
     <t>7377</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7377/7377_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7377/7377_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFERÊNCIA DE NÚMERO DE VAGAS DE CARGOS DO QUADRO PERMANENTE PARA A AUTARQUIA MUNICIPAL DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>7375</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7375/7375_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7375/7375_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO, NO VALOR DE ATÉ R$ 411.081,00 (QUATROCENTOS E ONZE MIL E OITENTA E UM REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7373</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7373/7373_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7373/7373_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE, A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO, NO VALOR DE ATÉ R$ 574.990,00 (QUINHENTOS E SETENTA E QUATRO MIL E NOVECENTOS E NOVENTA REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7371</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7371/7371_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7371/7371_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE, A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO, NO VALOR DE ATÉ R$ 85.000,00 (OITENTA E CINCO MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7370</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7370/7370_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7370/7370_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL, POR INTERMEDIO DA AUTARQUIA MUNICIPAL DE SAÚDE, A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVIT FINANCEIRO, NO VALOR DE ATÉ R$ 163.930,00 (CENTRO E SESSENTA E TRÊS MIL NOVECENTOS E TRINTA REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7369</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7369/7369_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7369/7369_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., A ABRIR CRÉDITO ESPECIAL, NO VALOR DE ATÉ R$ 393.470,00 (TREZENTOS E NOVENTA E TRÊS MIL QUATROCENTOS E SETENTA REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7401</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7401/7401_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7401/7401_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - AMS, A ABRIR CREDITO ADICIONAL ESPECIAL, NO VALOR DE ATE R$ 1.700,00 (UM MIL E SETECENTOS REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>7395</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7395/7395_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7395/7395_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE - A.M.S., A ABRIR CRÉDITO ESPECIAL, NO VALOR DE ATÉ R$ 70.000,00 (SETENTA MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7392</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7392/7392_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7392/7392_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 845.974,00 (OITOCENTOS E QUARENTA E CINCO MIL NOVECENTOS E SETENTA E QUATRO REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7390</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7390/7390_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7390/7390_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO, NO VALOR DE ATÉ R$ 200.000,00 (DUZENTOS MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7387</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7387/7387_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7387/7387_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PARA O CEPES - CENTRO EDUCACIONAL PROFISSIONALIZANTE ESPERANÇA, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7386</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7386/7386_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7386/7386_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE SUBVENÇÃO MENSAL ÀS ENTIDADES QUE ESPECIFICA, PARA O EXERCÍCIO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7400</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7400/7400_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7400/7400_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A ALIENAÇÃO DE IMOVEL QUE ESPECIFICA, DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS PREVISTOS NA LEI 9/2002, PARA EMPRESA BRASIL QUIMICA - INDUSTRIA QUÍMICA LTDA</t>
   </si>
   <si>
     <t>7378</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7378/7378_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7378/7378_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A ALIENAÇÃO DE IMÓVEL QUE ESPECIFICA, DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS PREVISTOS NA LEI Nº. 009/02, DE 25/03/2002, PARA A EMPRESA ABC COMÉRCIO DE FOGOS E PESCA LTDA., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7376</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7376/7376_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7376/7376_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A ALIENAÇÃO DE IMÓVEL QUE ESPECIFICA, DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS PREVISTOS NA LEI Nº. 009/02, DE 25/03/2002, PARA A EMPRESA KLIVAN INDÚSTRIA E COMÉRCIO DE CONFECÇÕES LTDA., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7374</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7374/7374_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7374/7374_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DO PARÁGRAFO ÚNICO DA LEI Nº. 134/07, DE 31/07/2007, QUE TRATA DO SISTEMA DE INCENTIVOS PREVISTOS NA LEI Nº. 09/02, DE 25/03/2002, À EMPRESA PLO SUL INDÚSTRIA E COMÉRCIO DE CONFECÇÕES LTDA., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7389</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7389/7389_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7389/7389_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A ALIENAÇÃO DE IMÓVEL QUE ESPECIFICA, DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS PREVISTOS NA LEI Nº. 009/02, DE 25/03/2002, PARA A EMPRESA DUBLASIM DUBLAGENS LTDA., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7372</t>
   </si>
   <si>
     <t>Alcides Ramos Junior, Sebastião Ferreira Martins Junior</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7372/7372_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7372/7372_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE APUCARANA, AO DESEMBARGADOR DR. MIGUEL KFOURI NETO, PRESIDENTE DO TRIBUNAL DE JUSTIÇA DO ESTADO DO PARANÁ, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE APUCARANENSE, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>7391</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7391/7391_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7391/7391_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 185.000,00 (CENTO E OITENTA E CINCO MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7393</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7393/7393_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7393/7393_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 500.200,00 (QUINHENTOS MIL E DUZENTOS REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7394</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7394/7394_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7394/7394_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 213.500,00 (DUZENTOS E TREZE MIL E QUINHENTOS REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7396</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7396/7396_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7396/7396_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DO PARÁGRAFO PRIMEIRO, DO ART. 8º, DA LEI Nº. 182/09, DE 29/09/2009, QUE TRATA SOBRE A COBRANÇA DA CONTRIBUIÇÃO DE MELHORIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7397</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7397/7397_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7397/7397_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº. 26/1985, QUE CRIOU A AUTARQUIA MUNICIPAL DE SAÚDE DE APUCARANA, COMO ESPECIFICA, REVOGA INTEGRALMENTE AS LEIS Nº. 77/92, 19/02, 64/2005, 02/2009, 054/2010 E, PARCIALMENTE, A LEI Nº. 26/85, DO SEU ART. 2º A 15º, QUE SE REFEREM À AUTARQUIA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7398</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7398/7398_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7398/7398_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LEI Nº. 31/05, DE 05 DE MAIO DE 2005.</t>
   </si>
   <si>
     <t>7402</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS VEREADORES E DO PRESIDENTE DA CÂMARA MUNICIPAL DE APUCARANA, PARA O PERÍODO DE 2013 A 2016, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7403</t>
   </si>
   <si>
     <t>FIXA EM PARCELA ÚNICA O SUBSÍDIO MENSAL DO PREFEITO, VICE-PREFEITO, DOS SECRETÁRIOS MUNICIPAL E PROCURADOR JURÍDICO DO MUNICÍPIO DE APUCARANA, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7404</t>
   </si>
   <si>
     <t>DENOMINA DE PROFESSORA LEONINA DE REZENDE MARTINS O CENTRO SOCIAL URBANO, LOCALIZADO NO PARQUE BELA VISTA COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7405</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O NOVO SISTEMA ADMINISTRATIVO DA CÂMARA DE VEREADORES DO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6873</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6873/plc01-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6873/plc01-2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIME JÚRIDICO DOS SERVIDORES PÚBLICOS CIVIS DA ADMINISTRAÇÃO DIRETA, DAS AUTARQUIAS E DAS FUNDAÇÕES MUNICIPAIS, DOS PODERES LEGISLATIVO E EXECUTIVO DO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS (ESTATUTO)</t>
   </si>
   <si>
     <t>6850</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6850/pr01_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6850/pr01_2011.pdf</t>
   </si>
   <si>
     <t>CRIA NO ÂMBITO DO LEGISLATIVO A CAMPANHA DE DIVULGAÇÃO DA LEI Nº 9.503/97 CÓDIGO NACIONAL DE TRÂNSITO - SOBRE O USO DA FAIXA DE PEDESTRE.</t>
   </si>
   <si>
     <t>6851</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6851/pr02_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6851/pr02_2011.pdf</t>
   </si>
   <si>
     <t>CRIA NO ÂMBITO DO LEGISLATIVO O CALENDÁRIO TURÍSTICO E DE EVENTOS DE APUCARANA.</t>
   </si>
   <si>
     <t>7071</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7071/pr03_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7071/pr03_2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O LEGISLATIVO MUNICIPAL A FIRMAR CONVÊNIO COM O SISTEMA FIEP/SESI/SENAI/IEL, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>7072</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7072/pr04_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7072/pr04_2011.pdf</t>
   </si>
   <si>
     <t>CRIA NO ÂMBITO DA CÂMARA MUNICIPAL A CAMPANHA - APUCARANA NOSSA CIDADE - COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7073</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7073/pr05_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7073/pr05_2011.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO REPRESENTATIVA PARA DESENVOLVIMENTO ECONÔMICO DE APUCARANA, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7212</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7212/pr06_2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7212/pr06_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CENTRAL DE DOCUMENTOS PERDIDOS NO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6507</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA CONSTRUÇÃO DE ROTATÓRIA NA AVENIDA CENTRAL DO PARANÁ.</t>
   </si>
   <si>
     <t>6508</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL ACERCA DA CONSTRUÇÃO DE UMA PASSAGEM DE NÍVEL OU TRINCHEIRA NA AVENIDA MATO GROSSO, INTERLIGANDO OS JARDINS APUCARANA E PONTA GROSSA.</t>
   </si>
   <si>
     <t>6509</t>
   </si>
@@ -10435,723 +10435,723 @@
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA FISCALIZAÇÃO DE BARES E LANCHONETES INSTALADOS PERTO DAS INSTITUIÇÕES DE ENSINO NO MUNICIPIO.</t>
   </si>
   <si>
     <t>6816</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA LICITAÇÃO PARA O TRANSPORTE PÚBLICO COLETIVO.</t>
   </si>
   <si>
     <t>6817</t>
   </si>
   <si>
     <t>PEDIDO AO SECRETÁRIO ESTADUAL DOS TRANSPORTES, PARA QUE SEJA FEITA A ESTADUALIZAÇÃO DE RODOVIAS DO MUNICIPIO DE APUCARANA.</t>
   </si>
   <si>
     <t>6820</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA INSTALAÇÃO DE CENTROS DE ATENÇÃO PSICOSSOCIAL &amp;#8211; CAPS III NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6832</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6832/6832_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6832/6832_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA EXTENSÃO DO PROGRAMA SAÚDE ESCOLAR OFERECIDO AOS ALUNOS DA REDE PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
     <t>6833</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6833/6833_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6833/6833_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DO PROCESSO DE LICITAÇÃO DO TRANSPORTE ESCOLAR NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6834</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6834/6834_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6834/6834_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DOS RECURSOS REPASSADOS PARA A ASSOCIAÇÃO CULTURAL E ESPORTIVA DE APUCARANA &amp;#8211; ACEA NOS ANOS DE 2009 E 2010.</t>
   </si>
   <si>
     <t>6835</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6835/6835_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6835/6835_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DO FUNCIONAMENTO DA SUB-PREFEITURA NO DISTRITO DE VILA REIS.</t>
   </si>
   <si>
     <t>6841</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA IMPLANTAÇÃO DE UMA INCUBADORA DE INDÚSTRIAS.</t>
   </si>
   <si>
     <t>6842</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DO AUMENTO DO EFETIVO DA GUARDA MUNICIPAL.</t>
   </si>
   <si>
     <t>6843</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA CONTRATAÇÃO DE PROFISSIONAIS NA ÁREA DE INFECTOLOGIA.</t>
   </si>
   <si>
     <t>6845</t>
   </si>
   <si>
     <t>SOLICITA JUNTO AO PROMOTOR EDUARDO AUGUSTO CABRINI, INTERVENÇÃO JUNTO A PREFEITURA MUNICIPAL E A VIAPAR, NO SENTIDO DE RESOLVER OS PROBLEMAS DOS CONSTANTES ACIDENTES NA AVENIDA GOVERNADOR ROBERTO DA SILVEIRA.</t>
   </si>
   <si>
     <t>6846</t>
   </si>
   <si>
     <t>SOLICITA JUNTO AO PROMOTOR EDUARDO AUGUSTO CABRINI, INTERVENÇÃO JUNTO A PREFEITURA MUNICIPAL E A RODONORTE, NO SENTIDO DE RESOLVER OS PROBLEMAS DOS CONSTANTES ACIDENTES NA RUA CRISTIANO KUSSMAUL.</t>
   </si>
   <si>
     <t>6852</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DO FECHAMENTO DOS CENTROS MUNICIPAIS DE EDUCAÇÃO INFANTIL &amp;#8211; CMEIS DURANTE AS FÉRIAS ESCOLARES.</t>
   </si>
   <si>
     <t>6853</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6853/6853_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6853/6853_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA DISTRIBUIÇÃO GRATUITA DE CESTAS BÁSICAS PARA AS GESTANTES CARENTES E QUE ESTEJAM FAZENDO PRÉ-NATAL NA REDE PÚBLICA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>6877</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO GOVERNADOR DO ESTADO DO PARANÁ, ACERCA DA REALIZAÇÃO DE PROGRAMAS ESPECÍFICOS PARA MELHORIAS NAS VILAS RURAIS.</t>
   </si>
   <si>
     <t>6959</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6959/6959_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6959/6959_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA POSSIBILIDADE DE RETIRAR AS ANTIGAS GUARITAS DOS CRUZAMENTOS DAS LINHAS FÉRREAS.</t>
   </si>
   <si>
     <t>6960</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6960/6960_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6960/6960_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA CONSTRUÇÃO DA PRAÇA NO JARDIM ELDORADO.</t>
   </si>
   <si>
     <t>6961</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO SENADOR SÉRGIO DE SOUZA, ACERCA DA VIABILIZAÇÃO DE RECURSOS PARA EXECUÇÃO DE OBRAS JUNTO AO MINISTÉRIO DE INFRA-ESTRUTURA.</t>
   </si>
   <si>
     <t>7060</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7060/7060_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7060/7060_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA CERTIDÃO DE CONCLUSÃO DE OBRAS DA RUA NOSSA SENHORA DO BOM CONSELHO, NO DISTRITO DE VILA REIS.</t>
   </si>
   <si>
     <t>7061</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7061/7061_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7061/7061_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA DISCIPLINAÇÃO E DISTRIBUIÇÃO POSTAL NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7062</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7062/7062_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7062/7062_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA REESTRUTURAÇÃO DA ÁREA AMBIENTAL DO PARQUE DA RAPOSA.</t>
   </si>
   <si>
     <t>7064</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7064/7064_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7064/7064_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DO CONTEÚDO DE ENSINO AOS ALUNOS DO PERÍODO EM TEMPO INTEGRAL.</t>
   </si>
   <si>
     <t>7068</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7068/7068_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7068/7068_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA AMPLIAÇÃO DO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL OLÍVIO FERNANDES.</t>
   </si>
   <si>
     <t>7069</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7069/7069_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7069/7069_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA REVITALIZAÇÃO, REESTRUTURAÇÃO E ORGANIZAÇÃO DO MERCADO MUNICIPAL.</t>
   </si>
   <si>
     <t>7070</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7070/7070_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7070/7070_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA PAVIMENTAÇÃO ASFALTICA DO JARDIM FIGUEIRA AO PATRIMÔNIO DO BARREIRO.</t>
   </si>
   <si>
     <t>7075</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA OBRIGATORIEDADE DOS CAMINHÕES DA COLETA DE LIXO POSSUIR PLACAS DE APUCARANA.</t>
   </si>
   <si>
     <t>7111</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7111/7111_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7111/7111_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO GOVERNADOR DO ESTADO DO PARANÁ, ACERCA DA CONSTRUÇÃO DE UM HOSPITAL REGIONAL NO MUNICÍPIO DE APUCARANA.</t>
   </si>
   <si>
     <t>7112</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7112/7112_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7112/7112_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PRESIDENTE DA FUNDAÇÃO VILELA BATISTA, ACERCA DOS EQUIPAMENTOS PARA A INSTALAÇÃO DO HOSPITAL DO CORAÇÃO DE APUCARANA.</t>
   </si>
   <si>
     <t>7137</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7137/7137_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7137/7137_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DAS DOCUMENTAÇÕES DO JARDIM CASA GRANDE.</t>
   </si>
   <si>
     <t>7138</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7138/7138_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7138/7138_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES A AGÊNCIA DA RECEITA FEDERAL, ACERCA DA DOAÇÃO DE UM ÔNIBUS PARA A AUTARQUIA MUNICIPAL DE SAÚDE DE APUCARANA.</t>
   </si>
   <si>
     <t>7140</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7140/7140_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7140/7140_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DOS MATERIAIS ARMAZENADOS NO IBC DA VILA NOVA.</t>
   </si>
   <si>
     <t>7158</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7158/7158_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7158/7158_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO A PRESIDENTE DO SINDICATO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE APUCARANA DE UMA CÓPIA ATUALIZADA DO ESTATUTO DO SINDICATO.</t>
   </si>
   <si>
     <t>7159</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7159/7159_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7159/7159_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA CONCLUSÃO DAS OBRAS NO PRÉDIO DO CINE TEATRO FÊNIX.</t>
   </si>
   <si>
     <t>7160</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7160/7160_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7160/7160_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO DIRETOR DA ALL &amp;#8211; AMÉRICA LATINA LOGÍSTICA, ACERCA DO DESCUMPRIMENTO DO ACORDO FEITO ENTRE A EMPRESA E O MUNICÍPIO.</t>
   </si>
   <si>
     <t>7161</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7161/7161_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7161/7161_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA LEGALIZAÇÃO PARA O PROLONGAMENTO DA RUA JONAS MATULAITIS. </t>
   </si>
   <si>
     <t>7165</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7165/7165_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7165/7165_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA CRIAÇÃO DO CONSELHO MUNICIPAL DE HABITAÇÃO E INTERESSE SOCIAL E DO CONSELHO MUNICIPAL DE PATRIMÔNIO HISTÓRICO DE APUCARANA.</t>
   </si>
   <si>
     <t>7166</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7166/7166_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7166/7166_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA REVISÃO DO PLANO DIRETOR.</t>
   </si>
   <si>
     <t>7167</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7167/7167_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7167/7167_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE NO JARDIM INTERLAGOS.</t>
   </si>
   <si>
     <t>7168</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7168/7168_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7168/7168_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA RECUPERAÇÃO ASFALTICA DA RUA CRISTIANO KUSSMAUL E DAS RUAS DO JARDIM INTERLAGOS.</t>
   </si>
   <si>
     <t>7180</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7180/7180_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7180/7180_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA MUNICIPALIZAÇÃO DA ILUMINAÇÃO PÚBLICA DE APUCARANA.</t>
   </si>
   <si>
     <t>7183</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7183/7183_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7183/7183_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA AMPLIAÇÃO DA ESCOLA MUNICIPAL JOSÉ IDÉSIO BRIANEZI NO NÚCLEO HABITACIONAL JOÃO PAULO.</t>
   </si>
   <si>
     <t>7184</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7184/7184_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7184/7184_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA REFORMA NO GINÁSIO DE ESPORTES DO NÚCLEO HABITACIONAL JOÃO PAULO.</t>
   </si>
   <si>
     <t>7185</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7185/7185_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7185/7185_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA CONSTRUÇÃO DE NOVOS BANHEIROS NO TERMINAL RODOVIÁRIO JOÃO BAPTISTA BOSCARDIN JUNIOR.</t>
   </si>
   <si>
     <t>7186</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7186/7186_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7186/7186_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA CONSTRUÇÃO DE UM SALÃO COMUNITÁRIO NO NÚCLEO HABITACIONAL JOÃO PAULO.</t>
   </si>
   <si>
     <t>7187</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7187/7187_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7187/7187_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA AVENIDA RIO GOIOERÊ NO NÚCLEO HABITACIONAL JOÃO PAULO.</t>
   </si>
   <si>
     <t>7188</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7188/7188_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7188/7188_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA ABERTURA DE UMA RUA LIGANDO O NÚCLEO HABITACIONAL JOÃO PAULO E O JARDIM GRAMADOS.</t>
   </si>
   <si>
     <t>7189</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7189/7189_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7189/7189_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DO TÉRMINO DA REFORMA NA UNIDADE BÁSICA DE SAÚDE DO NÚCLEO HABITACIONAL JOÃO PAULO.</t>
   </si>
   <si>
     <t>7190</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7190/7190_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7190/7190_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA PAVIMENTAÇÃO ASFALTICA NA RUA RIO JACARÉ NO NÚCLEO HABITACIONAL JOÃO PAULO.</t>
   </si>
   <si>
     <t>7191</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA FORMAÇÃO DO COMITÊ RESPONSÁVEL PELA DISTRIBUIÇÃO DOS IMÓVEIS DO PROGRAMA FEDERAL MINHA CASA MINHA VIDA.</t>
   </si>
   <si>
     <t>7192</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7192/7192_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7192/7192_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO SECRETÁRIO DE INFRAESTRUTURA E LOGÍSTICA DO ESTADO DO PARANÁ, ACERCA DE SE FIRMAR UM CONVÊNIO JUNTO A VIAPAR.</t>
   </si>
   <si>
     <t>7223</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA PAVIMENTAÇÃO ASFALTICA NO JARDIM MARISSOL.</t>
   </si>
   <si>
     <t>7224</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA AMPLIAÇÃO DA UNIDADE BÁSICA DE SAÚDE MARIA DO CAFÉ, NO JARDIM PONTA GROSSA.</t>
   </si>
   <si>
     <t>7225</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NO NÚCLEO HABITACIONAL MICHEL SONI.</t>
   </si>
   <si>
     <t>7226</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA CONSTRUÇÃO DE UM CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL NO NÚCLEO HABITACIONAL AFONSO ALVES DE CAMARGO.</t>
   </si>
   <si>
     <t>7227</t>
   </si>
   <si>
     <t xml:space="preserve">PEDIDO DE INFORMAÇÕES À SECRETÁRIA MUNICIPAL DE SAÚDE, ACERCA DOS REPASSES FEITOS PELO MINISTÉRIO DA SAÚDE PARA O PAGAMENTO DOS FUNCIONÁRIOS DA VIGILÂNCIA EPIDEMIOLÓGICA. </t>
   </si>
   <si>
     <t>7228</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES À SECRETÁRIA MUNICIPAL DE SAÚDE, ACERCA DA COLOCAÇÃO DA CLASSIFICAÇÃO INTERNACIONAL DE DOENÇAS - CID NO ATESTADO-MÉDICO.</t>
   </si>
   <si>
     <t>7229</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7229/7229_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7229/7229_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA SINALIZAÇÃO DE TRANSITO NAS AVENIDAS SANTA CATARINA E AVIAÇÃO E NA RUA CRISTIANO KUSSMAUL.</t>
   </si>
   <si>
     <t>7230</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7230/7230_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7230/7230_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DOS TERRENOS DISPONÍVEIS PARA DOAÇÃO Á FAMÍLIAS CARENTES.</t>
   </si>
   <si>
     <t>7231</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7231/7231_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7231/7231_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DO INVENTARIO DE TODOS OS ITENS QUE ESTÃO NO PÁTIO DA PREFEITURA.</t>
   </si>
   <si>
     <t>7232</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7232/7232_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7232/7232_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DO NÚMERO DE VEÍCULOS, CAMINHÕES E MÁQUINAS EXISTENTES NA PREFEITURA.</t>
   </si>
   <si>
     <t>7233</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7233/7233_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7233/7233_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DOS SERVIÇOS EXECUTADOS PELAS MAQUINAS E CAMINHÕES DA PREFEITURA.</t>
   </si>
   <si>
     <t>7234</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA INSTALAÇÃO DE PARQUES INFANTIS AO LADO DAS ACADEMIAS AO AR LIVRE.</t>
   </si>
   <si>
     <t>7254</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7254/7254_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7254/7254_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA CONSTRUÇÃO DE CISTERNAS PARA CAPTAÇÃO DA ÁGUA DA CHUVA NAS ESCOLAS MUNICIPAIS E NOS CENTROS MUNICIPAIS DE EDUCAÇÃO INFANTIL.</t>
   </si>
   <si>
     <t>7256</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7256/7256_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7256/7256_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DO PROJETO DE LEI SOBRE A GESTÃO DE RESÍDUOS SÓLIDOS E LIMPEZA URBANA.</t>
   </si>
   <si>
     <t>7258</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7258/7258_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7258/7258_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA LICITAÇÃO PARA A COLETA DE LIXO.</t>
   </si>
   <si>
     <t>7260</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7260/7260_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7260/7260_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO GOVERNADOR DO ESTADO DO PARANÁ, ACERCA DO VALOR DO ICMS ECOLÓGICO DESTINADO AO MUNICÍPIO DE APUCARANA.</t>
   </si>
   <si>
     <t>7289</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DO EDITAL DE LICITAÇÃO DOS TRANSPORTES COLETIVOS.</t>
   </si>
   <si>
     <t>7365</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DO PARECER JURÍDICO E DA JUSTIFICATIVA DA LICITAÇÃO COM EDITAL NÚMERO 337.</t>
   </si>
   <si>
     <t>7366</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DE SE FIRMAR UM CONVÊNIO COM A FECEA, VISANDO VIABILIZAR ESTAGIÁRIOS DE ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>7473</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO PREFEITO MUNICIPAL, ACERCA DA ABERTURA DA RUA NOVA UCRÂNIA, FAZENDO A LIGAÇÃO COM O CONTORNO SUL.</t>
   </si>
   <si>
     <t>7197</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7197/veto01-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7197/veto01-2011.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL, ABRANGENDO A INTEGRIDADE DO ARTIGO 28, DO AUTÓGRAFO Nº 194/2011, AO PROJETO DE LEI COMPLEMENTAR Nº 01/2011, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS CIVIS DA ADMINISTRAÇÃO DIRETA, DAS AUTARQUIAS E DAS FUNDAÇÕES MUNICIPAIS, DOS PODERES LEGISLATIVO E EXECUTIVO DO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7198</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7198/veto02-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7198/veto02-2011.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL, ABRANGENDO A INTEGRIDADE DO ARTIGO 32, DO AUTÓGRAFO Nº 194/2011, AO PROJETO DE LEI COMPLEMENTAR Nº 01/2011, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS CIVIS DA ADMINISTRAÇÃO DIRETA, DAS AUTARQUIAS E DAS FUNDAÇÕES MUNICIPAIS, DOS PODERES LEGISLATIVO E EXECUTIVO DO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7199</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7199/veto03-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7199/veto03-2011.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL, ABRANGENDO A INTEGRIDADE O PARÁGRAFO 1º, DO ARTIGO 73, DO AUTÓGRAFO Nº 194/2011, AO PROJETO DE LEI COMPLEMENTAR Nº 01/2011, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS CIVIS DA ADMINISTRAÇÃO DIRETA, DAS AUTARQUIAS E DAS FUNDAÇÕES MUNICIPAIS, DOS PODERES LEGISLATIVO E EXECUTIVO DO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7200</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7200/veto04-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7200/veto04-2011.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL, ABRANGENDO A INTEGRIDADE O PARÁGRAFO 3º, DO ARTIGO 75, DO AUTÓGRAFO Nº 194/2011, AO PROJETO DE LEI COMPLEMENTAR Nº 01/2011, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS CIVIS DA ADMINISTRAÇÃO DIRETA, DAS AUTARQUIAS E DAS FUNDAÇÕES MUNICIPAIS, DOS PODERES LEGISLATIVO E EXECUTIVO DO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7201</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7201/veto05-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7201/veto05-2011.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL, ABRANGENDO A INTEGRIDADE OS § §. 1º E 3º, DO ARTIGO 78, DO AUTÓGRAFO Nº 194/2011, AO PROJETO DE LEI COMPLEMENTAR Nº 01/2011, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS CIVIS DA ADMINISTRAÇÃO DIRETA, DAS AUTARQUIAS E DAS FUNDAÇÕES MUNICIPAIS, DOS PODERES LEGISLATIVO E EXECUTIVO DO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7202</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7202/veto06-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7202/veto06-2011.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL, ABRANGENDO A INTEGRIDADE OS §§. 5º E 6º, DO ARTIGO 80, DO AUTÓGRAFO Nº 194/2011, AO PROJETO DE LEI COMPLEMENTAR Nº 01/2011, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS CIVIS DA ADMINISTRAÇÃO DIRETA, DAS AUTARQUIAS E DAS FUNDAÇÕES MUNICIPAIS, DOS PODERES LEGISLATIVO E EXECUTIVO DO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7203</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7203/veto07-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7203/veto07-2011.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL, ABRANGENDO A INTEGRIDADE O §. 4º, DO ARTIGO 92, DO AUTÓGRAFO Nº 194/2011, AO PROJETO DE LEI COMPLEMENTAR Nº 01/2011, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS CIVIS DA ADMINISTRAÇÃO DIRETA, DAS AUTARQUIAS E DAS FUNDAÇÕES MUNICIPAIS, DOS PODERES LEGISLATIVO E EXECUTIVO DO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7204</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7204/veto08-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7204/veto08-2011.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL, ABRANGENDO A INTEGRIDADE O ARTIGO 97, DO AUTÓGRAFO Nº 194/2011, AO PROJETO DE LEI COMPLEMENTAR Nº 01/2011, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS CIVIS DA ADMINISTRAÇÃO DIRETA, DAS AUTARQUIAS E DAS FUNDAÇÕES MUNICIPAIS, DOS PODERES LEGISLATIVO E EXECUTIVO DO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7205</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7205/veto09-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7205/veto09-2011.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL, ABRANGENDO A INTEGRIDADE O §. 13 ARTIGO 97, DO AUTÓGRAFO Nº 194/2011, AO PROJETO DE LEI COMPLEMENTAR Nº 01/2011, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS CIVIS DA ADMINISTRAÇÃO DIRETA, DAS AUTARQUIAS E DAS FUNDAÇÕES MUNICIPAIS, DOS PODERES LEGISLATIVO E EXECUTIVO DO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7206</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7206/veto10-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7206/veto10-2011.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL, ABRANGENDO A INTEGRIDADE O §. 2º ARTIGO 171, DO AUTÓGRAFO Nº 194/2011, AO PROJETO DE LEI COMPLEMENTAR Nº 01/2011, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS CIVIS DA ADMINISTRAÇÃO DIRETA, DAS AUTARQUIAS E DAS FUNDAÇÕES MUNICIPAIS, DOS PODERES LEGISLATIVO E EXECUTIVO DO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7207</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7207/veto11-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7207/veto11-2011.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL, ABRANGENDO A INTEGRIDADE O §. 4º ARTIGO 174, DO AUTÓGRAFO Nº 194/2011, AO PROJETO DE LEI COMPLEMENTAR Nº 01/2011, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS CIVIS DA ADMINISTRAÇÃO DIRETA, DAS AUTARQUIAS E DAS FUNDAÇÕES MUNICIPAIS, DOS PODERES LEGISLATIVO E EXECUTIVO DO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7208</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7208/veto12-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7208/veto12-2011.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL, ABRANGENDO A INTEGRIDADE AO §. 3º ARTIGO 182, DO AUTÓGRAFO Nº 194/2011, AO PROJETO DE LEI COMPLEMENTAR Nº 01/2011, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS CIVIS DA ADMINISTRAÇÃO DIRETA, DAS AUTARQUIAS E DAS FUNDAÇÕES MUNICIPAIS, DOS PODERES LEGISLATIVO E EXECUTIVO DO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7209</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7209/veto13-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7209/veto13-2011.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL, ABRANGENDO A INTEGRIDADE O ARTIGO 202, DO AUTÓGRAFO Nº 194/2011, AO PROJETO DE LEI COMPLEMENTAR Nº 01/2011, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS CIVIS DA ADMINISTRAÇÃO DIRETA, DAS AUTARQUIAS E DAS FUNDAÇÕES MUNICIPAIS, DOS PODERES LEGISLATIVO E EXECUTIVO DO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7210</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7210/veto214-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7210/veto214-2011.pdf</t>
   </si>
   <si>
     <t>VETO APOSTO AO AUTÓGRAFO DE LEI Nº 214/2011, DO PROJETO DE LEI Nº 233/2011, APROVADO PELA CÂMARA MUNICIPAL DE APUCARANA, EM 10 DE OUTUBRO DE 2011, QUE TRANSFORMA PARA EIXO COMERCIAL 2 A RUA CARLOS CAVALCANTI EM TODA SUA EXTENSÃO, LOCALIZADA NO JARDIM PONTA GROSSA, NO MUNICÍPIO DE APUCARANA.</t>
   </si>
   <si>
     <t>7211</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7211/veto215-2011.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7211/veto215-2011.pdf</t>
   </si>
   <si>
     <t>VETO APOSTO AO AUTÓGRAFO DE LEI Nº 215/11, DO PROJETO DE LEI Nº 234/2011, APROVADO PELA CÂMARA MUNICIPAL DE APUCARANA, EM 10 DE OUTUBRO DE 2011, QUE TRANSFORMA PARA EIXO COMERCIAL 2 A RUA OSVALDO DE OLIVEIRA, LOCALIZADA NO JARDIM FLAMINGOS, MUNICÍPIO DE APUCARANA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -11458,68 +11458,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6809/mocao_01-2011.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6810/mocao_02-2011.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6811/mocao_03-2011.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6812/mocao_04-2011.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6782/mocao_05-2011.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6783/mocao_06-2011.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24612/mocao_07-2011.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24613/mocao_08-2011.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24614/mocao_09-2011.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24615/mocao_10-2011.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7222/7222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7291/mocao_12-2011.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7292/mocao_13-2011.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6527/pdl01_2011.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6526/pdl02_2011.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6630/pdl03_2011.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6751/pdl04_2011.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24626/pdl05_2011.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6872/pdl06_2011.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6991/pdl07_2011.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7000/pdl08_2011.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7066/pdl09_2011.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7099/pdl10_2011.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7195/pdl11_2011.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7196/pdl12_2011.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7244/pdl13_2011.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7406/pdl14_2011.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7074/7074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6504/6504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6480/6480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6481/6481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6482/6482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6524/6524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6483/6483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6484/6484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6485/6485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6505/6505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6523/6523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6490/6490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6491/6491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6492/6492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6493/6493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6494/6494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6495/6495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6496/6496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6497/6497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6498/6498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6499/6499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6500/6500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6501/6501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6502/6502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6503/6503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6734/6734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6528/6528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6529/6529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6530/6530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6531/6531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6532/6532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6533/6533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6556/6556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6563/6563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6534/6534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6535/6535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6536/6536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6568/6568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6538/6538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6539/6539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6571/6571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6575/6575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6580/6580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6585/6585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6586/6586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6587/6587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6588/6588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6589/6589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6737/6737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6738/6738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6698/6698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6771/6771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6742/6742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6744/6744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6746/6746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6748/6748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6749/6749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6772/6772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6773/6773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6776/6776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6777/6777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6778/6778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6779/6779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6998/6998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6791/6791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6780/6780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6792/6792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6818/6818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6794/6794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6795/6795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6796/6796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6797/6797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6798/6798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6799/6799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6844/6844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6805/6805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6800/6800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6801/6801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6802/6802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6803/6803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6806/6806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6999/6999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6804/6804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6836/6836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6807/6807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7065/7065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6819/6819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6821/6821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6822/6822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6823/6823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6826/6826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6824/6824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6825/6825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6827/6827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6828/6828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6831/6831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6829/6829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6830/6830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6837/pl104_11.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6838/6838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6839/pl106_11.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6840/6840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6847/pl108_11.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6848/pl109_11.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6849/pl110_11.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6992/6992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6878/6878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6855/6855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6856/6856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6857/6857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6858/6858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6859/6859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6860/6860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6861/6861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6862/6862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6863/6863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6864/6864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6865/6865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6876/6876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6874/6874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6866/6866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6993/6993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6867/6867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6854/pl129_11.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6868/6868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6869/6869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6870/6870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6879/6879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6875/6875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6871/6871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6880/6880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6881/6881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6882/6882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6927/6927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6928/6928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6963/6963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6964/6964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6965/6965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6986/6986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6987/6987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6988/6988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6989/6989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6990/6990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6962/pl149_11.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6994/6994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6995/6995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6996/6996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6997/6997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7067/7067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7063/7063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7076/7076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7077/7077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7078/7078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7079/7079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7080/7080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7081/7081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7082/7082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7083/7083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7084/7084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7085/7085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7086/7086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7087/7087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7088/7088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7089/7089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7090/7090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7091/7091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7092/7092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7093/7093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7094/pl175_11.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7095/pl176_11.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7096/pl177_11.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7097/7097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7098/7098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7385/7385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7384/7384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7100/7100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7101/7101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7102/7102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7103/7103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7104/7104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7105/7105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7106/7106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7113/7113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7107/7107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7114/7114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7108/7108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7110/7110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7109/7109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7115/7115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7116/7116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7117/7117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7118/7118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7119/7119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7120/7120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7121/7121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7134/7134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7122/7122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7123/7123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7135/7135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7124/7124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7125/7125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7126/7126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7127/7127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7128/7128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7129/7129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7130/7130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7131/7131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7132/7132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7133/7133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7136/7136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7141/7141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7142/7142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7143/7143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7144/7144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7145/7145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7146/7146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7147/7147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7148/7148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7149/7149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7151/7151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7153/7153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7154/7154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7150/7150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7152/7152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7155/7155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7156/7156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7157/7157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7162/7162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7163/7163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7164/7164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7169/7169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7181/7181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7170/7170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7171/7171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7172/7172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7173/7173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7174/7174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7175/7175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7176/7176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7177/7177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7178/7178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7179/7179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7182/7182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7193/7193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7194/7194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7213/7213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7214/7214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7215/7215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7216/7216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7217/7217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7218/7218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7219/7219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7220/7220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7221/7221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7235/7235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7236/7236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7237/7237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7238/7238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7239/7239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7240/7240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7241/7241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7242/7242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7243/7243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7245/7245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7246/7246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7399/7399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7409/7409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7388/7388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7383/7383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7382/7382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7381/7381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7380/7380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7379/7379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7377/7377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7375/7375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7373/7373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7371/7371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7370/7370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7369/7369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7401/7401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7395/7395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7392/7392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7390/7390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7387/7387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7386/7386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7400/7400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7378/7378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7376/7376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7374/7374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7389/7389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7372/7372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7391/7391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7393/7393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7394/7394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7396/7396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7397/7397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7398/7398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6873/plc01-2011.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6850/pr01_2011.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6851/pr02_2011.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7071/pr03_2011.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7072/pr04_2011.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7073/pr05_2011.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7212/pr06_2011.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6832/6832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6833/6833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6834/6834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6835/6835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6853/6853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6959/6959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6960/6960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7060/7060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7061/7061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7062/7062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7064/7064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7068/7068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7069/7069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7070/7070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7111/7111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7112/7112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7137/7137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7138/7138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7140/7140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7158/7158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7159/7159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7160/7160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7161/7161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7165/7165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7166/7166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7167/7167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7168/7168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7180/7180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7183/7183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7184/7184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7185/7185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7186/7186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7187/7187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7188/7188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7189/7189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7190/7190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7192/7192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7229/7229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7230/7230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7231/7231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7232/7232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7233/7233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7254/7254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7256/7256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7258/7258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7260/7260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7197/veto01-2011.pdf" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7198/veto02-2011.pdf" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7199/veto03-2011.pdf" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7200/veto04-2011.pdf" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7201/veto05-2011.pdf" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7202/veto06-2011.pdf" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7203/veto07-2011.pdf" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7204/veto08-2011.pdf" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7205/veto09-2011.pdf" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7206/veto10-2011.pdf" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7207/veto11-2011.pdf" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7208/veto12-2011.pdf" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7209/veto13-2011.pdf" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7210/veto214-2011.pdf" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7211/veto215-2011.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6809/mocao_01-2011.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6810/mocao_02-2011.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6811/mocao_03-2011.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6812/mocao_04-2011.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6782/mocao_05-2011.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6783/mocao_06-2011.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24612/mocao_07-2011.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24613/mocao_08-2011.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24614/mocao_09-2011.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24615/mocao_10-2011.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7222/7222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7291/mocao_12-2011.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7292/mocao_13-2011.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6527/pdl01_2011.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6526/pdl02_2011.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6630/pdl03_2011.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6751/pdl04_2011.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/24626/pdl05_2011.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6872/pdl06_2011.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6991/pdl07_2011.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7000/pdl08_2011.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7066/pdl09_2011.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7099/pdl10_2011.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7195/pdl11_2011.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7196/pdl12_2011.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7244/pdl13_2011.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7406/pdl14_2011.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7074/7074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6504/6504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6480/6480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6481/6481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6482/6482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6524/6524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6483/6483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6484/6484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6485/6485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6505/6505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6523/6523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6490/6490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6491/6491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6492/6492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6493/6493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6494/6494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6495/6495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6496/6496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6497/6497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6498/6498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6499/6499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6500/6500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6501/6501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6502/6502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6503/6503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6734/6734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6528/6528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6529/6529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6530/6530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6531/6531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6532/6532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6533/6533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6556/6556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6563/6563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6534/6534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6535/6535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6536/6536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6568/6568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6538/6538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6539/6539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6571/6571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6575/6575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6580/6580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6585/6585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6586/6586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6587/6587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6588/6588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6589/6589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6737/6737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6738/6738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6698/6698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6771/6771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6742/6742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6744/6744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6746/6746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6748/6748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6749/6749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6772/6772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6773/6773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6776/6776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6777/6777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6778/6778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6779/6779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6998/6998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6791/6791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6780/6780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6792/6792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6818/6818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6794/6794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6795/6795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6796/6796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6797/6797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6798/6798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6799/6799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6844/6844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6805/6805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6800/6800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6801/6801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6802/6802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6803/6803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6806/6806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6999/6999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6804/6804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6836/6836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6807/6807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7065/7065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6819/6819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6821/6821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6822/6822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6823/6823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6826/6826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6824/6824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6825/6825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6827/6827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6828/6828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6831/6831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6829/6829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6830/6830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6837/pl104_11.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6838/6838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6839/pl106_11.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6840/6840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6847/pl108_11.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6848/pl109_11.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6849/pl110_11.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6992/6992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6878/6878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6855/6855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6856/6856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6857/6857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6858/6858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6859/6859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6860/6860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6861/6861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6862/6862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6863/6863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6864/6864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6865/6865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6876/6876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6874/6874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6866/6866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6993/6993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6867/6867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6854/pl129_11.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6868/6868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6869/6869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6870/6870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6879/6879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6875/6875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6871/6871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6880/6880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6881/6881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6882/6882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6927/6927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6928/6928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6963/6963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6964/6964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6965/6965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6986/6986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6987/6987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6988/6988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6989/6989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6990/6990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6962/pl149_11.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6994/6994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6995/6995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6996/6996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6997/6997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7067/7067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7063/7063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7076/7076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7077/7077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7078/7078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7079/7079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7080/7080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7081/7081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7082/7082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7083/7083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7084/7084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7085/7085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7086/7086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7087/7087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7088/7088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7089/7089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7090/7090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7091/7091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7092/7092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7093/7093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7094/pl175_11.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7095/pl176_11.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7096/pl177_11.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7097/7097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7098/7098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7385/7385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7384/7384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7100/7100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7101/7101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7102/7102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7103/7103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7104/7104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7105/7105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7106/7106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7113/7113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7107/7107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7114/7114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7108/7108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7110/7110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7109/7109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7115/7115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7116/7116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7117/7117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7118/7118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7119/7119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7120/7120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7121/7121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7134/7134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7122/7122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7123/7123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7135/7135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7124/7124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7125/7125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7126/7126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7127/7127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7128/7128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7129/7129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7130/7130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7131/7131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7132/7132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7133/7133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7136/7136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7141/7141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7142/7142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7143/7143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7144/7144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7145/7145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7146/7146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7147/7147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7148/7148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7149/7149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7151/7151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7153/7153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7154/7154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7150/7150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7152/7152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7155/7155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7156/7156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7157/7157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7162/7162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7163/7163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7164/7164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7169/7169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7181/7181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7170/7170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7171/7171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7172/7172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7173/7173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7174/7174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7175/7175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7176/7176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7177/7177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7178/7178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7179/7179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7182/7182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7193/7193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7194/7194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7213/7213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7214/7214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7215/7215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7216/7216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7217/7217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7218/7218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7219/7219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7220/7220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7221/7221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7235/7235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7236/7236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7237/7237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7238/7238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7239/7239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7240/7240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7241/7241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7242/7242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7243/7243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7245/7245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7246/7246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7399/7399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7409/7409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7388/7388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7383/7383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7382/7382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7381/7381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7380/7380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7379/7379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7377/7377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7375/7375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7373/7373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7371/7371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7370/7370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7369/7369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7401/7401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7395/7395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7392/7392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7390/7390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7387/7387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7386/7386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7400/7400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7378/7378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7376/7376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7374/7374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7389/7389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7372/7372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7391/7391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7393/7393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7394/7394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7396/7396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7397/7397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7398/7398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6873/plc01-2011.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6850/pr01_2011.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/6851/pr02_2011.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7071/pr03_2011.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7072/pr04_2011.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7073/pr05_2011.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7212/pr06_2011.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6832/6832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6833/6833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6834/6834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6835/6835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6853/6853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6959/6959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/6960/6960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7060/7060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7061/7061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7062/7062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7064/7064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7068/7068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7069/7069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7070/7070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7111/7111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7112/7112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7137/7137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7138/7138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7140/7140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7158/7158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7159/7159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7160/7160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7161/7161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7165/7165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7166/7166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7167/7167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7168/7168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7180/7180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7183/7183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7184/7184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7185/7185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7186/7186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7187/7187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7188/7188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7189/7189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7190/7190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7192/7192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7229/7229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7230/7230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7231/7231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7232/7232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7233/7233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7254/7254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7256/7256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7258/7258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2011/7260/7260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7197/veto01-2011.pdf" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7198/veto02-2011.pdf" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7199/veto03-2011.pdf" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7200/veto04-2011.pdf" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7201/veto05-2011.pdf" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7202/veto06-2011.pdf" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7203/veto07-2011.pdf" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7204/veto08-2011.pdf" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7205/veto09-2011.pdf" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7206/veto10-2011.pdf" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7207/veto11-2011.pdf" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7208/veto12-2011.pdf" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7209/veto13-2011.pdf" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7210/veto214-2011.pdf" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/sapl/public/materialegislativa/2011/7211/veto215-2011.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1243"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="66.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>