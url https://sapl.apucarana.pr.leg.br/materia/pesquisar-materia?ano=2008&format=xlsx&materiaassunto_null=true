--- v0 (2025-11-21)
+++ v1 (2026-03-19)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Gilberto Cordeiro de Lima</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA BURACOS NA RUA HERMES DA FONSECA, NO JARDIM MILANI.</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA BURACOS NA RUA MANOEL PEREIRA DE LUANDA, NO JARDIM MILANI.</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA BURACOS NA RUA QUINTINO BOCAIÚVA, NO JARDIM MILANI.</t>
   </si>
   <si>
     <t>2978</t>
   </si>
@@ -2690,51 +2690,51 @@
   <si>
     <t>REFERENDA O CONVÊNIO QUE ENTRE SI FIRMAM O ESTADO DO PARANÁ, ATRAVÉS DA SECRETARIA DE ESTADO DE SEGURANÇA PÚBLICA E O MUNICÍPIO DE APUCARANA.</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
     <t>REFERENDA O PROTOCOLO DE INTENÇÕES Nº. 05/2008, QUE ENTRE SI FIRMAM A UNIVERSIDADE ESTADUAL DO CENTRO-OESTE – UNICENTRO, E O MUNICÍPIO DE APUCARANA, OBJETIVANDO O INTERESSE NA OFERTA DOS CURSOS DE PÓS-GRADUAÇÃO LATO SENSU EM GESTÃO ESCOLAR, NA MODALIDADE DE ENSINO A DISTÂNCIA, COM PÓLO DE ESTUDO NESTE MUNICÍPIO, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE COOPERAÇÃO TÉCNICA, QUE ENTRE SI FIRMAN A SECRETARIA DE ESTADO DA ADMINISTRAÇÃO E DA PREVIDÊNCIA DO ESTADO DO PARANÁ E O MUNICÍPIO DE APUCARANA, OBJETIVANDO O USO POR PARTE DA SEAP À PREFEITURA, DO SISTEMA DE MANUTENÇÃO DE VEÍCULOS – SMV, ATRAVÉS DE PROGRAMA ESPECIFICO, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3506/3506_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3506/3506_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DO ART. 72 DA LEI ORGÂNICA DO MUNICÍPIO DE APUCARANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AOS ARTIGOS 1, 2 DA LEI 194/07 DE 19/10/07, DANDO OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
     <t>AUTORIZA O USO E OCUPAÇÃO DO SOLO, EM IMOVEL PERTENCENTE AO MUNICIPIO MDE APUCARANA PELA MITRA DIOCESANA DE APUCARANA - PARÓQUIA CRISTO SACERDOTE, DE CONFORMIDADE COM A LEI 1/03 DE 15/1/03, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3035</t>
   </si>
@@ -2747,133 +2747,133 @@
   <si>
     <t>DA NOVA REDAÇÃO AO PARAGRAFO UNICO DO ARTIGO 1 DA LEI 131/07 DE 31/07/07, QUE CONCEDE INCENTIVOS FISCAIS A EMPRESA FERREIRA E SEBALHO LTDA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO PARAGRAFO UNICO DO ART 1 DA LEI 207/07 DE 01/11/07, QUE CONCEDE INCENTIVOS FISCAIS A EMPRESA MASTER CRINAS LTDA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO A SUMULA E AO PARAGRAFO UNICO DO ARTIGO 1 DA LEI 206/07 DE 07/11/07, QUE CONCEDE INCENTIVOS FISCAIS A EMPRESA ROTINA LIMPEZAS E CONSERVAÇÕES LTDA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO Parágrafo UNICO DO ART 1 DA LEI 113/04 DE 21/12/04, QUA CONCEDE INCENTIVOS FISCAIS A EMPRESA ALTAMIR DA COSTA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3030/3030_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3030/3030_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A EXECUÇÃO DE SERVIÇOS DE REPAROS OU PAVIMENTAÇÃO ASFALTICA PARA O MUNICIPIO, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3043/3043_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3043/3043_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA A DESTINAÇÃO DE 10% DO MONTANTE ARRECADADO COM A APLICAÇÃO DE MULTAS DE TRÂNSITO PARA O DESENVOLVIMENTO DE AÇÕES E PROGRAMAS DIRECIONADOS PARA A EDUCAÇÃO NO TRÂNSITO, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3039/3039_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3039/3039_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASSEGURA O DIREITO DE DEFESA ORAL NA CONTESTAÇÃO DE MULTA POR INFRAÇÃO DE TRÂNSITO APLICADA NA COMPETÊNCIA DO MUNICÍPIO, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3044/3044_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3044/3044_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA ESCOLINHA MUNICIPAL DE TRÂNSITO, COMO ESPECIFICA E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3045/3045_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3045/3045_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASSEGURA A MEIA-ENTRADA PARA ESTUDANTES EM LOCAIS QUE ESPECIFICA, DANDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
     <t xml:space="preserve">REVOGA O ARTIGO 4º DA LEI Nº. 10/76, DE 14 DE MAIO DE 1976, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3046/3046_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3046/3046_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE EMPRESA SOLIDÁRIA DE APUCARANA AO AUTO POSTO BRESOLIN LTDA., COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3040/3040_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3040/3040_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O DIA MUNICIPAL DA CULTURA NORDESTINA NO MUNICÍPIO DE APUCARANA.</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 72.000,00 (SETENTA E DOIS MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 250.000,00 (DUZENTOS E CINQUENTA MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3054/3054_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3054/3054_texto_integral.pdf</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LEI MUNICIPAL Nº. 78/05, DE 23/09/05, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL DE ATÉ R$ 195.000,00 (CENTO E NOVENTA E CINCO MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ S.A., DANDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A DOAÇÃO DO IMÓVEL QUE ESPECIFICA AO SENAC – SERVIÇO NACIONAL DE APRENDIZAGEM COMERCIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
@@ -2889,78 +2889,78 @@
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER À SANEPAR – COMPANHIA DE SANEAMENTO DO PARANÁ, CONCESSÃO ADMINSTRATIVA DE USO DE IMÓVEL PERTENCENTE AO PATRIMÔNIO PÚBLICO MUNICIPAL, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 1º DA LEI Nº. 98/95, DE 03/10/1995, QUE DOOU IMÓVEL À MITRA DIOCESANA DE APUCARANA – PARÓQUIA SÃO BENEDITO, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
     <t>AUTORIZA O USO E OCUPAÇÃO DO SOLO, EM IMÓVEL PERTENCENTE AO MUNICÍPIO DE APUCARANA PELA IGREJA DO EVANGELHO QUADRANGULAR DE CONFORMIDADE COM A LEI Nº. 01/03, DE 15/01/03, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER À SANEPAR – COMPANHIA DE SANEAMENTO DO PARANÁ, CONCESSÃO ADMINISTRATIVA DE USO DE IMÓVEIS PERTENCENTES AO PATRIMÔNIO PÚBLICO MUNICIPAL, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3075/3075_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3075/3075_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA ANTONIO HUSZCZ, A RUA “H” DO LOTEAMENTO VILLÁGIO DI ROMA, E REVOGA A LEI Nº. 93/06, DE 14/06/2006, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3074/3074_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3074/3074_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O DIA MUNICIPAL DA IMIGRAÇÃO PORTUGUESA NO MUNICÍPIO DE APUCARANA.</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3076/3076_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3076/3076_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O DIA MUNICIPAL DA IMIGRAÇÃO ITALIANA NO MUNICÍPIO DE APUCARANA.</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3077/3077_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3077/3077_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DO CLIENTE NO CALENDÁRIO OFICIAL DO MUNICÍPIO, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL CONCEDER À EMPRESA PORTHAL – PRÉ-MOLDADOS INDÚSTRIA E COMÉRCIO DE ARTEFATOS DE CONCRETO LTDA, OS INCENTIVOS PREVISTOS NA LEI Nº. 9/02, DE 25/03/02, DANDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL CONCEDER À EMPRESA M.M. LEMOS – COMÉRCIO DE PRODUTOS RECICLÁVEIS, OS INCENTIVOS PREVISTOS NA LEI Nº. 9/02, DE 25/03/02, DANDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL CONCEDER À EMPRESA MSC – EQUIPAMENTOS DE INFORMÁTICA LTDA, OS INCENTIVOS PREVISTOS NA LEI Nº. 9/02, DE 25/03/02, DANDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3133</t>
   </si>
@@ -2986,97 +2986,97 @@
   <si>
     <t>CONCEDE SUBVENÇÃO ÀS ENTIDADES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 150.000,00 (CENTO E CINQUENTA MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ 160.000,00 (CENTO E SESSENTA MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
     <t>DENOMINA UNIDADE DE APOIO DO PROGRAMA SAÚDE DA FAMÍLIA, DANDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3143/3143_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3143/3143_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O ESTACIONAMENTO ESPECIAL PARA EMBARQUE E DESEMBARQUE DE ESTUDANTES, COMO ESPECIFICA. </t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3150/3150_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3150/3150_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA AS RUAS A, B E C, DO LOTEAMENTO RESIDENCIAL ARAUCÁRIA, COMO ESPECIFICA._x000D_
 </t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3142/3142_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3142/3142_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA AS RUAS D, E E F, DO LOTEAMENTO RESIDENCIAL ARAUCÁRIA, COMO ESPECIFICA. </t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3146/3146_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3146/3146_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA J, DO LOTEAMENTO RESIDENCIAL ARAUCÁRIA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>Sebastião Felicio da Silva</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE IVANIR BARBOZA FARIAS A ATUAL RUA DOS TRABALHADORES, COMO ESPECIFICA. </t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3145/3145_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3145/3145_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA AS RUAS G, H E I, DO LOTEAMENTO RESIDENCIAL ARAUCÁRIA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÃO DA LEI Nº. 58/97, DE 10/07/97, QUE TRATA DO SISTEMA DE CARGOS E CARREIRA DO FUNCIONALISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL DE ATÉ R$ 62.400,00 (SESSENTA E DOIS MIL E QUATROCENTOS REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
@@ -3089,51 +3089,51 @@
   <si>
     <t>3140</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PARA O CONSELHO COMUNITÁRIO DE SEGURANÇA, ABRE CRÉDITO ADICIONAL ESPECIAL NA FORMA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 1º DA LEI Nº. 231/07, DE 27/11/2007, QUE AUTORIZA O USO E OCUPAÇÃO DO SOLO, EM IMÓVEL PERTENCENTE AO MUNICÍPIO DE APUCARANA PELA IGREJA MISSIONÁRIA PENTECOSTAL DEUS É UM SÓ, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
     <t>Mesa Executiva</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3151/3151_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3151/3151_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÃO DA LEI 68/97, DE 15.08.97, QUE TRATA DO SISTEMA DE CARGOS E CARREIRA DO FUNCIONALISMO DA AUTARQUIA MUNICIPAL DE SAUDE DE APUCARANA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
     <t>AUTORIZA A  A.F.G.V. – ASSOCIAÇÃO FILANTRÓPICA GERAÇÃO VIDA, A ESCRITURAR E REGISTRAR SEM RESTRIÇÕES O IMÓVEL ALIENADO CONSTANTE DA LEI MUNICIPAL Nº. 73/02, DE 05/12/2002, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL CONCEDER A EMPRESA PONTE ALTA PARTICIPAÇÕES LTDA, OS INCENTIVOS PREVISTOS NA LEI 9/02 DE 254/03/02, DANDO OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL CONCEDER A EMPRESA GUIPLAST PRODUTOS PRASTICOS LTDA, OS INCENTIVOS PREVISOTOS NA LEI 9/02 DE 25/03/02, DANDO OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>3154</t>
   </si>
@@ -3146,75 +3146,75 @@
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL CONCEDER A EMPRESA J.C. COSTA, OS INCENTIVOS PREVISOTOS NA LEI 9/02 DE 25/03/02, DANDO OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL CONCEDER A EMPRESA BONANZA INDUSTRIA DE OLEOS VEGETAIS LTDA, OS INCENTIVOS PREVISOTOS NA LEI 9/02 DE 25/03/02, DANDO OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL POR INTERMEDIO DA AUTARQUIA MUNICIPAL DE SAUDE, A CONCEDER SUBVENÇÃO SOCIAL AO INSTITUTO PIO XII, DO MUNICIPIO DE LONDRINA, COMO ESPECIFICA E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL, POR INTERMEDIO DA AUTARQUIA MUNICIPAL DE SAUDE, A CONCEDER SUBVENÇÃO SOCIAL, AO CEFIL - CENTRO DE APOIO E REAVILITAÇÃO DOS PORTADORES DE FISSURA LÁBIO PALATAL DE LONDRINA E REGIÃO, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3187/3187_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3187/3187_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O CONSELHO DOS MOVIMENTOS E ENTIDADES SOCIAIS DE APUCARANA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
     <t>AUTORIZA O INSTITUTO CRISTÃO DE EDUCAÇÃO – PLGD, A ESCRITURAR E REGISTRAR SEM RESTRIÇÕES O IMÓVEL ALIENADO, CONSTANTE DA LEI MUNICIPAL Nº. 48/07, DE 18/04/2007, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
     <t>AUTORIZA A AFUVAL – ASSOCIAÇÃO DOS FUNCIONÁRIOS DA VIAÇÃO APUCARANA LTDA, A ESCRITURAR E REGISTRAR O IMÓVEL AUTORIZADO PARA USO E OCUPAÇÃO, COM OBSERVAÇÃO DO § 3º DO ART. 3º DA LEI MUNICIPAL Nº. 120/05, DE 04/11/2005, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
     <t>João Carlos de Oliveira, Telma Reis</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3167/3167_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3167/3167_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O JEEP CLUB DE APUCARANA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO COM O BANCO REGIONAL DE DESENVOLVIMENTO DO EXTREMO SUL - BRDE E/OU A AGENCIA DE FOMENTO DO PARANA S.A., CONFORME ESPECIFICA E DÁ OUTRAS PROVIDENCIAS (15 MICROONIBUS E 10 KOMBIS)</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CREDITO COM A AGENCIA DE FOMENTO DO PARANA S.A. DANDO OUTRAS PROVIDENCIAS. (REVITALIZAÇÃO DO LAGOÃO)</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 2.000.000,00 (DOIS MILHÕES DE REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3171</t>
   </si>
@@ -3245,51 +3245,51 @@
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 30.000,00 (TRINTA MIL REAIS), CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER DAÇÃO DE IMÓVEIS POR INDENIZAÇÃO E A CONCEDER INDENIZAÇÕES AS FAMÍLIAS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER DAÇÃO DE IMÓVEL A TÍTULO DE INDENIZAÇÃO CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A ABRIR UM CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE ATÉ R$ 120.000,00 (CENTO E VINTE MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3184/3184_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3184/3184_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE MÉRITOS EM TAREFAS COMUNITÁRIAS DE APUCARANA À CONGREGAÇÃO DOS OBLATOS DE SÃO JOSÉ DE APUCARANA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
     <t>AUTRIZA O EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATE R$ 41.400,00 (QUARENTA E UM MIL E QUATROCENTOS REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 182.000,00 (CENTO E OITENTA E DOIS MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL SUPLEMENTAR NO VALOR DE R$ 721.000,00 (SETECENTOS E VINTE E UM MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3179</t>
   </si>
@@ -3314,96 +3314,96 @@
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
     <t>REFERENDA OS CONTRATOS FIRMADOS ENTRE O MUNICÍPIO DE APUCARANA E AS INSTITUIÇÕES FINANCEIRAS QUE ESPECIFICA, DISPÕE SOBRE A UTILIZAÇÃO DA CONTRAPARTIDA NA REALIZAÇÃO DE OBRAS SOCIAIS NO MUNICÍPIO DE APUCARANA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 1.573.147,40 (UM MILHÃO, QUINHENTOS E SETENTA E TRÊS MIL, CENTO E QUARENTA E SETE REAIS E QUARENTA CENTAVOS), CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 426.852,60 (QUATROCENTOS E VINTE E SEIS MIL, OITOCENTOS E CINQUENTA E DOIS REAIS E SESSENTA CENTAVOS), CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3361/3361_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3361/3361_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE EMPRESA SOLIDÁRIA DE APUCARANA, AO CENTRO DE FORMAÇÃO DE CONDUTORES GUARANY DE APUCARANA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
     <t>AUTORIZA O MÓVEISPAR – INDÚSTRIA E COMÉRCIO DE MÓVEIS LTDA, A ESCRITURAR E REGISTRAR OS IMÓVEIS ALIENADOS CONSTANTES DA LEI MUNICIPAL Nº. 52/96, DE 03/07/1996, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL DE ATÉ R$ 1.389.600,00 (UM MILHÃO, TREZENTOS E OITENTA E NOVE MIL E SEISCENTOS REAIS), CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE, A CONCEDER SUBVENÇÃO SOCIAL PARA O PROJETO RENASCER DO MUNICÍPIO DE APUCARANA, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATE R$ 1.560.000,00 (UM MILHÃO E QUINHENTOS E SESSENTA MIL REAIS), COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 593.000,00 (QUINHENTOS E NOVENTA E TRÊS MIL REAIS), COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER A SANEPAR – COMPANHIA DE SANEAMENTO DO PARANÁ, CONCESSÃO ADMINISTRATIVA DE USO DE IMÓVEL PERTENCENTE AO PATRIMÔNIO PÚBLICO MUNICIPAL, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3211/3211_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3211/3211_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ADILDO ROMAGNOLI MECENAS, O GINÁSIO DE ESPORTES LOCALIZADO NO JARDIM PONTA GROSSA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 27.000,00 (VINTE E SETE MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 136.500,00 (CENTO E TRINTA E SEIS MIL E QUINHENTOS REAIS), COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 871.774,02 (OITOCENTOS E SETENTA E UM MIL, SETECENTOS E SETENTA E QUATRO REAIS E DOIS CENTAVOS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3215</t>
   </si>
@@ -3434,87 +3434,87 @@
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A OUTORGA DE CONCESSÃO PARA EXPLORAÇÃO DOS SERVIÇOS DE COLOCAÇÃO DE PLACAS INDICATIVAS DE RUAS E LIXEIRAS, DISPÕE SOBRE A PADRONIZAÇÃO DAS MESMAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3299</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER À SANEPAR – COMPANHIA DE SANEAMENTO DO PARANÁ, CONCESSÃO ADMINISTRATIVA DE USO DE IMÓVEL PERTENCENTE AO PATRIMÔNIO PÚBLICO MUNICIPAL, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3300</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL CONCEDER À SANEPAR – COMPANHIA DE SANEAMENTO DO PARANÁ, CONCESSÃO ADMINISTRATIVA DE USO DE IMÓVEL PERTENCENTE AO PATRIMÔNIO PÚBLICO MUNICIPAL, CONFORME PRECEITUA O ARTIGO 96 E §§ DA LEI ORGÂNICA DO MUNICÍPIO, DANDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL CONCEDER À SANEPAR – COMPANHIA DE SANEAMENTO DO PARANÁ, CONCESSÃO ADMINISTRATIVA DE USO DE IMÓVEL PERTENCENTE AO PATRIMÔNIO PÚBLICO MUNICIPAL, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3363/3363_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3363/3363_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI  JUNTO A FUNDAÇÃO CULTURAL E ESPORTIVA MUNICIPAL O PROGRAMA “BOM DE NOTA, BOM DE BOLA” E DÁ OUTRAS PROVIDÊNCIAS, COMO ESPECIFICA. </t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3292/3292_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3292/3292_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DO DIA DO ESPORTE EM APUCARANA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3364/3364_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3364/3364_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A OBRIGATORIEDADE DO ATENDIMENTO INTEGRAL PARA PREVENIR E TRATAR A OBESIDADE, NO ÂMBITO DA REDE PÚBLICA DE SAÚDE, COMO ESPECIFICA. </t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3293/3293_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3293/3293_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DE PRESERVAÇÃO DO PATRIMÔNIO HISTÓRICO E CULTURAL, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3365/3365_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3365/3365_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O PATROCÍNIO DE CENTROS ESPORTIVOS MUNICIPAIS POR EMPRESAS, COMO ESPECIFICA. </t>
   </si>
   <si>
     <t>3296</t>
   </si>
   <si>
     <t>AUTORIZA O USO E OCUPAÇÃO DO SOLO, EM IMÓVEL PERTENCENTE AO MUNICÍPIO DE APUCARANA PELA IGREJA EVANGÉLICA CASA DE ORAÇÃO RESTAURADA, DE CONFORMIDADE COM A LEI Nº. 01/03, DE 15/01/03, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
     <t>DENOMINA DE JOSÉ PAULO VENÉRIO O VIADUTO LOCALIZADO NA BR-376, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO O DIA DO CAFEICULTOR, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3304</t>
   </si>
@@ -3614,51 +3614,51 @@
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE CONTRIBUIÇÃO PARA A ASSOCIAÇÃO CULTURAL E ESPORTIVA DE APUCARANA – ACEA, PARA A REALIZAÇÃO DA 14ª FESTA DA CEREJEIRA, EM CUMPRIMENTO AO CALENDÁRIO TURÍSTICO DO PARANÁ, NA FORMA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO DE PESSOAL POR TEMPO DETERMINADO, PARA ATENDER AS NECESSIDADES DA AUTARQUIA MUNICIPAL DE SAÚDE DE APUCARANA, DENTRO NAFS – NÚCLEOS DE APOIO À SAÚDE DA FAMÍLIA NOS TERMOS DO INCISO IX DO ART. 37 DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº. 197/07, DE 29 DE OUTUBRO DE 2007, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
     <t>AUTORIZA A AFUVAL – ASSOCIAÇÃO DOS FUNCIONÁRIOS DA VIAÇÃO APUCARANA LTDA, A ESCRITURAR E REGISTRAR O IMÓVEL CARACTERIZADO NA LEI Nº. 120/05, DE 04/11/2005 E REVOGA A LEI Nº. 69/08, DE 30/04/2008, DANDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3362/3362_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3362/3362_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> CONCEDE O DIPLOMA DE MÉRITOS EM TAREFAS COMUNITÁRIAS DE APUCARANA, AO DR. GABRIEL MARCELLO BOTELHO JUNQUEIRA FILHO, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL CONCEDER À EMPRESA MIRANDA – INDÚSTRIA E COMÉRCIO DE CONFECÇÕES LTDA – ME, OS INCENTIVOS PREVISTOS NA LEI Nº. 9/02, DE 25/03/02, DANDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
     <t>AUTORIZA A EMPRESA ALTAMIR DA COSTA A ESCRITURAR E REGISTRAR SEM RESTRIÇÕES, O IMÓVEL ALIENADO, CONSTANTE DAS LEIS NºS. 113/04, DE 21/12/2004 E 16/08, DE 04/03/2008, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
     <t>AUTORIZA A EMPRESA J.C.R. COMÉRCIO DE COUROS LTDA, A ESCRITURAR E REGISTRAR SEM RESTRIÇÕES, O IMÓVEL ALIENADO, CONSTANTE DA LEI MUNICIPAL Nº. 160/07, DE 27/09/2007, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3371</t>
   </si>
@@ -3838,60 +3838,60 @@
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL DE ATÉ R$ 413.521,51 (QUATROCENTOS E TREZE MIL, QUINHENTOS E VINTE E UM REAIS E CINQUENTA E UM CENTAVO), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A CONCESSÃO ADMINISTRATIVA DE USO DE IMÓVEL QUE ESPECIFICA, PERTENCENTE AO MUNICÍPIO, PARA A SANEPAR – COMPANHIA DE SANEAMENTO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÃO PARA A ASSOCIAÇÃO COMERCIAL E INDUSTRIAL DE APUCARANA – ACIA, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL CONCEDER À EMPRESA PR SUL MÁQUINAS SERIGRÁFICAS LTDA, OS INCENTIVOS PREVISTOS NA LEI Nº. 9/02, DE 25/03/02, DANDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3422/3422_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3422/3422_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI JUNTO A FUNDAÇÃO CULTURAL E ESPORTIVA MUNICIPAL O PROGRAMA BOM DE NOTA BOM NO ESPORTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3421</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3421/3421_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3421/3421_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR PARCERIA COM AS ACADEMNIAS DE GINASTICA DE APUCARANA, PARA PRATICA DE EXERCÍCIO NAS ACADEMIAS AO AR LIVRE EXISTENTE NAS PRAÇAS DO MUNICÍPIO, COMO ESPECIFICA E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>3410</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 31.000,00 (TRINTA E UM MIL REAIS), COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 10.000,00 (DEZ MIL REAIS), COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3416</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 1.220.000,00 (HUM MILHÃO, DUZENTOS E VINTE MIL REAIS), PARA REFORÇO DE DOTAÇÃO DO ORÇAMENTO VIGENTE, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3412</t>
   </si>
@@ -4069,78 +4069,78 @@
   <si>
     <t>DÁ NOVA REDAÇÃO AO PARÁGRAFO ÚNICO DO ART. 1º DA LEI Nº. 133/07, DE 31/07/2007, QUE CONCEDE INCENTIVOS FISCAIS À EMPRESA METALÚRGICA INDUSTRIAL ELLU LTDA, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3533</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ITENS 1,2 E 5 DO ART. 1º DA LEI Nº. 56/08, DE 18/04/2008, QUE PROCEDEU A DAÇÃO DE IMÓVEIS POR INDENIZAÇÃO E CONCEDEU INDENIZAÇÃO ÀS FAMÍLIAS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
     <t>AUTORIZA O USO E OCUPAÇÃO DO SOLO EM IMÓVEL PERTENCENTE AO MUNICÍPIO DE APUCARANA PELA MITRA DIOCESANA DE APUCARANA – PARÓQUIA CRISTO SACERDOTE, DE CONFORMIDADE COM A LEI Nº. 01/03, DE 15/01/03, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 5.446,73 (CINCO MIL, QUATROCENTOS E QUARENTA E SEIS REAIS E SETENTA E TRÊS CENTAVOS), COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3526</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3526/3526_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3526/3526_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O ÓRGÃO DE IMPRENSA OFICIAL DO MUNICÍPIO DE APUCARANA, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE ATÉ R$ 460.000,00 (QUATROCENTOS E SESSENTA MIL REAIS), COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3528</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL DE ATÉ R$ 484.000,00 (QUATROCENTOS E OITENTA E QUATRO MIL REAIS), CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 15.750,00 (QUINZE MIL, SETECENTOS E CINQUENTA REAIS), COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3531/3531_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3531/3531_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO MONETÁRIA DO IMPOSTO PREDIAL E TERRITORIAL URBANO – IPTU E O IMPOSTO SOBRE SERVIÇOS – ISS, PARA O EXERCÍCIO DE 2009, COMO ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL CONCEDER À EMPRESA MESCHK CAR LTDA, OS INCENTIVOS PREVISTOS NA LEI Nº. 9/02, DE 25/03/02, DANDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3532</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL À EMPRESA MMG – INDÚSTRIA E COMÉRCIO DE CONFECÇÕES LTDA, OS INCENTIVOS PREVISTOS NA LEI Nº. 9/02, DE 25/03/02, DANDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
     <t>CRIA O DIA MUNICIPAL DA CONSCIÊNCIA NEGRA NO MUNICÍPIO DE APUCARANA.</t>
   </si>
   <si>
     <t>3536</t>
   </si>
@@ -4300,60 +4300,60 @@
   <si>
     <t>AUTORIZA A EMPRESA MAIA E ROSSI LTDA – ME, A ESCRITURAR E REGISTRAR SEM RESTRIÇÕES O IMÓVEL ALIENADO, CONSTANTE DA LEI MUNICIPAL Nº. 110/06, DE 14 DE JULHO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER O USO DE IMÓVEL PÚBLICO QUE ESPECIFICA, A TÍTULO GRATUITO À EMPRESA UNIFRANGO AGRO INDUSTRIAL S/A, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ADQUIRIR POR INTERMÉDIO DA AUTARQUIA MUNICIPAL DE SAÚDE, IMÓVEL DE PROPRIEDADE PARTICULAR, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3147/3147_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3147/3147_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DA RESOLUÇÃO Nº04/03 DE 02 DE MAIO DE 2003, COMO ESPECIFICA. </t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3162/3162_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3162/3162_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A GALERIA DE VEREADORES E VEREADORAS NO ÁTRIO DA CÂMARA MUNICIPAL, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO SENHOR PREFEITO, ACERCA DA PAVIMENTAÇÃO ASFÁLTICA NO NÚCLEO PAZ E BEM.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÃO AO DIRETOR DO CREA-PR, SOBRE O AUMENTO NO VALOR DAS TAXAS COBRADAS.</t>
   </si>
   <si>
     <t>3042</t>
   </si>
@@ -4577,51 +4577,51 @@
   <si>
     <t>SOLICITA USO DA TRIBUNA LIVRE NA SESSÃO ORDINÁRIA DO DIA 17 DE NOVEMBRO DE 2008, CONFORME DISPÕE A RESOLUÇÃO 05/97, PARA SENHOR PAULO SÉRGIO PECE, QUE ABORDARÁ SOBRE A ABOLIÇÃO DA ESCRAVATURA</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO DIRETOR DA COPEL, ACERCA DO FORNECIMENTO DE ENERGIA E DA QUEDA DE ENERGIA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÃO AO PREFEITO MUNICIPAL SOBRE O CONTRATO DE LICITAÇÃO COM A ATUAL AGÊNCIA DE PUBLICIDADE QUE PRESTA SERVIÇO PARA O EXECUTIVO.</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3177/3177_texto_integral.pdf</t>
+    <t>http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3177/3177_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO AO AUTOGRAFO DE LEI 26/08, DE 17 DE MARÇO DE 2008, QUE DISPÕE SOBRE A EXECUÇÃO DE SERVIÇOS DE PAVIMENTAÇÃO ASFALTICA PARA O MUNICIPIO, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
     <t>VL</t>
   </si>
   <si>
     <t>Votos de louvor</t>
   </si>
   <si>
     <t>VOTO DE LOUVOR AO RESTAURANTE PALMARYS PIZZARIA, PELOS TRABALHOS E INVESTIMENTOS REALIZADOS EM PROL DA COMUNIDADE APUCARANENSE.</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
     <t>Sérgio Bolonhezi, Telma Reis</t>
   </si>
   <si>
     <t>VOTO DE LOUVOR AO CESIP – CENTRO DE ESTUDOS SUPERIORES INTEGRADOS DO PARANÁ, POR OCASIÃO DA COLAÇÃO DE GRAU DA PRIMEIRA TURMA DE INIVERSITÁRIOS PELO CESIP EM PARCERIA COM A FACINTER E A FATEC E PELO TRABALHO E INVESTIMENTO REALIZADO EM PROL DA COMUNIDADE APUCARANENSE.</t>
   </si>
@@ -5039,67 +5039,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3506/3506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3030/3030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3043/3043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3039/3039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3044/3044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3045/3045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3046/3046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3040/3040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3054/3054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3075/3075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3074/3074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3076/3076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3077/3077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3143/3143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3150/3150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3142/3142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3146/3146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3145/3145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3151/3151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3187/3187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3167/3167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3184/3184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3361/3361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3211/3211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3363/3363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3292/3292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3364/3364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3293/3293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3365/3365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3362/3362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3422/3422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3421/3421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3526/3526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3531/3531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3147/3147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3162/3162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3177/3177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3506/3506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3030/3030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3043/3043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3039/3039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3044/3044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3045/3045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3046/3046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3040/3040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3054/3054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3075/3075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3074/3074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3076/3076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3077/3077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3143/3143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3150/3150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3142/3142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3146/3146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3145/3145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3151/3151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3187/3187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3167/3167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3184/3184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3361/3361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3211/3211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3363/3363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3292/3292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3364/3364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3293/3293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3365/3365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3362/3362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3422/3422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3421/3421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3526/3526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3531/3531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3147/3147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3162/3162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/./sapl/public/materialegislativa/2008/3177/3177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apucarana.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H605"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>